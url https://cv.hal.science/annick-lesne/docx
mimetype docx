--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -681,265 +681,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04576970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting attractors from spectral properties of stylized gene regulatory networks</w:t>
+                <w:t xml:space="preserve">Active pollination in a functionally dioecious Ficus species: An interplay between pollinator behaviour and floral morphology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dzmitry Rumiantsau</w:t>
+                <w:t xml:space="preserve">Bai-Ge Miao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming-Xin Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bo Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan-Qiong Peng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Lesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.108.014402⟩</w:t>
+              <w:t xml:space="preserve">Flora</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 302, pp.152274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.flora.2023.152274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04153093v1</w:t>
+                <w:t xml:space="preserve">hal-04182812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active pollination in a functionally dioecious Ficus species: An interplay between pollinator behaviour and floral morphology</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Predicting attractors from spectral properties of stylized gene regulatory networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yan-Qiong Peng</w:t>
+                <w:t xml:space="preserve">Dzmitry Rumiantsau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Lesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Thorsten Hütt</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Flora</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 302, pp.152274. </w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 108 (1), pp.014402. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.flora.2023.152274⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.108.014402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04182812v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04153093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The 3D organization of chromatin colors in mammalian nuclei</w:t>
               </w:r>
@@ -1036,295 +1036,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03172656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of 3D genome topological domains to genetic risk of cancers: a genome-wide computational study</w:t>
+                <w:t xml:space="preserve">Endogenous Retroviral Sequences Behave as Putative Enhancers Controlling Gene Expression through HP1-Regulated Long-Range Chromatin Interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kim Philipp Jablonski</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marc-Thorsten Hütt</w:t>
+                <w:t xml:space="preserve">Sébastien Calvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séphora Sallis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nehmé Saksouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosette Rebouissou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Teyssier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40246-022-00375-2⟩</w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (15), pp.2392. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells11152392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03525806v1</w:t>
+                <w:t xml:space="preserve">hal-03745418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endogenous Retroviral Sequences Behave as Putative Enhancers Controlling Gene Expression through HP1-Regulated Long-Range Chromatin Interactions</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contribution of 3D genome topological domains to genetic risk of cancers: a genome-wide computational study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Teyssier</w:t>
+                <w:t xml:space="preserve">Kim Philipp Jablonski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leopold Carron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Mozziconacci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Forné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Thorsten Hütt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 11 (15), pp.2392. </w:t>
+              <w:t xml:space="preserve">Human Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (1), pp.2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cells11152392⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40246-022-00375-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03745418v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03525806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predictable topological sensitivity of Turing patterns on graphs</w:t>
               </w:r>
@@ -1408,594 +1408,594 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03557705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parametric recurrence quantification analysis of autoregressive processes for pattern recognition in multichannel electroencephalographic data</w:t>
+                <w:t xml:space="preserve">Radius selection using kernel density estimation for the computation of nonlinear measures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Johan Medrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Kheddar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Lesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sofiane Ramdani</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pattern Recognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.patcog.2020.107572⟩</w:t>
+              <w:t xml:space="preserve">Chaos: An Interdisciplinary Journal of Nonlinear Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (8), pp.083131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0055797⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02921847v1</w:t>
+                <w:t xml:space="preserve">hal-03330932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling between production of ribosomal RNA and maturation: just at the beginning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Parametric recurrence quantification analysis of autoregressive processes for pattern recognition in multichannel electroencephalographic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ramdani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaima Azouzi</w:t>
+                <w:t xml:space="preserve">François Bonnetblanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariam Jaafar</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Annick Lesne</w:t>
+                <w:t xml:space="preserve">Frederic Bouchara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Molecular Biosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmolb.2021.778778⟩</w:t>
+              <w:t xml:space="preserve">Pattern Recognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 109, pp.#107572. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.patcog.2020.107572⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03380240v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02921847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radius selection using kernel density estimation for the computation of nonlinear measures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coupling between production of ribosomal RNA and maturation: just at the beginning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaima Azouzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariam Jaafar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johan Medrano</w:t>
+                <w:t xml:space="preserve">Christophe Dez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abderrahmane Kheddar</w:t>
+                <w:t xml:space="preserve">Raghida Abou Merhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Lesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chaos: An Interdisciplinary Journal of Nonlinear Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 31 (8), pp.083131. </w:t>
+              <w:t xml:space="preserve">Frontiers in Molecular Biosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 8, pp.778778. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0055797⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmolb.2021.778778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03330932v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03380240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inferring pattern generators on networks</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Formes vivantes : du minéral à l'animé, de l'animé au minéral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Lesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.physa.2020.125631⟩</w:t>
+              <w:t xml:space="preserve">Arts et sciences </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5 (Special), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2021.0714⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03081091v1</w:t>
+                <w:t xml:space="preserve">hal-03833262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formes vivantes : du minéral à l'animé, de l'animé au minéral</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inferring pattern generators on networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Nyczka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Thorsten Hütt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Lesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arts et sciences </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 5 (Special), </w:t>
+              <w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 566, pp.125631. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21494/ISTE.OP.2021.0714⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physa.2020.125631⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03833262v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03081091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The economy of chromosomal distances in bacterial gene regulation</w:t>
               </w:r>
@@ -2965,51 +2965,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probabilistic analysis of recurrence plots generated by fractional Gaussian noise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Ramdani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bouchara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3565,291 +3565,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01777995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A single-molecule view of transcription reveals convoys of RNA polymerases and multi-scale bursting</w:t>
+                <w:t xml:space="preserve">Physics of cancer: the role of chromosome conformation and epigenetics in cancer progression multiscale insights on cancer progression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katjana Tantale</w:t>
+                <w:t xml:space="preserve">O.B. Naimark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Müller</w:t>
+                <w:t xml:space="preserve">A.S. Nikitiuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alja Kozulic-Pirher</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. O. Baudement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Forne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lesne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ncomms12248⟩</w:t>
+              <w:t xml:space="preserve">AIP Conference Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1760, pp.020051. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4960270⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01622688v1</w:t>
+                <w:t xml:space="preserve">hal-02187335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physics of cancer: the role of chromosome conformation and epigenetics in cancer progression multiscale insights on cancer progression</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A single-molecule view of transcription reveals convoys of RNA polymerases and multi-scale bursting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. O. Baudement</w:t>
+                <w:t xml:space="preserve">Katjana Tantale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Forne</w:t>
+                <w:t xml:space="preserve">Florian Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Lesne</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alja Kozulic-Pirher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Lesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Victor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Conference Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 1760, pp.020051. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp.12248. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4960270⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ncomms12248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02187335v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01622688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The physics of epigenetics</w:t>
               </w:r>
@@ -4044,51 +4044,51 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Lesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIP Conference Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, International Conference on Physics of Cancer, 1760 (1), pp.020051. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4960270⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4097,265 +4097,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04666603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Network Modeling of Crohn's Disease Incidence</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Network concepts for analyzing 3D genome structure from chromosomal contact maps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Morlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Mozziconacci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Lesne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0156138⟩</w:t>
+              <w:t xml:space="preserve">EPJ Nonlinear Biomedical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjnbp/s40366-016-0029-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02187347v1</w:t>
+                <w:t xml:space="preserve">hal-03199686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Network concepts for analyzing 3D genome structure from chromosomal contact maps</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Network Modeling of Crohn's Disease Incidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. M. Victor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Debret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Pascoe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Carrivain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPJ Nonlinear Biomedical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 4 (1), </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (6), pp.e0156138. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjnbp/s40366-016-0029-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0156138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03199686v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02187347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathematical models of radiation action on living cells: From the target theory to the modern approaches. A historical and critical review</w:t>
               </w:r>
@@ -4469,278 +4469,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01382777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct polymer physics principles govern chromatin dynamics in mouse and Drosophila topological domains</w:t>
+                <w:t xml:space="preserve">Contribution of Topological Domains and Loop Formation to 3D Chromatin Organization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuthy Ea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Odile Baudement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Lesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Forné</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-015-1786-8⟩</w:t>
+              <w:t xml:space="preserve">Genes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6 (3), pp.734-750. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/genes6030734⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01212952v1</w:t>
+                <w:t xml:space="preserve">hal-01264317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of Topological Domains and Loop Formation to 3D Chromatin Organization</w:t>
+                <w:t xml:space="preserve">Distinct polymer physics principles govern chromatin dynamics in mouse and Drosophila topological domains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vuthy Ea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Sexton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gostan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Herviou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Odile Baudement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 6 (3), pp.734-750. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16, pp.607. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/genes6030734⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12864-015-1786-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01264317v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01212952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beyond ectomycorrhizal bipartite networks: projected networks demonstrate contrasted patterns between early- and late-successional plants in Corsica</w:t>
               </w:r>
@@ -4854,295 +4854,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01266358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visions de la complexité. Le démon de Laplace dans tous ses états</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chromatin fiber allostery and the epigenetic code</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Lesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Deffuant</w:t>
+                <w:t xml:space="preserve">Nicolas Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Banos</w:t>
+                <w:t xml:space="preserve">Guy Cathala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Forné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Chavalarias</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">N. Brodu</w:t>
+                <w:t xml:space="preserve">Hua Wong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/nss/2015007⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 27 (6), pp.064114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/27/6/064114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01167299v1</w:t>
+                <w:t xml:space="preserve">hal-01110488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chromatin fiber allostery and the epigenetic code</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annick Lesne</w:t>
+                <w:t xml:space="preserve">Visions de la complexité. Le démon de Laplace dans tous ses états</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Deffuant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Banos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Foray</w:t>
+                <w:t xml:space="preserve">D. Chavalarias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Cathala</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thierry Forné</w:t>
+                <w:t xml:space="preserve">C. Bertelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hua Wong</w:t>
+                <w:t xml:space="preserve">N. Brodu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 27 (6), pp.064114. </w:t>
+              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 23 (1), pp.42-53. </w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/27/6/064114⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/nss/2015007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01110488v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01167299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of long cycles in excitable dynamics on graphs</w:t>
               </w:r>
@@ -5239,551 +5239,551 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02191573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D genome reconstruction from chromosomal contacts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Correlated percolation models of structured habitat in ecology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geraldine Huth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Lesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Riposo</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Roger</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julien Mozziconacci</w:t>
+                <w:t xml:space="preserve">Estelle Pitard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Methods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 11, pp.1141-1143. </w:t>
+              <w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 416, pp.290-308. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/NMETH.3104⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physa.2014.08.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02324120v1</w:t>
+                <w:t xml:space="preserve">hal-01201639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finite-Size Conformational Transitions: A Unifying Concept Underlying Chromosome Dynamics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3D genome reconstruction from chromosomal contacts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Lesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand R Caré</w:t>
+                <w:t xml:space="preserve">Julien Riposo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Carrivain</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Annick Lesne</w:t>
+                <w:t xml:space="preserve">Paul Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Cournac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Mozziconacci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Theoretical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 62 (4), pp.607-616. </w:t>
+              <w:t xml:space="preserve">Nature Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11, pp.1141-1143. </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0253-6102/62/4/18⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/NMETH.3104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02948467v1</w:t>
+                <w:t xml:space="preserve">hal-02324120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlated percolation models of structured habitat in ecology</w:t>
+                <w:t xml:space="preserve">Finite-Size Conformational Transitions: A Unifying Concept Underlying Chromosome Dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geraldine Huth</w:t>
+                <w:t xml:space="preserve">Bertrand R Caré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Carrivain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Forné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Victor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Lesne</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Estelle Pitard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 416, pp.290-308. </w:t>
+              <w:t xml:space="preserve">Communications in Theoretical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 62 (4), pp.607-616. </w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physa.2014.08.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0253-6102/62/4/18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01201639v1</w:t>
+                <w:t xml:space="preserve">hal-02948467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiscale Analysis of Biological Systems</w:t>
+                <w:t xml:space="preserve">Alan Turing, les motifs et les structures du vivant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Lesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Biotheoretica</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Interstices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04311216v1</w:t>
+                <w:t xml:space="preserve">hal-01350261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alan Turing, les motifs et les structures du vivant</w:t>
+                <w:t xml:space="preserve">Multiscale Analysis of Biological Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Lesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interstices</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Acta Biotheoretica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 61 (1), pp.3-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10441-013-9170-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01350261v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04311216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homogenised model linking microscopic and macroscopic dynamics of a biofilm: Application to growth in a plug flow reactor</w:t>
               </w:r>
@@ -5950,51 +5950,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Devic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Vogin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Theoretical Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 333, pp.135-145. </w:t>
@@ -6038,498 +6038,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02865164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symétries et morphogenèse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Network Perspective on Metabolic Inconsistency.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaus Sonnenschein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Felipe Golib Dzib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Lesne</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Eilebrecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheerazed Boulkroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interstices</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Systems Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 6 (1), pp.41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1752-0509-6-41⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01350185v1</w:t>
+                <w:t xml:space="preserve">inserm-00793168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CDS: A Fold-change Based Statistical Test for Concomitant Identification of Distinctness and Similarity in Gene Expression Analysis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Symétries et morphogenèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Lesne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genomics, Proteomics and Bioinformatics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Interstices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01544156v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01350185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrostatics of DNA compaction in viruses, bacteria and eukaryotes: functional insights and evolutionary perspective</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julien Mozziconacci</w:t>
+                <w:t xml:space="preserve">CDS: A Fold-change Based Statistical Test for Concomitant Identification of Distinctness and Similarity in Gene Expression Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Felipe Golib Dzib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Targat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Noth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arndt Benecke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C2SM25789K⟩</w:t>
+              <w:t xml:space="preserve">Genomics, Proteomics and Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 10 (3), pp.127-135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gpb.2012.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03510086v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01544156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Network Perspective on Metabolic Inconsistency.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">José Felipe Golib Dzib</w:t>
+                <w:t xml:space="preserve">Electrostatics of DNA compaction in viruses, bacteria and eukaryotes: functional insights and evolutionary perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Carrivain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Cournac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lavelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Lesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sheerazed Boulkroun</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Mozziconacci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Systems Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 6 (1), pp.41. </w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8 (36), pp.9285. </w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1752-0509-6-41⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C2SM25789K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00793168v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03510086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust modeling in natural sciences</w:t>
               </w:r>
@@ -6835,90 +6835,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving the efficiency of multidimensional scaling in the analysis of high-dimensional data using singular value decomposition.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bécavin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Mintsa-Eya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Lesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Benecke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioinformatics (Oxford, England)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 27 (10), pp.1413--1421. </w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6946,278 +6946,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03961026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">When a collective outcome triggers a rare individual event: A mode of metastatic process in a cell population</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transcription within Condensed Chromatin: Steric Hindrance Facilitates Elongation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bécavin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Barbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Victor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Lesne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Population Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/08898480.2010.490996⟩</w:t>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 98 (5), pp.824-833. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2009.10.054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00760141v1</w:t>
+                <w:t xml:space="preserve">hal-03510014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcription within Condensed Chromatin: Steric Hindrance Facilitates Elongation</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">When a collective outcome triggers a rare individual event: A mode of metastatic process in a cell population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Malo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Cartier-Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Fabre-Guillevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Hutzler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Delaplace</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biophysical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 98 (5), pp.824-833. </w:t>
+              <w:t xml:space="preserve">Mathematical Population Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 17 (3), pp.136--165. </w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bpj.2009.10.054⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/08898480.2010.490996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03510014v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00760141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organization of the narrative components in autobiographical speech of anorexic adolescents: A statistical and non-linear dynamical analysis</w:t>
               </w:r>
@@ -8302,51 +8302,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamiltonian model of heat conductivity and Fourier law</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Gruber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica A: Statistical Mechanics and its Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 351, pp.358</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8479,51 +8479,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gruber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Pache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 117, pp.739-772</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8542,403 +8542,403 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00002876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase transition-like behavior in a low-pass filter</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Annick Lesne</w:t>
+                <w:t xml:space="preserve">Two-time-scale relaxation toward thermal equilibrium of the enigmatic piston</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gruber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Pache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 112, pp.1199-1228</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00012073v1</w:t>
+                <w:t xml:space="preserve">hal-00003836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-time-scale relaxation toward thermal equilibrium of the enigmatic piston</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Lesne</w:t>
+                <w:t xml:space="preserve">Phase transition-like behavior in a low-pass filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Krivine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Lesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">American Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 71, pp.31-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1119/1.1514233⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00003836v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00012073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intercalation and buckling instability of DNA linker within locked chromatin fiber</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Annick Lesne</w:t>
+                <w:t xml:space="preserve">Deterministic motion of the controversial piston in the thermodynamic limit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gruber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Pache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 66, pp.060901</w:t>
+              <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 108, pp.669-701</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00020299v1</w:t>
+                <w:t xml:space="preserve">hal-00003835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deterministic motion of the controversial piston in the thermodynamic limit</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Lesne</w:t>
+                <w:t xml:space="preserve">Intercalation and buckling instability of DNA linker within locked chromatin fiber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Victor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eli Ben-Haïm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Lesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Statistical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 108, pp.669-701</w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 66, pp.060901</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00003835v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00020299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive elastic properties of chromatin fiber</w:t>
               </w:r>
@@ -9028,51 +9028,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chromatin: A tunable spring at work inside chromosomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eli Ben-Haïm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Lesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9145,51 +9145,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The coil–globule transition for a polymer chain confined in a tube: A Monte Carlo simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Sotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Victor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9344,51 +9344,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical wave front in two dimensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemarchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Perera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9500,51 +9500,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Arneodo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lesne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1987, 3 (6), pp.643-651. </w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10153,51 +10153,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Malo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Lesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Delaplace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georgia Barlovatz-Meimon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10625,51 +10625,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Lesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Mozziconnacci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Ramdani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Y. Hirata, M. Shiro, M. Fukino, C. L. Webber Jr, K. Aihara and N. Marwan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recurrence Plots and Their Quantifications: Methodological Breakthroughs and Interdisciplinary Discoveries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.131-146, 2025, Springer Proceedings in Complexity</w:t>
@@ -11564,64 +11564,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Cartier-Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elizabeth Fabre-Guillevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Hutzler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Delaplace</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -12264,51 +12264,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6DA6DB8F"/>
+    <w:nsid w:val="37A4B2D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12495,51 +12495,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/annick-lesne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6647-612X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/034480099" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711849v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Lecouvreur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosette Rebouissou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Lesne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Forn&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-4726-4_10" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016527v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanghita Bose" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Arlinghaus" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Thorsten H&#252;tt" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcsy.0000033" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408786v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cha&#239;ma Azouzi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Schwank" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Queille" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Kwapisz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Aguirrebengoa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.106503.2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576970v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Christopher Merten" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yilmaz Uygun" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fieng.2024.1353531" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153093v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dzmitry Rumiantsau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.108.014402" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182812v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bai-Ge Miao" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Xin Liu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Wang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Qiong Peng" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.flora.2023.152274" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172656v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopold Carron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Morlot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mozziconacci" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1390-0_17" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03525806v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Philipp Jablonski" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40246-022-00375-2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745418v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Calvet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;phora Sallis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nehm&#233; Saksouk" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Teyssier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11152392" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03557705v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Armbruster" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.105.014304" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921847v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ramdani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Boyer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caron" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonnetblanc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bouchara" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2020.107572" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380240v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Azouzi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Jaafar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raghida Abou Merhi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2021.778778" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330932v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Medrano" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Kheddar" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0055797" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081091v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Nyczka" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2020.125631" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833262v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2021.0714" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411512v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eda Cakir" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41540-021-00209-2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357466v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Merle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2019.10.017" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308932v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Thorsten C H&#252;tt" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349503v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Carron" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Morlot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Matthys" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Mozziconacci" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/bty1059" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422755v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Baudement" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes10121049" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308926v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518411v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Barbi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Victor" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201857010" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01992814v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittore F Scolari" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mercy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Koszul" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.057801" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333098v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Taudiere" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Bellanger" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Carcaillet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Hugot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Finn Kjellberg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.funeco.2018.07.008" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02050628v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouchara" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5030522" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912447v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baudement" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Cournac" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Court" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Seveno" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Parrinello" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.237073.118" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792291v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pezard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karyn Doba" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Nandrino" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2017.03.044" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01487876v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph C Fretter" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick C Lesne" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus C. Hilgetag" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep42340" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01777995v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. P Jablonski" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fretter" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Carron" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Forn&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-T. H&#252;tt" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5001606" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01622688v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katjana Tantale" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian M&#252;ller" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alja Kozulic-Pirher" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms12248" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187335v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.B. Naimark" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Nikitiuk" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. O. Baudement" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Forne" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lesne" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4960270" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510200v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Cortini" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Car&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lavelle" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/RevModPhys.88.025002" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666603v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg B Naimark" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr S Nikitiuk" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187347v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Victor" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Debret" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pascoe" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Carrivain" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0156138" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199686v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjnbp/s40366-016-0029-5" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01382777v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larry Bodgi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Canet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pujo-Menjouet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2016.01.018" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01212952v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuthy Ea" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Sexton" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gostan" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Herviou" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-015-1786-8" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01264317v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes6030734" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01266358v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Munoz" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Monnet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2015.00881" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167299v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Deffuant" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Banos" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chavalarias" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertelle" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Brodu" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2015007" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01110488v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Foray" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Cathala" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Wong" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/27/6/064114" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191573v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. C. Garcia" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Hilgetag" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. Hutt" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.90.052805" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324120v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Riposo" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Roger" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NMETH.3104" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948467v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand R Car&#233;" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carrivain" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0253-6102/62/4/18" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201639v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Huth" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pitard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2014.08.006" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311216v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10441-013-9170-z" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350261v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604377v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Deygout" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Campillo" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rapaport" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2012.10.020" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-907MC2BS-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865164v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bodgi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Granzotto" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Devic" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vogin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2013.05.020" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JGWSBJD9-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350185v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544156v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tchitchek" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Felipe Golib Dzib" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Targat" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Noth" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arndt Benecke" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gpb.2012.06.002" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510086v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2SM25789K" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00793168v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaus Sonnenschein" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Eilebrecht" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheerazed Boulkroun" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1752-0509-6-41" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615377v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00677159v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cartier-Michaud" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Malo" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Charri&#232;re-Bertrand" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gadea" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Anguille" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0032204" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644393v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Becavin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1478-3975/9/1/013001" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961026v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe B&#233;cavin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Mintsa-Eya" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btr143" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760141v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Fabre-Guillevin" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hutzler" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Delaplace" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08898480.2010.490996" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510014v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2009.10.054" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03109112v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Humez" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.newideapsych.2007.07.004" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GXPJ81SF-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02935825v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maubourguet" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Changeux" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Maskos" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faure" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1000229" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151946v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Krivine" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Lesn&#233;" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Treiner" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0960129507005981" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-VKLQZ9FZ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03106816v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vignau" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Christophe" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/pr0.101.1.237-249" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509975v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2005.12.053" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03109307v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpsychores.2006.02.008" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B525MQ0C-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00207343v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain G Cabal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste Genovesio" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Rodriguez-Navarro" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Zimmer" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gadal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature04752" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-BQ1W75HF-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140777v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Petit" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Pi&#233;tri-Rouxel" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Leste-Lasserre" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mathez" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mito.2004.09.004" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TC76HFQT-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003834v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gruber" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012095v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Aubin" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002876v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gruber" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pache" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012073v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1119/1.1514233" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003836v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020299v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Ben-Ha&#239;m" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003835v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206061v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Ben-Haim" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4371(02)01073-7" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206063v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.64.051921" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076464v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sotta" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Victor" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1310617" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003915v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04332108v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lemarchand" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perera" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moreau" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mareschal" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.48.1568" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557015v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Argoul" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arneodo" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Collet" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/3/6/001" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5D7C2A6D957520AB444F06F9B22C69A4FD819DE9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309316v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309308v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326100v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326346v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859553v2" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331599v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Blanc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Schmidt" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Bonnier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00339805v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Barlovatz-Meimon" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003841v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Charpentier" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolai Nikolski" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003840v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dietrich Stauffer" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Eugene Stanley" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003839v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003838v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636019v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mozziconnacci" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267039v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://institutions.ville-geneve.ch/fileadmin/user_upload/mhn/documents/Museum/MHN_Fascicule_planches.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313633v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786394v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308929v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-01823255v2" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agropolis.fr/pdf/publications/systemes-complexes-dossier-agropolis-international.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326871v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343520v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Bertrand" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Basyuk" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8556-2_11" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104870v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085620v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407546v2" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Fabre-Guillevin" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596547v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Deffuant" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Mabrouk" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Mathias" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516842v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516888v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532564v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxia Deng" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03175260v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fayet" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/annick-lesne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6647-612X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/034480099" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711849v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Lecouvreur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosette Rebouissou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Lesne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Forn&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-4726-4_10" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016527v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanghita Bose" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Arlinghaus" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Thorsten H&#252;tt" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcsy.0000033" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408786v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cha&#239;ma Azouzi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Schwank" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Queille" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Kwapisz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Aguirrebengoa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.106503.2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576970v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Christopher Merten" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yilmaz Uygun" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fieng.2024.1353531" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182812v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bai-Ge Miao" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-Xin Liu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Wang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Qiong Peng" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.flora.2023.152274" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153093v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dzmitry Rumiantsau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.108.014402" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172656v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leopold Carron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Morlot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mozziconacci" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1390-0_17" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745418v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Calvet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;phora Sallis" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nehm&#233; Saksouk" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Teyssier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11152392" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03525806v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Philipp Jablonski" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40246-022-00375-2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03557705v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Armbruster" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.105.014304" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03330932v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Medrano" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Kheddar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ramdani" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0055797" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921847v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Boyer" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bonnetblanc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bouchara" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2020.107572" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380240v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Azouzi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Jaafar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raghida Abou Merhi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2021.778778" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833262v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2021.0714" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081091v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Nyczka" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2020.125631" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03411512v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eda Cakir" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41540-021-00209-2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02357466v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Merle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2019.10.017" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308932v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Thorsten C H&#252;tt" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349503v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Carron" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Morlot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Matthys" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Mozziconacci" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/bty1059" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422755v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Baudement" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes10121049" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308926v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518411v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Barbi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Victor" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201857010" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01992814v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittore F Scolari" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mercy" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Koszul" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.057801" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02333098v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Taudiere" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Bellanger" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Carcaillet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Hugot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Finn Kjellberg" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.funeco.2018.07.008" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02050628v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouchara" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5030522" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912447v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baudement" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Cournac" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Court" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Seveno" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Parrinello" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/gr.237073.118" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792291v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pezard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karyn Doba" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Nandrino" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2017.03.044" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01487876v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph C Fretter" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick C Lesne" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus C. Hilgetag" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep42340" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01777995v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. P Jablonski" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fretter" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Carron" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Forn&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-T. H&#252;tt" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5001606" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187335v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.B. Naimark" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Nikitiuk" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. O. Baudement" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Forne" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lesne" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4960270" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01622688v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katjana Tantale" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian M&#252;ller" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alja Kozulic-Pirher" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms12248" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510200v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Cortini" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Car&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lavelle" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/RevModPhys.88.025002" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666603v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg B Naimark" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandr S Nikitiuk" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199686v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjnbp/s40366-016-0029-5" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187347v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Victor" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Debret" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pascoe" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Carrivain" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0156138" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01382777v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larry Bodgi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Canet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pujo-Menjouet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2016.01.018" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01264317v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuthy Ea" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes6030734" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01212952v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Sexton" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gostan" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Herviou" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-015-1786-8" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01266358v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Munoz" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Monnet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2015.00881" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01110488v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Foray" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Cathala" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Wong" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/27/6/064114" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167299v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Deffuant" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Banos" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chavalarias" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bertelle" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Brodu" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2015007" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191573v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. C. Garcia" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. C. Hilgetag" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. Hutt" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.90.052805" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201639v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Huth" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pitard" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2014.08.006" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324120v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Riposo" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Roger" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NMETH.3104" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948467v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand R Car&#233;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carrivain" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0253-6102/62/4/18" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350261v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311216v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10441-013-9170-z" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604377v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Deygout" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Campillo" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rapaport" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2012.10.020" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-907MC2BS-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865164v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bodgi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Granzotto" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Devic" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vogin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtbi.2013.05.020" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JGWSBJD9-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00793168v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaus Sonnenschein" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Felipe Golib Dzib" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Eilebrecht" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheerazed Boulkroun" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1752-0509-6-41" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01350185v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544156v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tchitchek" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Targat" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Noth" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arndt Benecke" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gpb.2012.06.002" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510086v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2SM25789K" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615377v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00677159v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cartier-Michaud" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Malo" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Charri&#232;re-Bertrand" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gadea" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Anguille" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0032204" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644393v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Becavin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1478-3975/9/1/013001" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961026v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe B&#233;cavin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Mintsa-Eya" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btr143" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510014v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2009.10.054" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760141v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Fabre-Guillevin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hutzler" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Delaplace" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08898480.2010.490996" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03109112v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Humez" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.newideapsych.2007.07.004" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GXPJ81SF-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02935825v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maubourguet" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Changeux" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uwe Maskos" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faure" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1000229" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00151946v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Krivine" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Lesn&#233;" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Treiner" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0960129507005981" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-VKLQZ9FZ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03106816v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vignau" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Christophe" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2466/pr0.101.1.237-249" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509975v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2005.12.053" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03109307v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpsychores.2006.02.008" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B525MQ0C-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00207343v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain G Cabal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auguste Genovesio" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Rodriguez-Navarro" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Zimmer" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gadal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature04752" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-BQ1W75HF-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140777v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Petit" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Pi&#233;tri-Rouxel" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Leste-Lasserre" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Mathez" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mito.2004.09.004" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TC76HFQT-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003834v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gruber" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012095v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Aubin" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00002876v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gruber" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pache" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003836v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012073v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1119/1.1514233" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003835v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020299v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Ben-Ha&#239;m" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206061v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Ben-Haim" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-4371(02)01073-7" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206063v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.64.051921" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076464v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Sotta" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Victor" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1310617" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003915v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04332108v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lemarchand" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perera" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moreau" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mareschal" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.48.1568" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557015v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Argoul" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arneodo" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Collet" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/3/6/001" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5D7C2A6D957520AB444F06F9B22C69A4FD819DE9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309316v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05309308v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326100v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326346v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859553v2" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331599v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Blanc" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Schmidt" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Bonnier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00339805v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Barlovatz-Meimon" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003841v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Charpentier" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolai Nikolski" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003840v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dietrich Stauffer" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Eugene Stanley" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003839v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003838v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04636019v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mozziconnacci" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267039v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://institutions.ville-geneve.ch/fileadmin/user_upload/mhn/documents/Museum/MHN_Fascicule_planches.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313633v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786394v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308929v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-01823255v2" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.agropolis.fr/pdf/publications/systemes-complexes-dossier-agropolis-international.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326871v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343520v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Bertrand" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Basyuk" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8556-2_11" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03104870v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085620v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407546v2" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Fabre-Guillevin" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596547v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Deffuant" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Mabrouk" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Mathias" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516842v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516888v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532564v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoxia Deng" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03175260v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fayet" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>