--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -251,196 +251,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04639211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trente Ans après… Les 1143 thèses rurales des années 2000</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annie Antoine</w:t>
+                <w:t xml:space="preserve">Les mille et une thèses rurales des années 2000</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Skora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire &amp; sociétés rurales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 60 (2), pp.9-34. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/hsr.060.0009⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 60 (2), pp.7-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/hsr.060.0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04629229v1</w:t>
-[...41 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">hal-04625633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Skora</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trente Ans après… Les 1143 thèses rurales des années 2000</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire &amp; sociétés rurales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 60 (2), pp.7-8. </w:t>
+              <w:t xml:space="preserve">, 2023, 60 (2), pp.9-34. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/hsr.060.0007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/hsr.060.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04625633v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04629229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoires d’espace. Jalons historiographiques d’un objet</w:t>
               </w:r>
@@ -645,174 +645,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04612939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La sélection des animaux au début du XIXe siècle : pratiques et représentations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ethnozootechnie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, Prémices et débuts de la sélection animale en France, 3, pp.15-26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04407449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La sélection des bovins de l’Ouest au début du XIXe siècle : évolution des pratiques et des représentations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Antoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Bretagne et des pays de l'Ouest : Anjou, Maine, Touraine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 106 (1), pp.63-85. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/abpo.1999.4015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/abpo.1999.4015⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-04612937v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04407449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’élevage en France, XVIIe - XVIIIe siècles</w:t>
               </w:r>
@@ -2040,394 +2040,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04621323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'agriculture en Europe occidentale à l'époque moderne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Boehler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Brumont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 9782701123820</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04641750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Campagnes de l’Ouest, stratigraphie et relations sociales dans l’histoire, actes du colloque de Rennes, mars 1999</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Rennes, 552 p., 2000, 2-86847-451-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.20536⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04621322v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le paysage de l'historien : archéologie des bocages de l'Ouest de la France à l'époque moderne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Antoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires de Rennes, 340 p., 2000, 2-86847-680-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.pur.21817⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (ouvrage de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04613235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 9782701123820</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terre et paysans en France aux XVIIe et XVIIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ophrys, 176 p., 1998, Documents ∑ Histoire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...59 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04632996v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les comptes ordinaires de Pierre Duchemin du Tertre, marchand de toile et seigneur dans la première moitié du XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Société d'Archéologie et d'Histoire de la Mayenne, 248 p., 1998, 2-913201-00-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04399780v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">halshs-04632996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiefs et villages du Bas-Maine au XVIIIe siècle : étude de la seigneurie et de la vie rurale</w:t>
               </w:r>
@@ -2698,199 +2698,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02304531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cycles culturaux, usages et appropriation de l’espace rural (France, fin du Moyen Âge Époque moderne). Les enjeux d’une comparaison avec le modèle anglais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Roland Viader, Christine Rendu (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cultures temporaires et féodalité : les rotations culturales et l'appropriation du sol dans l'Europe médiévale et moderne : actes des XXXIVes Journées internationales d'histoire de l'abbaye de Flaran, 12 et 13 octobre 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires du Mirail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.148-168, 2014, Flaran, 978-2-8107-0340-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04613650v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The dubious delights of farm accounts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Antoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Michel Chevet, Gérard Béaur (eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Measuring agricultural growth : land and labour productivity in Western Europe from the Middle Ages to the twentieth century (England, France, Spain)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brepols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.51-66, 2014, Corn publication series, 15, 978-2-503-51986-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04613648v1</w:t>
-              </w:r>
-[...84 lines deleted...]
-                <w:t xml:space="preserve">hal-04613650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les usages collectifs du sol dans la coutume de Bretagne (XVe-XVIIIe siècle)</w:t>
               </w:r>
@@ -3124,182 +3124,182 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04613630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Prés, prairies et pâturage dans les systèmes agraires de la France de l’Ouest à l’époque moderne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Francis Brumont (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prés et pâtures en Europe occidentale : actes des XXVIIIes Journées internationales d'Histoire de l'Abbaye de Flaran, 15 et 16 septembre 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires du Mirail, pp.205-220, 2008, Flaran (Auch), 28, 978-2-8107-0001-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pumi.9021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04613272v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La formation du bocage en Bretagne : la Bretagne n’a pas toujours été un pays de bocage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Antoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Bardel, Jean-Luc Maillard et Gilles Pichard (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'arbre et la haie : mémoire et avenir du bocage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes/Ecomusée du Pays de Rennes, 7 p., 2008, 978-2-7535-0526-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04613625v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">halshs-04613272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D’un espace ouvert à un espace poreux. Bocage et élevage dans la France de l’Ouest du Moyen Âge au début du XIXe siècle</w:t>
               </w:r>
@@ -3352,1386 +3352,1386 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00420227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La seigneurie française à l'époque moderne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jarosław Dumanowski, Michel Figeac (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Noblesse française et noblesse polonaise : mémoire, identité, culture (XVIe-XXe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison des sciences de l'homme d'Aquitaine, pp.207-226, 2006, 2-85892-329-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.msha.17602⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00420234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’élevage, un facteur de diversification des économies rurales anciennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Antoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Madeline, Jean-Marc Moriceau (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acteurs et espaces de l'élevage (XVIIe-XXIe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association d'histoire des sociétés rurales, pp.23-38, 2006, Bibliothèque d'histoire rurale, 9, 9782911369087</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00420240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Jarosław Dumanowski, Michel Figeac (dir.). </w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maisons rurales de Haute-Bretagne au XVIIIe siècle. Les débuts d’une enquête</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Annie Antoine (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Noblesse française et noblesse polonaise : mémoire, identité, culture (XVIe-XXe siècle)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La maison rurale en pays d'habitat dispersé : de l'Antiquité au XXe siècle : actes du colloque de Rennes, 29-30-31 mai 2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.227-240, 2005, Histoire (Rennes), 2-86847-795-X</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00420246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les espaces imbriqués du château à l’époque moderne. Espace naturel ? Espace agricole ? Espace seigneurial ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne-Marie Cocula, Michel Combet (éd.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le château et la nature : actes des Rencontres d'archéologie et d'histoire en Périgord les 24, 25 et 26 septembre 2004</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ausonius, pp.179-194, 2005, Scripta varia (Ausonius), 11, 2-910023-67-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00420251v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le paysage, un objet pour l’historien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Boulanger, Jean-René Trochet (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Où en est la géographie historique ? entre économie et culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.225-238, 2005, Géographie et cultures, 9782747581448</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00420243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les paysans en France de la fin du Moyen Âge à la Révolution : propriétaires ? tenanciers ? locataires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Antoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nadine Vivier (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ruralité française et britannique, XIIIe-XXe siècles : approches comparées : colloque franco-britannique du Mans, 12-14 septembre 2002</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.153-166, 2005, 9782753500211. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.pur.22530⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04627952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Annie Antoine (dir.). </w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pluriactivité dans les sociétés rurales. Approche historiographique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Cocaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gérard le Bouedec, François Ploux, Christophe Cérino, Aliette Geistdoerfer (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La maison rurale en pays d'habitat dispersé : de l'Antiquité au XXe siècle : actes du colloque de Rennes, 29-30-31 mai 2002</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.227-240, 2005, Histoire (Rennes), 2-86847-795-X</w:t>
+              <w:t xml:space="preserve">Entre terre et mer : sociétés littorales et pluriactivités (XVe-XXe siècle) : actes du colloque tenu à l'Université de Bretagne Sud-Lorient les 17, 18 et 19 octobre 2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.13-33, 2004, Histoire (Rennes), 2-86847-999-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Anne-Marie Cocula, Michel Combet (éd.). </w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04613262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La seigneurie en France à la fin de l’Ancien Régime. État des connaissances, nouvelles perspectives de recherches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gérard Béaur, Christophe Duhamelle, Reiner Prass et Jürgen Schlumbohm (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le château et la nature : actes des Rencontres d'archéologie et d'histoire en Périgord les 24, 25 et 26 septembre 2004</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ausonius, pp.179-194, 2005, Scripta varia (Ausonius), 11, 2-910023-67-2</w:t>
+              <w:t xml:space="preserve">Les sociétés rurales en Allemagne et en France, XVIIIe et XIXe siècles : actes du colloque international de Göttingen, 23-25 novembre 2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association d’histoire des sociétés rurales, pp.47-64, 2004, Bibliothèque d'histoire rurale (BHR), 8, 2-911369-07-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Philippe Boulanger, Jean-René Trochet (dir.). </w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04556945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les propriétaires fonciers : conservatisme ou modernité ? L’exemple des contrats de métayage (XVIIIe-XIXe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Frédérique Pitou (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Où en est la géographie historique ? entre économie et culture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp.225-238, 2005, Géographie et cultures, 9782747581448</w:t>
+              <w:t xml:space="preserve">Élites et notables de l'Ouest, XVIe-XXe siècle. Entre conservatisme et modernité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.165-192, 2004, 9782868479150</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04613264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élevage et commerce des animaux à la fin de l’Ancien Régime / Biens communaux et pratiques collectives à l’époque moderne / Tenir, posséder, exploiter la terre (XVIe-XIXe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Antoine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dominique Poulain (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoires et chronologies de l’agriculture française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ellipses, p. 23-32 / p. 191-200 / p. 297-304, 2004, 2-7298-1957-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04613260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...40 lines deleted...]
-              <w:t xml:space="preserve">Gérard le Bouedec, François Ploux, Christophe Cérino, Aliette Geistdoerfer (dir.). </w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justice foncière et contrôle social, Maine, Anjou, Bretagne au XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">François Brizay; Antoine Follain; Véronique Sarrazin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Entre terre et mer : sociétés littorales et pluriactivités (XVe-XXe siècle) : actes du colloque tenu à l'Université de Bretagne Sud-Lorient les 17, 18 et 19 octobre 2002</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.13-33, 2004, Histoire (Rennes), 2-86847-999-5</w:t>
+              <w:t xml:space="preserve">Les justices de village : administration et justice locales de la fin du Moyen Âge à la Révolution : actes du colloque d'Angers des 26 et 27 octobre 2001</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.269-284, 2003, 2-86847-754-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Gérard Béaur, Christophe Duhamelle, Reiner Prass et Jürgen Schlumbohm (dir.). </w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04613231v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bocages armoricains et sociétés, genèse, évolution et interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Marguerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Thenail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Tatiana Muxart; Franck-Dominique Vivien; Bruno Villalba; Joëlle Burnouf. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les sociétés rurales en Allemagne et en France, XVIIIe et XIXe siècles : actes du colloque international de Göttingen, 23-25 novembre 2000</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association d’histoire des sociétés rurales, pp.47-64, 2004, Bibliothèque d'histoire rurale (BHR), 8, 2-911369-07-6</w:t>
+              <w:t xml:space="preserve">Des milieux et des hommes : fragments d’histoires croisées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elsevier Masson, pp.115-131, 2003, collection environnement, 2-84299-453-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Frédérique Pitou (dir.). </w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02462705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La légende noire du métayage dans l’Ouest de la France (XVIIIe-XIXe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gérard Béaur, Mathieu Arnoux, Anne Varet-Vitu (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Élites et notables de l'Ouest, XVIe-XXe siècle. Entre conservatisme et modernité</w:t>
+              <w:t xml:space="preserve">Exploiter la terre. Les contrats agraires de l’Antiquité à nos jours : actes du colloque de Caen (10-13 septembre 1997)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.165-192, 2004, 9782868479150</w:t>
+              <w:t xml:space="preserve">, pp.457-470, 2003, Bibliothèque d'histoire rurale, 7, 9782911369063</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04613255v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La circulation de l’argent en pays de métayage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Minard, Denis Woronoff, Annie Antoine (dir.), et al. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'argent des campagnes : échanges, monnaie, crédit dans la France rurale d'Ancien régime : journée d'études tenue à Bercy le 18 décembre 2000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Comité pour l'histoire économique et financière de la France, 17 p., 2003, Histoire économique et financière de la France - XIXe-XXe, 9782110926012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04627946v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Die Grundherrschaft in Frankreich am Ende des Ancien Régime : Gegenwärtiger Stand und neue Perspektiven der Forschung</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Reiner Prass; Jürgen Schlumbohm; Gérard Béaur; Christophe Duhamelle. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ländliche Gesellschaften in deutschland und Frankreich, 18.-19. Jahrhundert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vandenhoeck &amp; Ruprecht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.53-75, 2003, 3-525-35185-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04613245v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bocages armoricains et sociétés, genèse, évolution et interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Marguerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Antoine</w:t>
+                <w:t xml:space="preserve">Claudine Thenail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudine Thenail</w:t>
+                <w:t xml:space="preserve">Jacques Baudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des milieux et des hommes : fragments d'histoires croisées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, 2003, 2-84299-453-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02833914v1</w:t>
-              </w:r>
-[...445 lines deleted...]
-                <w:t xml:space="preserve">halshs-04613245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enclosures des terres et appropriation des ressources génétiques. Les raisons d'une comparaison</w:t>
               </w:r>
@@ -5909,51 +5909,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04834996v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Antoine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/136k5" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04639211v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629229v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hsr.060.0009" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625633v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Skora" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hsr.060.0007" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04627944v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/abpo.1326" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613219v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04612939v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/hism.2000.1794" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04612937v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/abpo.1999.4015" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407449v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403995v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04612938v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/hes.1999.2021" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404023v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410804v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399949v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/abpo.1996.3871" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616557v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/hsr.1995.1167" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04612907v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406068v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Landais" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.195139" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04621327v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Avrillas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02304458v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.RURHE-EB.5.106195" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04621324v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Mischi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.4240" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420225v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Marguerie" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00495804v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420231v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Michon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.7366" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420253v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.11681" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04621323v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Maillard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.9232" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613235v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.21817" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641750v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Boehler" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Brumont" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belin-education.com/lagriculture-en-europe-occidentale" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04621322v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.20536" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399780v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04632996v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403820v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613665v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puc-ed.fr/book/?gcoi=28777100005990" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02304531v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Herment" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.RURHE-EB.5.112259" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/8QZ-WTLCTZXS-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613648v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brepols.net/products/IS-9782503519869-1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613650v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.univ-tlse2.fr/produit/cultures-temporaires-et-feodalite/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04621302v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613641v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brepols.net/products/IS-9782503529554-1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.RURHE-EB.4.00138" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613630v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bahs.org.uk/AGHR/PDFs/AGHR_CAH_supplement.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613625v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613272v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pumi.9021" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420227v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420240v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420234v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.msha.17602" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04627952v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.22530" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420246v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/11712" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420251v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420243v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613260v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613262v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cocaud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04556945v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613264v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/1345/elites-et-notables-de-l-ouest-xvie-xxe-siecle" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833914v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marguerie" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Antoine" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Thenail" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Baudry" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bernard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613231v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04627946v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613255v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/530/exploiter-la-terre" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462705v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613245v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vandenhoeck-ruprecht-verlage.com/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613228v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04556942v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chartes.psl.eu/editions/catalogue-des-publications/terriers-et-plans-terriers-du-xiiie-au-xviiie-siecle" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613221v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612942v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613223v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04629567v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04629568v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04629566v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04556939v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/1309/eglise-education-lumieres" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04612909v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613660v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04621319v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04621318v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04834996v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Antoine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/136k5" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04639211v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625633v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Skora" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hsr.060.0007" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629229v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hsr.060.0009" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04627944v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/abpo.1326" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613219v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04612939v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/hism.2000.1794" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407449v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04612937v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/abpo.1999.4015" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403995v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04612938v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/hes.1999.2021" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404023v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410804v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399949v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/abpo.1996.3871" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616557v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/hsr.1995.1167" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04612907v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406068v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Landais" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.195139" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04621327v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Avrillas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02304458v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.RURHE-EB.5.106195" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04621324v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Mischi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.4240" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420225v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Marguerie" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00495804v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420231v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Michon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.7366" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420253v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.11681" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04621323v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Maillard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.9232" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641750v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Boehler" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Brumont" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belin-education.com/lagriculture-en-europe-occidentale" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04621322v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.20536" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613235v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.21817" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04632996v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399780v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403820v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613665v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puc-ed.fr/book/?gcoi=28777100005990" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02304531v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Herment" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.RURHE-EB.5.112259" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/8QZ-WTLCTZXS-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613650v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.univ-tlse2.fr/produit/cultures-temporaires-et-feodalite/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613648v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brepols.net/products/IS-9782503519869-1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04621302v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613641v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brepols.net/products/IS-9782503529554-1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.RURHE-EB.4.00138" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613630v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bahs.org.uk/AGHR/PDFs/AGHR_CAH_supplement.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613272v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pumi.9021" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613625v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420227v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420234v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.msha.17602" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420240v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420246v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/11712" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420251v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00420243v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04627952v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.22530" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613262v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cocaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04556945v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613264v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/1345/elites-et-notables-de-l-ouest-xvie-xxe-siecle" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613260v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613231v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462705v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Thenail" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Baudry" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613255v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pur-editions.fr/product/530/exploiter-la-terre" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04627946v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613245v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vandenhoeck-ruprecht-verlage.com/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02833914v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marguerie" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Antoine" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bernard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613228v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04556942v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.chartes.psl.eu/editions/catalogue-des-publications/terriers-et-plans-terriers-du-xiiie-au-xviiie-siecle" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613221v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612942v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04613223v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04629567v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04629568v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04629566v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04556939v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/1309/eglise-education-lumieres" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04612909v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04613660v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04621319v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04621318v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>