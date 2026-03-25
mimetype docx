--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -412,338 +412,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04526222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toughening mechanisms in nacre-like alumina revealed by in-situ imaging of stress</w:t>
+                <w:t xml:space="preserve">Dewetting of Ni silicide thin film on Si substrate: In-situ experimental study and phase-field modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hassan Saad</w:t>
+                <w:t xml:space="preserve">Jianbao Gao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Malchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Douillard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Annie Malchère</w:t>
+                <w:t xml:space="preserve">Shenglan Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Steyer</w:t>
+                <w:t xml:space="preserve">Andrea Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Meille</w:t>
+                <w:t xml:space="preserve">Ting Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 42 (14), pp.6757-6761. </w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 223, pp.117491. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2022.07.040⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2021.117491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03765342v1</w:t>
+                <w:t xml:space="preserve">hal-03454993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dewetting of Ni silicide thin film on Si substrate: In-situ experimental study and phase-field modeling</w:t>
+                <w:t xml:space="preserve">Toughening mechanisms in nacre-like alumina revealed by in-situ imaging of stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jianbao Gao</w:t>
+                <w:t xml:space="preserve">Hassan Saad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Douillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Malchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Campos</w:t>
+                <w:t xml:space="preserve">Philippe Steyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ting Luo</w:t>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 223, pp.117491. </w:t>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 42 (14), pp.6757-6761. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2021.117491⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2022.07.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03454993v1</w:t>
+                <w:t xml:space="preserve">hal-03765342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Thermal Stresses Formed during Air Annealing of Amorphous Lanthanum Cuprate Thin Films Deposited on Silicon Substrate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Tranvouez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Steyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Malchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1743,575 +1743,575 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01808022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polycrystalline Yb3+-Er3+-co-doped YAG: Fabrication, TEM-EDX characterization, spectroscopic properties, and comparison with the single crystal</w:t>
+                <w:t xml:space="preserve">Multilayered YAG-Yb:YAG ceramics: manufacture and laser performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Hostaša</w:t>
+                <w:t xml:space="preserve">Laura Esposito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Esposito</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Annie Malchere</w:t>
+                <w:t xml:space="preserve">Jan Hostasa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Epicier</w:t>
+                <w:t xml:space="preserve">Andreana Piancastelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Pirri</w:t>
+                <w:t xml:space="preserve">Guido Toci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Alderighi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1557/jmr.2014.206⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (47), pp.10138-10148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c4tc01544d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01808034v1</w:t>
+                <w:t xml:space="preserve">hal-01814320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multilayered YAG-Yb:YAG ceramics: manufacture and laser performance</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Polycrystalline Yb3+-Er3+-co-doped YAG: Fabrication, TEM-EDX characterization, spectroscopic properties, and comparison with the single crystal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan Hostasa</w:t>
+                <w:t xml:space="preserve">J. Hostaša</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andreana Piancastelli</w:t>
+                <w:t xml:space="preserve">L. Esposito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Malchere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guido Toci</w:t>
+                <w:t xml:space="preserve">T. Epicier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniele Alderighi</w:t>
+                <w:t xml:space="preserve">A. Pirri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 2 (47), pp.10138-10148. </w:t>
+              <w:t xml:space="preserve">Journal of Materials Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 29 (19), pp.2288-2296. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c4tc01544d⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1557/jmr.2014.206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01814320v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01808034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sintering behaviour of diopside (CaO center dot MgO center dot 2SiO(2))-fluorapatite (9CaO center dot 3P(2)O(5)center dot CaF2) bioactive glass</w:t>
+                <w:t xml:space="preserve">A global investigation into in situ nanoindentation experiments on zirconia: from the sample geometry optimization to the stress nanolocalization using convergent beam electron diffraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ishu Kansal</w:t>
+                <w:t xml:space="preserve">Emilie Calvié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dilshat U. Tulyaganov</w:t>
+                <w:t xml:space="preserve">Lucile Joly-Pottuz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria J. Pascual</w:t>
+                <w:t xml:space="preserve">Claude Esnouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Douillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gremillard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annie Malchere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 380, pp.17-24. </w:t>
+              <w:t xml:space="preserve">Journal of Microscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 249 (2), pp.99-110. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2013.08.022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2818.2012.03689.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01814464v1</w:t>
+                <w:t xml:space="preserve">hal-01137602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A global investigation into in situ nanoindentation experiments on zirconia: from the sample geometry optimization to the stress nanolocalization using convergent beam electron diffraction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sintering behaviour of diopside (CaO center dot MgO center dot 2SiO(2))-fluorapatite (9CaO center dot 3P(2)O(5)center dot CaF2) bioactive glass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ishu Kansal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Calvié</w:t>
+                <w:t xml:space="preserve">Dilshat U. Tulyaganov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Joly-Pottuz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Thierry Douillard</w:t>
+                <w:t xml:space="preserve">Maria J. Pascual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gremillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Malchere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Microscopy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 380, pp.17-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2013.08.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2818.2012.03689.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01137602v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01814464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct Synthesis of Periodic Mesoporous SilicoBoron CarboNitride Frameworks via the Nanocasting from Ordered Mesoporous Silica with Boron-Modified Polycarbosilazane</w:t>
               </w:r>
@@ -2439,90 +2439,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for the formation of distorted nanodomains involved in the phase transformation of stabilized zirconia by coupling convergent beam electron diffraction and in situ TEM nanoindentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Calvié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Joly-Pottuz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Esnouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Douillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gremillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2701,629 +2701,629 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01689493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xenon behavior in TiN: A coupled XAS/TEM study</w:t>
+                <w:t xml:space="preserve">Internalization pathways into cancer cells of gadolinium-based radiosensitizing nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Bes</w:t>
+                <w:t xml:space="preserve">Wael Rima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Gaillard</w:t>
+                <w:t xml:space="preserve">Lucie Sancey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Millard-Pinard</w:t>
+                <w:t xml:space="preserve">Marie-Thérèse Aloy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Gavarini</w:t>
+                <w:t xml:space="preserve">Emma Armandy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Martin</w:t>
+                <w:t xml:space="preserve">B. Alcantara Gustavo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 434, pp.56-64. </w:t>
+              <w:t xml:space="preserve">Biomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 34, pp.181-195. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2012.10.046⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biomaterials.2012.09.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00871683v1</w:t>
+                <w:t xml:space="preserve">hal-00757773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Internalization pathways into cancer cells of gadolinium-based radiosensitizing nanoparticles</w:t>
+                <w:t xml:space="preserve">Xenon behavior in TiN: A coupled XAS/TEM study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wael Rima</w:t>
+                <w:t xml:space="preserve">R. Bes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Sancey</w:t>
+                <w:t xml:space="preserve">C. Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Thérèse Aloy</w:t>
+                <w:t xml:space="preserve">N. Millard-Pinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Armandy</w:t>
+                <w:t xml:space="preserve">S. Gavarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Alcantara Gustavo</w:t>
+                <w:t xml:space="preserve">P. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomaterials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 34, pp.181-195. </w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 434, pp.56-64. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biomaterials.2012.09.029⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2012.10.046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00757773v1</w:t>
+                <w:t xml:space="preserve">in2p3-00871683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real time TEM observation of alumina ceramic nano-particles during compression</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sintering behavior of lanthanide-containing glass-ceramic sealants for solid oxide fuel cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Clément</w:t>
+                <w:t xml:space="preserve">A. Goel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Garnier</w:t>
+                <w:t xml:space="preserve">A.A. Reddy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.J. Pascual</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gremillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Malchere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2012.02.029⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 22 (19), pp.10042-10054. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c2jm16300d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00696087v1</w:t>
+                <w:t xml:space="preserve">hal-01834898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sintering behavior of lanthanide-containing glass-ceramic sealants for solid oxide fuel cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Real time TEM observation of alumina ceramic nano-particles during compression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Calvié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Joly-Pottuz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Esnouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Goel</w:t>
+                <w:t xml:space="preserve">Philippe Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.A. Reddy</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Annie Malchere</w:t>
+                <w:t xml:space="preserve">Vincent Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 32, pp.2067. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2012.02.029⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c2jm16300d⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01834898v1</w:t>
+                <w:t xml:space="preserve">hal-00696087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvements for imaging ceramics sintering in situ in ESEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Joly-Pottuz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bogner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3439,51 +3439,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Cardinal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Malchere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Fantozzi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3521,90 +3521,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caesium isothermal migration behaviour in sintered titanium nitride: New data and comparison with previous results on iodine and xenon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gavarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Peaucelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Esnouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3719,51 +3719,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cau-Dit-Coumes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Malchere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Douillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 91, pp.2337-2342. </w:t>
@@ -3807,259 +3807,259 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01815408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transitions de phases sous sollicitations mécaniques : élaboration par mécano-synthèse de matériaux à nanostructures (alliages métalliques, semi-conducteurs, céramiques)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude structurale du système ternaire Al/Si/C par mécanosynthèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Malchere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Gaffet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">A. Malchère</w:t>
+                <w:t xml:space="preserve">E. Gaffet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Métallurgie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/metal/199491050757⟩</w:t>
+              <w:t xml:space="preserve">Journal de Physique IV Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 04 (C3), pp.C3-251-C3-256. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/jp4:1994334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05366817v1</w:t>
+                <w:t xml:space="preserve">jpa-00252531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude structurale du système ternaire Al/Si/C par mécanosynthèse</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annie Malchere</w:t>
+                <w:t xml:space="preserve">Transitions de phases sous sollicitations mécaniques : élaboration par mécano-synthèse de matériaux à nanostructures (alliages métalliques, semi-conducteurs, céramiques)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Gaffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Malhouroux-Gaffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Gaffet</w:t>
+                <w:t xml:space="preserve">M. Abdellaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Malchère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de Physique IV Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1994, 04 (C3), pp.C3-251-C3-256. </w:t>
+              <w:t xml:space="preserve">Revue de Métallurgie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 91 (5), pp.757-770. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/jp4:1994334⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/metal/199491050757⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">jpa-00252531v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05366817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5211,90 +5211,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of in situ micro-tensile tests to the understanding of the degradation of hard CrN-based coatings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Calvié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihai Apreutesei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Malchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Douillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Damond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5349,77 +5349,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comparative study of the oxidation behaviour of cathodic arc evaporated AlCrN and AlCrYN coatings: a microstructural and physic-chemical investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihai Apreutesei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Steyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Joly-Pottuz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Douillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Malchere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5474,90 +5474,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of xenon behaviour in titanium nitride at high temperature by combination of XAS and TEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Millard-Pinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gavarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROMAT 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Montpellier, France</w:t>
@@ -5580,354 +5580,354 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01018354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusion thermique et sous irradiation du xénon dans TiN et TiC</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Study of xenon thermal migration in sintered titanium nitride using nuclear micro-probe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Millard-Pinard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gavarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">C. Gaillard</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Cardinal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées plénières du GNR MATINEX</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">19th International Conference on Ion Beam Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Cambridge, UK, United States. pp.1880-1883, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nimb.2010.02.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-01018511v1</w:t>
+                <w:t xml:space="preserve">in2p3-00487017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of xenon thermal migration in sintered titanium nitride using nuclear micro-probe</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+                <w:t xml:space="preserve">Diffusion thermique et sous irradiation du xénon dans TiN et TiC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gavarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Millard-Pinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Cardinal</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Bès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on Ion Beam Analysis</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées plénières du GNR MATINEX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Aix-en-Provence, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00487017v1</w:t>
+                <w:t xml:space="preserve">in2p3-01018511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Migration thermique du xénon dans le nitrure de titane polycristallin: rôle de la microstructure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Millard-Pinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gavarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Cardinal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6540,77 +6540,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Miret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Malchere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Douillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Joly-Pottuz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microscopy Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Regensburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6719,51 +6719,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Luc Demenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gaffet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Metastable, Mechanically Alloyed and Nanocrystalline Materials (ISMANAM-95)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1995, Quebec, Canada. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
@@ -6821,51 +6821,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural investigation on the mechanically alloyed ternary system Al/Si/C</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Malchère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Gaffet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Conference on Structural Applications of Mechanical Alloying</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1993, Vancouver, Canada. ASM International, pp.297-305, 1993, 0871704927, 9780871704924</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7197,263 +7197,263 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04168810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timelapse: Crystal growth during setting of gypsum plaster, observed through in-cell environmental SEM (without any setting retardant)</w:t>
+                <w:t xml:space="preserve">Timelapse: Crystal growth during setting of gypsum plaster over a large area, observed through in-cell environmental SEM (with setting retardant)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fantou Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wozniak Anna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Meille Sylvain</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Malchère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucian Roiban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04168814v1</w:t>
+                <w:t xml:space="preserve">hal-04295479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timelapse: Crystal growth during setting of gypsum plaster over a large area, observed through in-cell environmental SEM (with setting retardant)</w:t>
+                <w:t xml:space="preserve">Timelapse: Crystal growth during setting of gypsum plaster, observed through in-cell environmental SEM (without any setting retardant)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fantou Alexandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wozniak Anna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Meille</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malchère Annie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roiban Lucian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meille Sylvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04295479v1</w:t>
+                <w:t xml:space="preserve">hal-04168814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId238"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -7529,51 +7529,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0500407D"/>
+    <w:nsid w:val="42F15453"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7677,51 +7677,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="FFEDCE5C"/>
+    <w:nsid w:val="3CF03DD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7911,51 +7911,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/annie-malchere" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8921-5387" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526222v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Comby-Dassonneville" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucian Roiban" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Borroto" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Malch&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cardinal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2024.174233" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765342v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Saad" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douillard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Steyer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meille" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2022.07.040" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454993v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianbao Gao" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shenglan Yang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Campos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Luo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2021.117491" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945236v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Tranvouez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boulet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Capon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings10070613" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405471v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Etiemble" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lopes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.I. Nkou Bouala" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Borges" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Malch&#232;re" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2018.11.078" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354958v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Monpezat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Topin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thomas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pagis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimoun Aouine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.9b01407" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875812v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Faustini" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cattoni" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer P&#233;ron" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Boissi&#232;re" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Ebrard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.7b07699" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644827v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Thomas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Puyoo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Le Berre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liviu Militaru" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siddardha Koneti" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/aa8b5e" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701521v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Malhaire" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Rafael" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed R'Mili" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4978778" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677785v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Miguez&#8208;pacheco" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T B&#252;ttner" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alb Ma&#231;on" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jr Jones" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Fey" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808022v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Masenelli-Varlot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Malchere" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ferreira" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Heidari Mezerji" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bals" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927614000105" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808034v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hosta&#353;a" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Esposito" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Epicier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pirri" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/jmr.2014.206" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814320v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Esposito" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Hostasa" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreana Piancastelli" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Toci" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Alderighi" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4tc01544d" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814464v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ishu Kansal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilshat U. Tulyaganov" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria J. Pascual" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gremillard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2013.08.022" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3D67VRSG-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137602v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Calvi&#233;" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Joly-Pottuz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Esnouf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2818.2012.03689.x" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01688654v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bernard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Majoulet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Sandra" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Miele" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201200168" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-95T5BQ4G-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760135v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2012.09.047" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01689493v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Majoulet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sandra" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael Bechelany" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bonnefont" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Fantozzi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ta12119d" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00871683v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bes" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gaillard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Millard-Pinard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gavarini" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2012.10.046" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2T9SVWK6-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757773v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Rima" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Sancey" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Aloy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Armandy" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Alcantara Gustavo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2012.09.029" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K7P1BQL8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696087v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cl&#233;ment" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garnier" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2012.02.029" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KS07KC3B-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834898v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Reddy" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Pascual" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2jm16300d" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639510v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bogner" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lasalle" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Thollet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2818.2011.03512.x" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431367v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00399343v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. B&#232;s" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Peaucelle" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Esnouf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2009.03.106" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B26KJ95F-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815408v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Russias" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frizon" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cau-Dit-Coumes" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1551-2916.2008.02450.x" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-50F9WLMG-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366817v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gaffet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Malhouroux-Gaffet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abdellaoui" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal/199491050757" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-T25MNMDL-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00252531v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gaffet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:1994334" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/90FBD80B493D551F16C22190D7E32C1EBD89649A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382302v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ehret" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Marie Lebas" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Vas" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Jose Cadete Santos Aires" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bioconf/202412908005" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222961v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wozniak Anna" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fantou Alexandre" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malch&#232;re Annie" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masenelli-Varlot Karine" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meille Sylvain" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222963v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226007v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Baeza" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jorand" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075020v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701470v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701466v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Koneti" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701467v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Berre" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489069v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233713v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Apreutesei" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Damond" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066602v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01018354v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01018511v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Garnier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00487017v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2010.02.018" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HSRQJ353-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01018500v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229763v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ehret" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vas" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cadete Santos Aires" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Roiban" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287875v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489072v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489632v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Albertini" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066584v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Miret" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Foray" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369291v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Malchere" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grosbras" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Demenet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bresson" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.225-227.763" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369155v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318170v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Merrer" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Pierre" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Budtova" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Smallenburg" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannelore Derluyn" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/physique-et-astrophysique/etonnante-physique/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168810v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roiban Lucian" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168814v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295479v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/annie-malchere" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8921-5387" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526222v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Comby-Dassonneville" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucian Roiban" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Borroto" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Malch&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Cardinal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2024.174233" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03454993v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianbao Gao" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shenglan Yang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Campos" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting Luo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2021.117491" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765342v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Saad" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douillard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Steyer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meille" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2022.07.040" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945236v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Tranvouez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boulet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Capon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coatings10070613" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405471v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Etiemble" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lopes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.I. Nkou Bouala" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Borges" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Malch&#232;re" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2018.11.078" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354958v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Monpezat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Topin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thomas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pagis" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mimoun Aouine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.9b01407" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875812v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Faustini" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Cattoni" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer P&#233;ron" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Boissi&#232;re" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Ebrard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.7b07699" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644827v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Thomas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Puyoo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Le Berre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liviu Militaru" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siddardha Koneti" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/aa8b5e" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701521v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Malhaire" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Rafael" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed R'Mili" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4978778" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677785v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Miguez&#8208;pacheco" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T B&#252;ttner" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alb Ma&#231;on" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jr Jones" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Fey" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808022v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Masenelli-Varlot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Malchere" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ferreira" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Heidari Mezerji" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bals" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927614000105" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814320v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Esposito" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Hostasa" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreana Piancastelli" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Toci" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Alderighi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4tc01544d" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808034v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hosta&#353;a" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Esposito" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Epicier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pirri" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/jmr.2014.206" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137602v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Calvi&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Joly-Pottuz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Esnouf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gremillard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2818.2012.03689.x" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814464v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ishu Kansal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilshat U. Tulyaganov" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria J. Pascual" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2013.08.022" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3D67VRSG-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01688654v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bernard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Majoulet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Sandra" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Miele" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201200168" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-95T5BQ4G-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760135v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2012.09.047" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01689493v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Majoulet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sandra" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael Bechelany" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bonnefont" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Fantozzi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ta12119d" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757773v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Rima" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Sancey" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Aloy" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Armandy" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Alcantara Gustavo" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2012.09.029" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K7P1BQL8-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00871683v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bes" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gaillard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Millard-Pinard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gavarini" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2012.10.046" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2T9SVWK6-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834898v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A. Reddy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Pascual" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2jm16300d" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696087v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cl&#233;ment" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garnier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2012.02.029" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KS07KC3B-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00639510v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bogner" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lasalle" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Thollet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2818.2011.03512.x" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431367v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00399343v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. B&#232;s" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Peaucelle" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Esnouf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2009.03.106" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B26KJ95F-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815408v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Russias" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frizon" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cau-Dit-Coumes" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1551-2916.2008.02450.x" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-50F9WLMG-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00252531v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gaffet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:1994334" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/90FBD80B493D551F16C22190D7E32C1EBD89649A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366817v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gaffet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Malhouroux-Gaffet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Abdellaoui" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal/199491050757" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-T25MNMDL-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382302v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ehret" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Marie Lebas" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Vas" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Jose Cadete Santos Aires" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bioconf/202412908005" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222961v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wozniak Anna" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fantou Alexandre" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malch&#232;re Annie" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masenelli-Varlot Karine" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meille Sylvain" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05222963v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226007v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Baeza" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jorand" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075020v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701470v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701466v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Koneti" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701467v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Berre" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489069v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233713v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Apreutesei" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Damond" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066602v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01018354v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00487017v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Garnier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2010.02.018" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HSRQJ353-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01018511v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01018500v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229763v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ehret" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vas" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cadete Santos Aires" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Roiban" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04287875v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489072v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489632v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Albertini" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066584v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Miret" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Foray" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369291v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Malchere" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grosbras" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Demenet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bresson" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.225-227.763" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369155v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318170v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Merrer" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Pierre" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Budtova" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Smallenburg" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannelore Derluyn" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/physique-et-astrophysique/etonnante-physique/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168810v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roiban Lucian" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295479v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04168814v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>