--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -459,429 +459,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05391877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of the prefrontal cortex in musical and verbal short-term memory: A functional near-infrared spectroscopy study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Predictors of Speech-in-Noise Understanding in a Population of Occupationally Noise-Exposed Individuals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Cheylus</w:t>
+                <w:t xml:space="preserve">Guillaume Andéol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Collard</w:t>
+                <w:t xml:space="preserve">Nihaad Paraouty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Ferreri</w:t>
+                <w:t xml:space="preserve">Fabrice Giraudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara Tillmann</w:t>
+                <w:t xml:space="preserve">Nicolas Wallaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Isnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Imaging Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1162/imag_a_00168⟩</w:t>
+              <w:t xml:space="preserve">Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13 (6), pp.416. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biology13060416⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04575183v1</w:t>
+                <w:t xml:space="preserve">hal-04659553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deficits in congenital amusia: Pitch, music, speech, and beyond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caliani Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Pralus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bedoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Ginzburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuropsychologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 202, pp.108960. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2024.108960⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04710941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictors of Speech-in-Noise Understanding in a Population of Occupationally Noise-Exposed Individuals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Andéol</w:t>
+                <w:t xml:space="preserve">Role of the prefrontal cortex in musical and verbal short-term memory: A functional near-infrared spectroscopy study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Ginzburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nihaad Paraouty</w:t>
+                <w:t xml:space="preserve">Anne Cheylus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Giraudet</w:t>
+                <w:t xml:space="preserve">Elise Collard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Wallaert</w:t>
+                <w:t xml:space="preserve">Laura Ferreri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Isnard</w:t>
+                <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 13 (6), pp.416. </w:t>
+              <w:t xml:space="preserve">Imaging Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2, pp.1-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/biology13060416⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1162/imag_a_00168⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04659553v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04575183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluer le bénéfice des appareils auditifs dans un environnement sonore naturel</w:t>
               </w:r>
@@ -1788,51 +1788,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lesly Fornoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Talamini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Developmental Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 25 (3), pp.e13188. </w:t>
@@ -1870,51 +1870,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid Assessment of Non-Verbal Auditory Perception in Normal-Hearing Participants and Cochlear Implant Users</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Pralus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruben Hermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1998,429 +1998,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03413817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-perceived attention difficulties are associated with sensory hypersensitivity in migraine</w:t>
+                <w:t xml:space="preserve">A case of verbal and emotional prosody processing dissociation after a right temporal venous infarct</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yohana Lévêque</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rémy Masson</w:t>
+                <w:t xml:space="preserve">Julie Bourgeois-Vionnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Fornoni</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. Bidet-Caulet</w:t>
+                <w:t xml:space="preserve">Marc Hermier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Pralus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Neurologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neurol.2020.01.360⟩</w:t>
+              <w:t xml:space="preserve">Neurological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 41 (3), pp.737-737. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10072-020-04259-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02996971v1</w:t>
+                <w:t xml:space="preserve">hal-02999662v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Music processing deficits in Landau-Kleffner syndrome: Four case studies in adulthood</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
+                <w:t xml:space="preserve">Self-perceived attention difficulties are associated with sensory hypersensitivity in migraine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohana Lévêque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Fornoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eliane Roulet-Perez</w:t>
+                <w:t xml:space="preserve">A. Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Deonna</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lesly Fornoni</w:t>
+                <w:t xml:space="preserve">A. Bidet-Caulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cortex</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 129, pp.99 - 111. </w:t>
+              <w:t xml:space="preserve">Revue Neurologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1021, pp.35 - 3787. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cortex.2020.03.025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neurol.2020.01.360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02999336v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02996971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A case of verbal and emotional prosody processing dissociation after a right temporal venous infarct</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Music processing deficits in Landau-Kleffner syndrome: Four case studies in adulthood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohana Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Bourgeois-Vionnet</w:t>
+                <w:t xml:space="preserve">Eliane Roulet-Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Deonna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Barbara Tillmann</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lesly Fornoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 41 (3), pp.737-737. </w:t>
+              <w:t xml:space="preserve">Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 129, pp.99 - 111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10072-020-04259-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cortex.2020.03.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02999662v2</w:t>
+                <w:t xml:space="preserve">hal-02999336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traduction et Adaptation culturelle du questionnaire de satisfaction SADL (Satisfaction with amplification in daily life)</w:t>
               </w:r>
@@ -3522,51 +3522,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auditory efferents facilitate sound localization in noise in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Andéol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3815,51 +3815,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contralateral auditory stimulation and otoacoustic emissions: a review of basic data in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Morlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3968,103 +3968,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les prédicteurs de la compréhension de la parole dans le bruit pour une population avec une exposition professionnelle au bruit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Andéol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nihaad Paraouty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Giraudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Wallaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Isnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
@@ -4093,51 +4093,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localisation sonore dans le bruit : pourquoi une variabilité inter-individuelle ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Andéol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4624,51 +4624,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391724v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Moulin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Aguera" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ferschneider" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/audiolres15050113" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769620v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Ginzburg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesly Fornoni" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pierre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Caclin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cdev.14178" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391877v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nicolas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Ghrenassia" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka&#239;s Haddou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575183v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cheylus" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Collard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ferreri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Tillmann" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/imag_a_00168" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710941v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caliani Hoarau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Pralus" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bedoin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2024.108960" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659553v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume And&#233;ol" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihaad Paraouty" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Giraudet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wallaert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Isnard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology13060416" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770537v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Aubin-Karpinski" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009280v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Coudert" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Reilly" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Truy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gaveau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00405-023-07846-9" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131996v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23312165231176320" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648312v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2022.801699" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037149v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Cholvy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Kreiss" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiphaine Bigeard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Berger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746146v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Seropian" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Micheyl" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bidet-Caulet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2022.e09631" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602712v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hesham Elshafei" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Masson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fakche" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.15617" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539716v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gallego" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434135v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Talamini" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.13188" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413817v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Hermann" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm10102093" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996971v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohana L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fornoni" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moulin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bidet-Caulet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2020.01.360" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999336v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Roulet-Perez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Deonna" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2020.03.025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999662v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourgeois-Vionnet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hermier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10072-020-04259-y" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367383v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexane Hochart" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Henriot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieux Cazals" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Valla" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997516v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367082v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Vergne" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gall&#233;go" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/AUD.0000000000000675" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367386v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379233v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie-Anne Sapey-Triomphe" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Soni&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Schmitz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-017-3422-8" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433989v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Bernard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tordella" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Gisbert" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00405-016-4439-x" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434321v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine S&#233;guin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mattout" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Maby" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2016.07.337" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189635v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Richard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/AUD.0000000000000269" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648263v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Pauzie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/14992027.2015.1054040" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189485v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/14992027.2015.1104734" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128093v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Guillaume" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Savel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Pellieux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0248-11.2011" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368322v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idrick Akhoun" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Jeanvoine" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Menard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buret" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2008.07.026" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R78V1HCF-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995141v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Collet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Morlet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A L Giraud" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Micheyl" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/03005369409086570" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365345v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539745v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00550908v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Berger-Vachon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Thai-Van" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185825v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391724v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Moulin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Aguera" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ferschneider" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/audiolres15050113" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769620v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Ginzburg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesly Fornoni" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pierre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Caclin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cdev.14178" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391877v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nicolas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Ghrenassia" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ka&#239;s Haddou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659553v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume And&#233;ol" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihaad Paraouty" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Giraudet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wallaert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Isnard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology13060416" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710941v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caliani Hoarau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Pralus" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bedoin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2024.108960" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575183v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cheylus" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Collard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ferreri" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Tillmann" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/imag_a_00168" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770537v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Aubin-Karpinski" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009280v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Coudert" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Reilly" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Truy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gaveau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00405-023-07846-9" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131996v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23312165231176320" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648312v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2022.801699" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04037149v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Cholvy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Kreiss" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiphaine Bigeard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Berger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746146v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Seropian" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Micheyl" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bidet-Caulet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2022.e09631" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602712v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hesham Elshafei" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Masson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fakche" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.15617" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539716v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gallego" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434135v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Talamini" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.13188" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413817v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Hermann" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm10102093" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999662v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourgeois-Vionnet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hermier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10072-020-04259-y" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02996971v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohana L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fornoni" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moulin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bidet-Caulet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2020.01.360" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999336v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Roulet-Perez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Deonna" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2020.03.025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367383v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexane Hochart" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Henriot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brieux Cazals" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Valla" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02997516v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367082v2" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Vergne" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gall&#233;go" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/AUD.0000000000000675" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367386v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379233v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie-Anne Sapey-Triomphe" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Soni&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Schmitz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10803-017-3422-8" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433989v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Bernard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tordella" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Gisbert" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00405-016-4439-x" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434321v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine S&#233;guin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mattout" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Maby" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2016.07.337" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189635v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Richard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/AUD.0000000000000269" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648263v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Pauzie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/14992027.2015.1054040" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189485v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/14992027.2015.1104734" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128093v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Guillaume" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Savel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Pellieux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0248-11.2011" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368322v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idrick Akhoun" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Jeanvoine" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Menard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Buret" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2008.07.026" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R78V1HCF-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995141v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Collet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Morlet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A L Giraud" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Micheyl" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/03005369409086570" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365345v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00539745v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00550908v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Berger-Vachon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hung Thai-Van" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185825v2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>