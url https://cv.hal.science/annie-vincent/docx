--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -1008,381 +1008,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03676265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review. Divergent selection for residual feed intake in the growing pig</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A transcriptome multi-tissue analysis identifies biological pathways and genes associated with variations in feed efficiency of growing pigs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+                <w:t xml:space="preserve">Magalie Houée-Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yvon Billon</w:t>
+                <w:t xml:space="preserve">Anne Siegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Brossard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gatellier</w:t>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S175173111600286X⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (1), pp.244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-017-3639-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01547532v1</w:t>
+                <w:t xml:space="preserve">hal-01494107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A transcriptome multi-tissue analysis identifies biological pathways and genes associated with variations in feed efficiency of growing pigs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Annie Vincent</w:t>
+                <w:t xml:space="preserve">Review. Divergent selection for residual feed intake in the growing pig</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Billon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magalie Houée-Bigot</w:t>
+                <w:t xml:space="preserve">Ludovic Brossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Siegel</w:t>
+                <w:t xml:space="preserve">Justine Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+                <w:t xml:space="preserve">Philippe Gatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 18 (1), pp.244. </w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 11 (9), pp.1427-1439. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-017-3639-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S175173111600286X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01494107v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01547532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélection pour la consommation alimentaire moyenne journalière résiduelle chez le porc : impacts sur les caractères et défis pour la filière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvon Billon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Brossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INRA Productions Animales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 30 (5), pp.439-453. </w:t>
@@ -1418,425 +1418,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02629240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular alterations induced by a high-fat high-fiber diet in porcine adipose tissues: variations according to the anatomical fat location</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Whole blood transcriptomics is relevant to identify molecular changes in response to genetic selection for feed efficiency and nutritional status in the pig</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëva Jégou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Trefeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-016-2438-3⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (1), pp.e0146550. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0146550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01286555v1</w:t>
+                <w:t xml:space="preserve">hal-02639563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased expressions of genes and proteins involved in mitochondrial oxidation and antioxidant pathway in adipose tissue of pigs selected for a low residual feed intake</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Louveau</w:t>
+                <w:t xml:space="preserve">Molecular alterations induced by a high-fat high-fiber diet in porcine adipose tissues: variations according to the anatomical fat location</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Gilbert</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Magalie Houée-Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Siegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 94 (12), pp.5042-5054. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (1), pp.120. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2527/jas2016-0619⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12864-016-2438-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01512046v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01286555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Whole blood transcriptomics is relevant to identify molecular changes in response to genetic selection for feed efficiency and nutritional status in the pig</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Increased expressions of genes and proteins involved in mitochondrial oxidation and antioxidant pathway in adipose tissue of pigs selected for a low residual feed intake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Louveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëva Jégou</w:t>
+                <w:t xml:space="preserve">Sandrine Tacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 11 (1), pp.e0146550. </w:t>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 94 (12), pp.5042-5054. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0146550⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2527/jas2016-0619⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02639563v1</w:t>
+                <w:t xml:space="preserve">hal-01512046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of α-linolenic acid and DHA intake on lipogenesis and gene expression involved in fatty acid metabolism in growing-finishing pigs</w:t>
               </w:r>
@@ -1991,51 +1991,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Trefeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 93 (6), pp.2745-2758. </w:t>
@@ -2347,736 +2347,736 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Health and immune traits of Basque and Large White pigs housed in a conventional or enriched environment</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mitochondrial function, fatty acid metabolism, and immune system are relevant features of pig adipose tissue development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Louveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Damon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1751731112000080⟩</w:t>
+              <w:t xml:space="preserve">Physiological Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 44 (22), pp.1116-1124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/physiolgenomics.00098.2012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01210321v1</w:t>
+                <w:t xml:space="preserve">hal-01210331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic variability of transcript abundance in pig skeletal muscle at slaughter: Relationships with meat quality traits</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+                <w:t xml:space="preserve">Comparison of Muscle Transcriptome between Pigs with Divergent Meat Quality Phenotypes Identifies Genes Related to Muscle Metabolism and Structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Damon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Wyszynska-Koko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Herault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marie Damon</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Animal Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2527/jas.2011-4198⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7, online (3), Non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0033763⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01205135v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01207747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparison of subcutaneous adipose tissue proteomes in juvenile piglets with a contrasted adiposity underscored similarities with human obesity.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Com</w:t>
+                <w:t xml:space="preserve">Health and immune traits of Basque and Large White pigs housed in a conventional or enriched environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Merlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francoise Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Meunier-Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Damon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jprot.2011.10.012⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 6 (8), pp.1290-1299. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1751731112000080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01122161v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of Muscle Transcriptome between Pigs with Divergent Meat Quality Phenotypes Identifies Genes Related to Muscle Metabolism and Structure</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Joanna Wyszynska-Koko</w:t>
+                <w:t xml:space="preserve">A comparison of subcutaneous adipose tissue proteomes in juvenile piglets with a contrasted adiposity underscored similarities with human obesity.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Guével</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Herault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Lebret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0033763⟩</w:t>
+              <w:t xml:space="preserve">Journal of Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 75 (3), pp.949-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jprot.2011.10.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01207747v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01122161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitochondrial function, fatty acid metabolism, and immune system are relevant features of pig adipose tissue development</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic variability of transcript abundance in pig skeletal muscle at slaughter: Relationships with meat quality traits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Cherel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Herault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Le Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Damon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiological Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 44 (22), pp.1116-1124. </w:t>
+              <w:t xml:space="preserve">Journal of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 90 (3), pp.699-708. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/physiolgenomics.00098.2012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2527/jas.2011-4198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01210331v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01205135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of a pig skeletal muscle microarray to study pork quality: the GenmascqChip 15K</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie M. Damon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Herault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4636,51 +4636,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04693563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de l'enrichissement du milieu de vie des truies gestantes sur leur comportement et la réponse transcriptionnelle de leurs cellules immunitaires sanguines</w:t>
+                <w:t xml:space="preserve">Impact of environmental enrichment on the behaviour and immune cell transcriptome of pregnant sows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Mescouto Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Clouard</w:t>
@@ -4715,106 +4715,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">55. Journées de la Recherche Porcine (JRP)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE; EAAP, Aug 2023, Lyon, France. pp.887</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04003547v1</w:t>
+                <w:t xml:space="preserve">hal-04207105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of environmental enrichment on the behaviour and immune cell transcriptome of pregnant sows</w:t>
+                <w:t xml:space="preserve">Impact de l'enrichissement du milieu de vie des truies gestantes sur leur comportement et la réponse transcriptionnelle de leurs cellules immunitaires sanguines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Mescouto Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Clouard</w:t>
@@ -4849,73 +4840,82 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Villain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74. Annual meeting of the european federation of animal science (EAAP)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">55. Journées de la Recherche Porcine (JRP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ifip; INRAE, Jan 2023, Saint Malo, France. pp.39-44 | 661, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anscip.2023.06.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04207105v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04003547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hepatic molecular changes induced by a high-fat high-fibre diet in growing pigs</w:t>
               </w:r>
@@ -5012,277 +5012,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01865604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification des fonctions biologiques, spécifiques d’un tissu ou partagées entre tissus, associées aux différences d’efficacité alimentaire chez le porc en croissance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florence Gondret</w:t>
+                <w:t xml:space="preserve">Molecular biomarkers as predictors of sensory and technological pork quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Castellano-Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Siegel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
+                <w:t xml:space="preserve">Justine Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maela Kloareg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">49. Journées de la Recherche Porcine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Paris, France. pp.13-18</w:t>
+              <w:t xml:space="preserve">4. Fatty pig science and utilization international conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Badajoz, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01602699v1</w:t>
+                <w:t xml:space="preserve">hal-02737759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular biomarkers as predictors of sensory and technological pork quality</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rosa Castellano-Perez</w:t>
+                <w:t xml:space="preserve">Identification des fonctions biologiques, spécifiques d’un tissu ou partagées entre tissus, associées aux différences d’efficacité alimentaire chez le porc en croissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maela Kloareg</w:t>
+                <w:t xml:space="preserve">Magalie Houee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Siegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Fatty pig science and utilization international conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Badajoz, Spain</w:t>
+              <w:t xml:space="preserve">49. Journées de la Recherche Porcine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Paris, France. pp.13-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02737759v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomarqueurs pour discriminer des classes de qualité sensorielle et technologique des viandes de porc</w:t>
               </w:r>
@@ -5307,64 +5307,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Castellano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maela Kloareg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Journées Sciences du Muscle et Technologies des Viandes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5428,51 +5428,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Louveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Lebret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5527,51 +5527,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Whole blood transcriptomic analyses to study metabolisms related to RFI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Louveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëva Jégou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5661,51 +5661,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Damon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Herault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5741,269 +5741,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02651357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of a divergent selection for residual feed intake on nutrient metabolism and immune response during an inflammatory challenge</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Justine Evrard</w:t>
+                <w:t xml:space="preserve">Variabilité génétique des niveaux d'expression en ARN messagers du muscle squelettique à l'abattage. Relation avec les caractères de qualité de viande</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Cherel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie M. Damon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Le Floc'H</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Herault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale P. Le Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Oskar Kellner Symposium: Metabolic Flexibility in Animal and Human Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Warnemünde, Germany. pp.89-89</w:t>
+              <w:t xml:space="preserve">43. Journées de la Recherche Porcine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01019724v1</w:t>
+                <w:t xml:space="preserve">hal-02747637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variabilité génétique des niveaux d'expression en ARN messagers du muscle squelettique à l'abattage. Relation avec les caractères de qualité de viande</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie M. Damon</w:t>
+                <w:t xml:space="preserve">Effects of a divergent selection for residual feed intake on nutrient metabolism and immune response during an inflammatory challenge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Merlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pascale P. Le Roy</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Le Floc'H</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43. Journées de la Recherche Porcine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2011, Paris, France</w:t>
+              <w:t xml:space="preserve">International Oskar Kellner Symposium: Metabolic Flexibility in Animal and Human Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Warnemünde, Germany. pp.89-89</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02747637v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptomic analysis of Longissimus muscle to identify genes associated with pig meat quality</w:t>
               </w:r>
@@ -7426,256 +7426,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03142047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche d’indicateurs moléculaires sanguins de la variation de l’adiposité corporelle par une approche transcriptomique chez le porc en croissance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maëva Jégou</w:t>
+                <w:t xml:space="preserve">Molecular biomarkers to discriminate pork quality classes based on sensory and technological attributes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Castellano-Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Louveau</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëla Kloareg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">47. Journées de la Recherche Porcine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2015, Paris, France. IFIP - Institut du Porc, Journées de la Recherche Porcine en France, 47, 2015, Journées de la Recherche Porcine en France</w:t>
+              <w:t xml:space="preserve">61. International congress of meat science and technology (ICoMST)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Clermont-Ferrand, France. , 2015, Proceedings ICoMST 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01210878v1</w:t>
+                <w:t xml:space="preserve">hal-01211009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular biomarkers to discriminate pork quality classes based on sensory and technological attributes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rosa Castellano-Perez</w:t>
+                <w:t xml:space="preserve">Recherche d’indicateurs moléculaires sanguins de la variation de l’adiposité corporelle par une approche transcriptomique chez le porc en croissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëva Jégou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Maëla Kloareg</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Louveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">61. International congress of meat science and technology (ICoMST)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Clermont-Ferrand, France. , 2015, Proceedings ICoMST 2015</w:t>
+              <w:t xml:space="preserve">47. Journées de la Recherche Porcine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2015, Paris, France. IFIP - Institut du Porc, Journées de la Recherche Porcine en France, 47, 2015, Journées de la Recherche Porcine en France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01211009v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrative responses of pig adipose tissues to high-fat high-fiber diet: towards key regulators of energy flexibility</w:t>
               </w:r>
@@ -7687,77 +7687,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Houee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Lagarrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Siegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASAS/ADSA midwest meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2015, Des Moines, United States. Journal of Animal Science, 93 (Suppl. 2), 2015, Abstract book of the ASAS/ADSA midwest meeting</w:t>
@@ -7786,51 +7786,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Divergent selection for residual feed intake influences whole blood transcriptomic profile in growing pigs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëva Jégou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7920,51 +7920,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Lebret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">65. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Copenhague, Denmark. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 20, 2014, Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7983,696 +7983,696 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01210650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divergent selection on residual feed intake influences gene and protein expressions in pig muscle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Responses of adipose tissue to feed efficiency: effects of genetics, diet and feed restriction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Louveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis Lefaucheur</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thierry Le Naou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëva Jégou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Nantes, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Annual Meeting of the European Association for Animal Production, 64, 2013, Annual Meeting of the European Association for Animal Production</w:t>
+              <w:t xml:space="preserve">, Annual Meeting of the European Association for Animal Production, 19, 2013, Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01210457v1</w:t>
+                <w:t xml:space="preserve">hal-01210539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La sélection divergente pour la consommation alimentaire journalière résiduelle chez le porc modifie l’expression des gènes dans les tissus adipeux, hépatique et musculaire</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification par transcriptomique de biomarqueurs de la qualité de la viande de porc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lebret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy Denieul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Wyszynska-Koko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">45. Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2013, Paris, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IFIP - Institut du Porc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Journées de la Recherche Porcine en France, 45, 2013, Journées de la Recherche Porcine en France</w:t>
+              <w:t xml:space="preserve">, Journées de la Recherche Porcine en France, 45, pp.97-102, 2013, Journées de la Recherche Porcine en France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01210614v1</w:t>
+                <w:t xml:space="preserve">hal-01210396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longissimus and semimembranosus muscles transcriptome comparison in pig displays marked differences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Herault</w:t>
+                <w:t xml:space="preserve">Divergent selection on residual feed intake influences gene and protein expressions in pig muscle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Louveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gondret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Lefaucheur</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2013, Nantes, France. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 64, 2013, Annual Meeting of the European Association for Animal Production</w:t>
+              <w:t xml:space="preserve">, Aug 2013, Nantes, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Annual Meeting of the European Association for Animal Production, 64, 2013, Annual Meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01210421v1</w:t>
+                <w:t xml:space="preserve">hal-01210457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Responses of adipose tissue to feed efficiency: effects of genetics, diet and feed restriction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La sélection divergente pour la consommation alimentaire journalière résiduelle chez le porc modifie l’expression des gènes dans les tissus adipeux, hépatique et musculaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Gondret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Trefeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Louveau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">45. Journées de la Recherche Porcine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">IFIP - Institut du Porc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Journées de la Recherche Porcine en France, 45, 2013, Journées de la Recherche Porcine en France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wageningen Academic Publishers</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-01210539v1</w:t>
+                <w:t xml:space="preserve">hal-01210614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification par transcriptomique de biomarqueurs de la qualité de la viande de porc</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Katy Denieul</w:t>
+                <w:t xml:space="preserve">Longissimus and semimembranosus muscles transcriptome comparison in pig displays marked differences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Herault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Joanna Wyszynska-Koko</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dameron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Le Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45. Journées de la Recherche Porcine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Nantes, France. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, 64, 2013, Annual Meeting of the European Association for Animal Production</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IFIP - Institut du Porc</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-01210396v1</w:t>
+                <w:t xml:space="preserve">hal-01210421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison de l'expression des gènes du tissu adipeux entre les porcs Large White et Basque</w:t>
               </w:r>
@@ -8961,51 +8961,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487060v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dessauge" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Vincent" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Trefeu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Mayeur-Nickel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart-Letort" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-32027-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05109749v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Stange" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Louveau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R&#246;ntgen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Dessauge" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diff.2025.100871" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693509v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Mescouto Lopes" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Thomas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Clouard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Comte" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2024.100078" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693454v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Thomas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric H&#233;rault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-024-11116-1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04064637v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2023.100042" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03902107v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Perruchot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Merlot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.14405" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03676265v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gondret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Floc'H" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebret" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-12050-6" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547532v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Billon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Brossard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Faure" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gatellier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S175173111600286X" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494107v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Hou&#233;e-Bigot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Siegel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-017-3639-0" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629240v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2017.30.5.2274" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286555v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-2438-3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512046v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Tacher" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2016-0619" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639563v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va J&#233;gou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0146550" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630780v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane de Tonnac" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Labussi&#232;re" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mourot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114516001392" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211015v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2015-8928" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00989635v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Herault" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dameron" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Le Roy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cherel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0096491" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210386v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Damon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Denieul" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonhomme" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Wyszynska-Koko" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2013.01.016" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C2MFST0M-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210321v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Meunier-Sala&#252;n" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112000080" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205135v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cherel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herault" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2011-4198" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01122161v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Gu&#233;vel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2011.10.012" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VWCMVQ61-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207747v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0033763" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210331v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.00098.2012" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642440v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Damon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale P. Le Roy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npre.2011.5730.1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653335v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingshun Liu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guitton" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guisle" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ecolan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf8033144" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657010v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis L. Lefaucheur" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/2006.8451083x" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679044v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Gueguen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Fillaut" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Herpin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpc.2004.10.014" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679063v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livprodsci.2003.11.006" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670139v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Liaubet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hatey" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900441v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Piteira Bonito" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hocquette" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2003013" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669984v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670290v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690794v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lombardi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Goglia" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695659v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05296364v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Tr&#233;feu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693563v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Villain" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gerard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04003547v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Chambeaud" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Brien" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2023.06.012" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04207105v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865604v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dar&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-871-1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602699v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Houee" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737759v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Castellano-Perez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maela Kloareg" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742937v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Castellano" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210939v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180023v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651357v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Guernec" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019724v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Evrard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747637v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745849v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755281v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Joubert" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750870v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Frank" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754627v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pires" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Gl&#233;nisson" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764026v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.R. Cheeke" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829590v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825971v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825959v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758583v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.B. Jadhao" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841969v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03374694v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne H Perruchot" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03142047v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210878v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211009v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;la Kloareg" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210925v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210953v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210650v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210457v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Lefaucheur" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/210532.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210614v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-recherche-porcine.com/texte/index.htm" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210421v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210539v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Le Naou" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/254957.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210396v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/189570.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744628v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-recherche-porcine.com/texte/2011/genetique/PG4.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487060v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dessauge" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Vincent" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Trefeu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Mayeur-Nickel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Wiart-Letort" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-32027-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05109749v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Stange" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Louveau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R&#246;ntgen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Dessauge" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diff.2025.100871" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693509v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Mescouto Lopes" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Thomas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Clouard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Comte" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2024.100078" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693454v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Thomas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric H&#233;rault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-024-11116-1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04064637v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2023.100042" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03902107v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Perruchot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Merlot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.14405" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03676265v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gondret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Floc'H" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebret" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-12050-6" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494107v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Hou&#233;e-Bigot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Siegel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lagarrigue" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-017-3639-0" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547532v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gilbert" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Billon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Brossard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Faure" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gatellier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S175173111600286X" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629240v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2017.30.5.2274" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639563v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va J&#233;gou" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0146550" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01286555v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-2438-3" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512046v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Tacher" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2016-0619" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630780v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auriane de Tonnac" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Labussi&#232;re" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Mourot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007114516001392" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211015v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas2015-8928" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00989635v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Herault" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dameron" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Le Roy" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cherel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0096491" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210386v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Damon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy Denieul" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bonhomme" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Wyszynska-Koko" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meatsci.2013.01.016" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C2MFST0M-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210331v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiolgenomics.00098.2012" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207747v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Herault" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0033763" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210321v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Meunier-Sala&#252;n" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731112000080" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01122161v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Gu&#233;vel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2011.10.012" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VWCMVQ61-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205135v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cherel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2011-4198" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642440v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie M. Damon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale P. Le Roy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npre.2011.5730.1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653335v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jingshun Liu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guitton" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guisle" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ecolan" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf8033144" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657010v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis L. Lefaucheur" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/2006.8451083x" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679044v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Gueguen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Fillaut" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Herpin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpc.2004.10.014" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679063v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livprodsci.2003.11.006" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670139v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Liaubet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hatey" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00900441v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Piteira Bonito" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hocquette" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/rnd:2003013" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669984v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670290v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690794v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lombardi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Goglia" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695659v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05296364v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Tr&#233;feu" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693563v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Villain" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gerard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04207105v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Chambeaud" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Brien" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04003547v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2023.06.012" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865604v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dar&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-871-1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737759v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Castellano-Perez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maela Kloareg" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602699v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Houee" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742937v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Castellano" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210939v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180023v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651357v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Guernec" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747637v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019724v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Evrard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745849v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755281v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Joubert" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Collin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Berri" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750870v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Frank" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754627v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Pires" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Gl&#233;nisson" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764026v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.R. Cheeke" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02829590v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825971v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825959v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758583v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.B. Jadhao" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02841969v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03374694v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne H Perruchot" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03142047v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01211009v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;la Kloareg" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210878v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210925v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210953v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210650v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210539v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Le Naou" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/254957.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210396v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/189570.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210457v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Lefaucheur" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/210532.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210614v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-recherche-porcine.com/texte/index.htm" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210421v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744628v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees-recherche-porcine.com/texte/2011/genetique/PG4.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>