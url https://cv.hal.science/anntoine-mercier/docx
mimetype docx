--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -508,265 +508,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03089600v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic fault mapping in remote optical images and topographic data with deep learning</w:t>
+                <w:t xml:space="preserve">Fault Trace Corrugation and Segmentation as a Measure of Fault Structural Maturity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Mattéo</w:t>
+                <w:t xml:space="preserve">I. Manighetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Manighetti</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Louis de Barros</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2020JB021269⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 48 (20), pp.e2021GL095372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021GL095372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03191101v1</w:t>
+                <w:t xml:space="preserve">hal-03455176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault Trace Corrugation and Segmentation as a Measure of Fault Structural Maturity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Automatic fault mapping in remote optical images and topographic data with deep learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Mattéo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Manighetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuliya Tarabalka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Manighetti</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Mercier</w:t>
+                <w:t xml:space="preserve">Jean‐michel Gaucel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louis de Barros</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Martijn van den Ende</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 48 (20), pp.e2021GL095372. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research : Solid Earth</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2021GL095372⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2020JB021269⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03455176v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03191101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1509,51 +1509,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541849v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jad Habib" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Zenner" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Garel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mercier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Poirel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2024011" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918662v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.H. Leloup" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Courrioux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Caritg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lopez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2022.229691" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03089600v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cornou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ampuero" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Aubert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baize" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.30" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03191101v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Matt&#233;o" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Manighetti" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliya Tarabalka" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Gaucel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn van den Ende" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB021269" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455176v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Manighetti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis de Barros" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL095372" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02903053v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Janvier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Calcagno" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587827v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Courrier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe-Herv&#233; Leloup" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588124v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gweltaz Mah&#233;o" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l M&#233;lis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gardien" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588169v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04390525v3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023LYO10176" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541849v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jad Habib" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Zenner" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Garel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mercier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Poirel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2024011" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03918662v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.H. Leloup" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Courrioux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Caritg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lopez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2022.229691" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03089600v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cornou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Ampuero" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Aubert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baize" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crgeos.30" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455176v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Manighetti" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis de Barros" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021GL095372" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03191101v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Matt&#233;o" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Manighetti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliya Tarabalka" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;michel Gaucel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martijn van den Ende" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020JB021269" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02903053v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Janvier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Calcagno" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587827v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Courrier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe-Herv&#233; Leloup" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588124v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gweltaz Mah&#233;o" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l M&#233;lis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Gardien" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03588169v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04390525v3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023LYO10176" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>