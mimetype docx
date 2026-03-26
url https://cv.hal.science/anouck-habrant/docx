--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -3247,307 +3247,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02646179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caffeoyl coenzyme A O-methyltransferase down-regulation is associated with modifications in lignin and cell-wall architecture in flax secondary xylem</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Concomitant Changes in Viscoelastic Properties and Amorphous Polymers during the Hydrothermal Treatment of Hardwood and Softwood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Godfrey Neutelings</w:t>
+                <w:t xml:space="preserve">Carole Assor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Nolin</w:t>
+                <w:t xml:space="preserve">Vincent Placet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Chabbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouck Habrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Grec</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anouck Habrant</w:t>
+                <w:t xml:space="preserve">Catherine Lapierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 47 (1), pp.9-19. </w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 57 (15), pp.6830-6837. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.plaphy.2008.09.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jf901373s⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02666354v1</w:t>
+                <w:t xml:space="preserve">hal-01195042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concomitant Changes in Viscoelastic Properties and Amorphous Polymers during the Hydrothermal Treatment of Hardwood and Softwood</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Caffeoyl coenzyme A O-methyltransferase down-regulation is associated with modifications in lignin and cell-wall architecture in flax secondary xylem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Day</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Godfrey Neutelings</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Assor</w:t>
+                <w:t xml:space="preserve">Frédérique Nolin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Placet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Chabbert</w:t>
+                <w:t xml:space="preserve">Sébastien Grec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouck Habrant</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Catherine Lapierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 47 (1), pp.9-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plaphy.2008.09.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jf901373s⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01195042v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relation between Chemical Structure and Supramolecular Organization of Synthetic Lignin-Pectin Particles</w:t>
               </w:r>
@@ -3814,277 +3814,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05390663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 4D quantification pipeline to characterize plant cell wall enzymatic hydrolysis in highly deconstructed samples</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Noah Remy</w:t>
+                <w:t xml:space="preserve">Automated autofluorescence-based intensity and morphological quantification of plant cell wall</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Audibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berangère Lebas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Spriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouck Habrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Berangère Lebas</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Chabbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RFP 2024 - 14èmes journées du Réseau Français des Parois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Saint Malo, France, France</w:t>
+              <w:t xml:space="preserve">4th International Plant Spectroscopy Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04731379v1</w:t>
+                <w:t xml:space="preserve">hal-04849390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated autofluorescence-based intensity and morphological quantification of plant cell wall</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edwige Audibert</w:t>
+                <w:t xml:space="preserve">A 4D quantification pipeline to characterize plant cell wall enzymatic hydrolysis in highly deconstructed samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solmaz Hossein Khani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khadidja Ould Amer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noah Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouck Habrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Berangère Lebas</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Chabbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Plant Spectroscopy Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">RFP 2024 - 14èmes journées du Réseau Français des Parois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Saint Malo, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04849390v1</w:t>
+                <w:t xml:space="preserve">hal-04731379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ROLE DE L'EAU DANS LA STRUCTURATION ET LE COMPORTEMENT HYGROSCOPIQUE D'ASSEMBLAGES LIGNOCELLULOSIQUES</w:t>
               </w:r>
@@ -5940,51 +5940,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482986v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solmaz Hossein Khani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Corr&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadidja Ould Amer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noah Remy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berang&#232;re Lebas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2026.112489" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371880v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Shiasi Ghalemaleki" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2025.133642" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035782v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Habrant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbt.2025.04.001" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092348v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Eyssautier&#8208;chuine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Besaury" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vaillant&#8208;gaveau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Villaume" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.202500043" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05066584v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Gominho" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo A Costa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chabbert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Louren&#231;o" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00226-025-01640-y" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05441823v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vita" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Holmi&#232;re" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Mejia-Otalvaro" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Debard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lison Degeilh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-09287-y" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04831304v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bourmaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Lo&#239;c Rudolph" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg M&#252;ssig" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Pa&#235;s" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2024.119446" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04000670v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Audibert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Spriet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13007-023-00991-6" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03664146v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Leroy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Devaux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fanuel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chauvet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Durand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2022.127140" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03212290v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mayer-Laigle" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Foulon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Denoual" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Pernes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rondet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2021.113482" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949283v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Terryn" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/59925" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154463v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants7010011" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625480v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Herbaut" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Zoghlami" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Falourd" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Foucat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-018-1053-8" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854614v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alankar Vaidya" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2018.06.058" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701160v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Agui&#233;-B&#233;ghin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-17938-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619880v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Fernandez-Tendero" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Day" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Legros" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hawkins" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0179794" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697271v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Malvestio" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lenoir" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Siniscalco" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2017.06.010" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2DVWF3DL-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697261v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hom Dhakal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Padovani" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2017.10.017" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603940v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Ossemond" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-017-0704-5" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269475v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbas Rammal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Perrin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertrand" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1366/15-07928" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268839v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Muraille" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritva Serimaa" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Molinari" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2014.11.040" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268105v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Belmokhtar" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lopes Ferreira" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12155-012-9275-2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653043v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arayik Hambardzumyan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dumeli&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2011.07.003" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646179v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Leroux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bagniewska-Zadworna" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.K. Rambe" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Knox" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Marcus" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcq225" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666354v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godfrey Neutelings" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Nolin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Grec" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2008.09.011" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P6DLGSQ7-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195042v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Assor" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Placet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lapierre" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf901373s" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664392v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Gaillard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Ralet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lairez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cathala" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bm900950r" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390663v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firat Goc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Humbert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Moreau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lemaitre" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731379v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849390v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821135v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Sablot" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Guinet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179062v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Alvarado" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742917v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeriu Vrabie" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802188v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Lopes-Ferreira" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802951v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lopes-Ferreira" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813133v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815753v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Boukari" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline R&#233;mond" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O'Donohue" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811651v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miyuki Takeuchi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cr&#244;nier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459821v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Faraj" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155139v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091341v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03670771v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassin Refahi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03670664v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Vin&#233;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809986v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Jamme" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dumas" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482986v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solmaz Hossein Khani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Corr&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadidja Ould Amer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noah Remy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berang&#232;re Lebas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2026.112489" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371880v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Shiasi Ghalemaleki" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2025.133642" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035782v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Habrant" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbt.2025.04.001" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092348v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Eyssautier&#8208;chuine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Besaury" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vaillant&#8208;gaveau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Villaume" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.202500043" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05066584v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Gominho" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo A Costa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chabbert" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Louren&#231;o" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00226-025-01640-y" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05441823v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vita" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Holmi&#232;re" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Mejia-Otalvaro" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Debard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lison Degeilh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-025-09287-y" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04831304v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bourmaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Lo&#239;c Rudolph" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg M&#252;ssig" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Pa&#235;s" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2024.119446" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04000670v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Audibert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Spriet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13007-023-00991-6" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03664146v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Leroy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Devaux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fanuel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chauvet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Durand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2022.127140" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03212290v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mayer-Laigle" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Foulon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Denoual" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Pernes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rondet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2021.113482" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949283v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Terryn" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/59925" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154463v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants7010011" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625480v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Herbaut" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Zoghlami" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Falourd" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Foucat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-018-1053-8" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854614v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alankar Vaidya" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2018.06.058" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701160v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Agui&#233;-B&#233;ghin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-17938-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619880v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Fernandez-Tendero" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Day" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Legros" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hawkins" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0179794" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697271v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Malvestio" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lenoir" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Siniscalco" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2017.06.010" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2DVWF3DL-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697261v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hom Dhakal" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Padovani" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2017.10.017" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603940v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordane Ossemond" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-017-0704-5" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269475v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbas Rammal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Perrin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertrand" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1366/15-07928" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268839v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Muraille" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritva Serimaa" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Molinari" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2014.11.040" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268105v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Belmokhtar" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lopes Ferreira" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12155-012-9275-2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653043v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arayik Hambardzumyan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dumeli&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2011.07.003" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646179v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Leroux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bagniewska-Zadworna" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.K. Rambe" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Knox" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Marcus" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcq225" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195042v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Assor" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Placet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lapierre" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf901373s" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666354v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Godfrey Neutelings" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Nolin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Grec" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plaphy.2008.09.011" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P6DLGSQ7-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664392v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Gaillard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Ralet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lairez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cathala" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bm900950r" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390663v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firat Goc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Humbert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Moreau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lemaitre" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849390v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731379v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821135v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Sablot" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Guinet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179062v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Alvarado" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742917v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeriu Vrabie" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802188v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Lopes-Ferreira" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802951v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lopes-Ferreira" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813133v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815753v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Boukari" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline R&#233;mond" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O'Donohue" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811651v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miyuki Takeuchi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cr&#244;nier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459821v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Faraj" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05155139v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091341v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03670771v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassin Refahi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03670664v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Vin&#233;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809986v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Jamme" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dumas" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>