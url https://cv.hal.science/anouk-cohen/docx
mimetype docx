--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1017,221 +1017,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03512977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In conversation : Material Religion in France. A short genealogy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyril Isnart</w:t>
+                <w:t xml:space="preserve">The Quran in Practice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Material Religion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 17</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03279976v1</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">hal-03089280v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In conversation : Material Religion in France. A short genealogy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Anouk Cohen</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Isnart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Material Religion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">, 2021, 17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03279976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
-              <w:r>
-[...47 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Isnart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Material Religion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1832,51 +1832,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kenza Séfrioui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bibliodiversity : Publishing and Globalization = L'édition dans la mondialisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, Les politiques publiques du livre, 2019 (1), pp. 64-77</w:t>
+              <w:t xml:space="preserve">, 2019, Les politiques publiques du livre, 2019 (1), pp.64-77</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03073911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -2038,1427 +2038,1436 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03070151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Voir et entendre le Livre : Une édition marocaine du Coran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gradiva : revue européenne d'anthropologie littéraire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, En croire ses sens, 26, pp.72-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/gradhiva.3438⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03073871v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Terrassiers, kiosquiers et bouquinistes à Rabat et à Casablanca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ethnologie française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Gens de commerce, 165 (165), pp.23--36. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/ethn.171.0023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01632130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction: Sensorialités religieuses : sens, matérialités et expériences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katerina Kerestetzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Mottier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gradhiva : revue d'histoire et d'archives de l'anthropologie </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, En croire ses sens, 26, pp. 4-21. </w:t>
+              <w:t xml:space="preserve">, 2017, En croire ses sens, 26, pp.4-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/gradhiva.3418⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01684544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation : La force des objets - Matières à expériences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieska Kedzierska-Manzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
-              <w:r>
-[...66 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Mottier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives de Sciences Sociales des Religions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 174, pp.349 - 368. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2016, La force des objets - Matières à expériences, 174, pp.9-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/assr.27690⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/assr.27868⟩</w:t>
-[...34 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">hal-01684516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ware Rudolph T. : The Walking Qur’an, Islamic Education, Embodied Knowledge, and History in West Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin critique des annales islamologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03068445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Albert</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une anthropologie des matérialités religieuses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Mottier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives de Sciences Sociales des Religions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, La force des objets - Matières à expériences, 174, pp.9-11. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2016, 174, pp.349 - 368. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/assr.27868⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/assr.27690⟩</w:t>
-[...34 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">hal-01684483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éditer la Révélation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 105 (105), pp.57--75. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gen.105.0057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/gen.105.0057⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01632140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La religion, objet ethnologique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica de Largy Healy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Warnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Keck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Libération</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03068190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'économie du livre saint dans le Maroc contemporain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers du CAP - Créations Arts Patrimoine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01631945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écrire aujourd'hui à Rabat et à Casablanca : Témoigner et &amp;quot;laisser trace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Année du Maghreb</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 10, pp.79--98. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/anneemaghreb.2037⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/anneemaghreb.2037⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01631973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Coran et ses multiples formes (Casablanca, Maroc)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terrain : anthropologie et sciences humaines [Anciennement : Carnets du patrimoine ethnologique ; Revue d'ethnologie de l'Europe]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, L'objet livre, 59, pp.70-87. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/terrain.14952⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/terrain.14952⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01632077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'écriture de soi, et ses modalités de constitution en archives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ateliers d'anthropologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 36, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ateliers.9062⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ateliers.9062⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01632067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La langue du silence dans le Maroc urbain contemporain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'histoire des religions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Religion, secret et autorité, 228, pp.245-263. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rhr.7779⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rhr.7779⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03073897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Texture de la page numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réel-virtuel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Textures du numérique, 1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03076598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le livre du Coran à Rabat et à Casablanca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives de Sciences Sociales des Religions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Écritures radicales au Grand Siècle, 150, pp.175-195. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/assr.22268⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/assr.22268⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03068404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels usages de la bibliotheque au Maroc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conserveries mémorielles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, La bibliothèque (auto)portrait, 5, pp.67-80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03070201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles histoires pour un musée de l'Immigration à Paris !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ethnologie française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 37 (3), pp.401. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ethn.073.0401⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03070391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3468,91 +3477,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabriquer le livre au Maroc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Karthala : IISMM, 2016, 978-2-8111-1587-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01632173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3562,133 +3571,133 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seeing and Hearing the Book. A Moroccan Edition of the Quran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Olly Akkerman. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social codicology : The Multiple Lives of Manuscripts in Muslim Societies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 21, Brill, 2024, Leiden Studies in Islam and Society, 978-90-04-68932-9. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/9789004689329_006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1163/9789004689329_006⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03089294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Coran par les sens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3704,503 +3713,503 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Shoot your face</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03513036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le portrait, une modalité anthropologique de l’expérience citadine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadma Ait Mous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Bouasria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Shoot your face</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03513028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editer aujourd'hui au Maroc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Majdalani, Charif and Mermier, Franck. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regards sur l'édition dans le monde arabe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Karthala, 2016, 978-2-8111-1583-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01632175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formating the Truth in Morocco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Boyer, John. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUtROPES: The Paradox of European Empire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Chicago Press, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01631964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le livre, la lecture et l'écriture au Maroc. Fabrication et usages en milieu urbain : les exemples de Casablanca et de Rabat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mollier, Jean-Yves and Ducas, Sylvie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Acteurs du Livre, vol. 2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nicolas Malais, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01632021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Café de la Presse ou le laboratoire d'une élite casaouie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Casablanca. Figures et scènes métropolitaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03098101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profil d'un coran miniature confection, réception et usages à Casablanca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Profils d'objets</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03098092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4210,98 +4219,98 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lire, traduire, imprimer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Coran. La fabrique d'un livre, L'Histoire, n°472.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03293684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4311,783 +4320,783 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fonds ANR LIV-REL - Maroc - Bel exemplaire de Coran posé sur un lutrin, vendu dans une boutique de la médina de Salé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maison Méditerranéenne Des Sciences de l'Homme Phonothèque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Médiathèque de la MMSH Aix-en-Provence, Salé, Morocco. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Image</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05240674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fonds ANR LIV-REL - Maroc - Exemplaires de Coran présentés sur les étagères d’une librairie du quartier des Habous à Casablanca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maison Méditerranéenne Des Sciences de l'Homme Phonothèque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médiathèque de la MMSH Aix-en-Provence, Casablanca, Morocco. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05240310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fonds ANR LIV-REL - Maroc - Beaux exemplaires de Coran posés sur un lutrin vendus dans une boutique de décoration à Salé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...12 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maison Méditerranéenne Des Sciences de l'Homme Phonothèque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médiathèque de la MMSH Aix-en-Provence, Salé, Morocco. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05240697v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fonds ANR LIV-REL - Maroc - Livre-pendentifs du Coran vendus dans une boutique de la médina de Rabat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05240674v1</w:t>
-[...34 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maison Méditerranéenne Des Sciences de l'Homme Phonothèque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Médiathèque de la MMSH Aix-en-Provence, Salé, Morocco. 2018</w:t>
+              <w:t xml:space="preserve">Médiathèque de la MMSH Aix-en-Provence, Rabat, Morocco. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05240530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fonds ANR LIV-REL - Maroc - « Kit Musḥaf », vendu avec tapis de prière et chapelet dans un magasin « Mini Brahim » d’une station-service sur l’autoroute de Rabat-Casablanca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maison Méditerranéenne Des Sciences de l'Homme Phonothèque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Médiathèque de la MMSH Aix-en-Provence, Rabat, Morocco. 2018</w:t>
+              <w:t xml:space="preserve">Médiathèque de la MMSH Aix-en-Provence, Morocco. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05240645v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fonds ANR LIV-REL - Maroc - Exemplaires de livres du Coran roses, formats petit et moyen, vendus dans une librairie des Habous à Casablanca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maison Méditerranéenne Des Sciences de l'Homme Phonothèque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Médiathèque de la MMSH Aix-en-Provence, Morocco. 2018</w:t>
+              <w:t xml:space="preserve">Médiathèque de la MMSH Aix-en-Provence, Casablanca, Morocco. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05240366v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fonds ANR LIV-REL - Maroc - Boutique de biens religieux dans la médina de Rabat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maison Méditerranéenne Des Sciences de l'Homme Phonothèque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Médiathèque de la MMSH Aix-en-Provence, Casablanca, Morocco. 2017</w:t>
+              <w:t xml:space="preserve">Médiathèque de la MMSH Aix-en-Provence, Rabat, Morocco. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05239723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fonds ANR LIV-REL - Maroc - Boutique éphémère de biens religieux à l’entrée de la médina de Rabat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maison Méditerranéenne Des Sciences de l'Homme Phonothèque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médiathèque de la MMSH Aix-en-Provence, Rabat, Morocco. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05240472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fonds ANR LIV-REL - Maroc - Vitrine d’une librairie dans le quartier des Habous à Casablanca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maison Méditerranéenne Des Sciences de l'Homme Phonothèque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Médiathèque de la MMSH Aix-en-Provence, Rabat, Morocco. 2017</w:t>
+              <w:t xml:space="preserve">Médiathèque de la MMSH Aix-en-Provence, Casablanca, Morocco. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05239923v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fonds ANR LIV-REL - Maroc - Vitrine d’une librairie dans le quartier des Habous à Casablanca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maison Méditerranéenne Des Sciences de l'Homme Phonothèque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Médiathèque de la MMSH Aix-en-Provence, Casablanca, Morocco. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
-          </w:p>
-[...73 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05239572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5097,327 +5106,327 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Material Religion in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Isnart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Material Religion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03450587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">En croire ses sens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katerina Kerestetszi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Mottier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cohen, Anouk and Kerestetszi, Katerina and Mottier, Damien. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gradhiva : revue d'histoire et d'archives de l'anthropologie </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 26, 260 p., 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/gradhiva.3412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01632124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">dossier : La force des objets – Matières à expériences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnieska Kedzierska-Manzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Mottier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives de Sciences Sociales des Religions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2 (174), 373 p., 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02075657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5427,117 +5436,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Family libraries and printing presses in Jerusalem (1840-1940): Production, circulation and reception of multilingual documents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lemire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leyla Dakhli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03078514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5547,174 +5556,174 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livre du Coran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03081551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imprimerie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anouk Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire de la méditerrannée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, pp.691-698</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03098081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId125"/>
+      <w:footerReference w:type="default" r:id="rId126"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5861,51 +5870,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248379v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Samson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Barkaoui" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliou Ngom" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Cohen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236180v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13v3q" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318306v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kae Amo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Nathalie Leblanc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236192v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13v4s" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04448700v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Simenel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Jamous" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ateliers.18473" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598263v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Koetschet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726742v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925709v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512985v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahamet Timera" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesafricaines.40292" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512977v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Abid" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.10875" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279976v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Isnart" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089280v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089276v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17432200.2021.1873007" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279974v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279973v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Fariji" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.15049" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089270v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03070364v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03071715v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesafricaines.28206" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03069292v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesafricaines.27701" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138208v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/assr.48469" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03073911v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza S&#233;frioui" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03073969v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03070151v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/assr.44771" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632130v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.171.0023" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03073871v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01684544v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Kerestetzi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mottier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.3418" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01684483v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/assr.27868" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03068445v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01684516v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Albert" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieska Kedzierska-Manzon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/assr.27690" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632140v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.105.0057" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03068190v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica de Largy Healy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Warnier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Keck" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cl&#233;ment" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01631945v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01631973v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.2037" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632077v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terrain.14952" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632067v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ateliers.9062" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03073897v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhr.7779" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03076598v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03068404v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/assr.22268" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03070201v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03070391v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.073.0401" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632173v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089294v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004689329_006" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513036v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513028v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadma Ait Mous" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Bouasria" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632175v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01631964v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632021v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098101v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098092v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293684v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05240310v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maison M&#233;diterran&#233;enne Des Sciences de l'Homme Phonoth&#232;que" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05240674v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05240697v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05240530v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05240645v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05240366v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05240472v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05239723v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05239923v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05239572v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450587v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632124v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Kerestetszi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.3412" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02075657v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03078514v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lemire" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyla Dakhli" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03081551v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098081v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248379v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Samson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Barkaoui" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliou Ngom" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Cohen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236180v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13v3q" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318306v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kae Amo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Nathalie Leblanc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236192v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13v4s" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04448700v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Simenel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Jamous" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ateliers.18473" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04598263v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Koetschet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03726742v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03925709v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512985v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahamet Timera" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesafricaines.40292" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03512977v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Abid" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.10875" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089280v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279976v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Isnart" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089276v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17432200.2021.1873007" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279974v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279973v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Fariji" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.15049" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089270v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03070364v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03071715v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesafricaines.28206" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03069292v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesafricaines.27701" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138208v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/assr.48469" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03073911v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza S&#233;frioui" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03073969v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03070151v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/assr.44771" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03073871v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.3438" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632130v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.171.0023" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01684544v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Kerestetzi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Mottier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.3418" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01684516v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Albert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieska Kedzierska-Manzon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/assr.27690" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03068445v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01684483v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/assr.27868" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632140v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.105.0057" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03068190v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica de Largy Healy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Warnier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Keck" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cl&#233;ment" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01631945v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01631973v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/anneemaghreb.2037" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632077v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/terrain.14952" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632067v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ateliers.9062" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03073897v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhr.7779" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03076598v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03068404v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/assr.22268" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03070201v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03070391v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.073.0401" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632173v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089294v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004689329_006" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513036v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513028v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadma Ait Mous" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Bouasria" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632175v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01631964v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632021v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098101v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098092v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293684v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05240674v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maison M&#233;diterran&#233;enne Des Sciences de l'Homme Phonoth&#232;que" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05240310v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05240697v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05240530v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05240645v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05240366v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05239723v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05240472v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05239923v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-05239572v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450587v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01632124v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Kerestetszi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.3412" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02075657v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03078514v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lemire" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leyla Dakhli" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03081551v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098081v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>