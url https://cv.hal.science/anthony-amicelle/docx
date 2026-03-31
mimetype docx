--- v0 (2026-03-06)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anthony Amicelle </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anthony-amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6735-4960</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000140629629</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivre l’argent au XXIe siècle. Le devoir de vigilance numérique au nom de la sécurité publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Vigilance dans le milieu numérique et normes juridiques, 20, pp.59-68. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/147zp⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05158480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le vingtième anniversaire de Champ Pénal/Penal Field – Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Nagels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Champ Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Le vingtième anniversaire de Champ Pénal/Penal Field, 31, pp.[en ligne]. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/127mx⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04690687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surveillance et suspicion à l’ère numérique. Réflexions à partir de la politique mondiale contre l’argent sale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Grondin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Champ Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Le vingtième anniversaire de Champ Pénal/Penal Field, 31, pp.[en ligne]. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/127mz⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04690709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. État, savoirs experts et sécurité. L’action publique reconfigurée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Darley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques de Maillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, État, savoirs experts et sécurité, 12 (3), pp.9-27. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gap.233.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoires et actualités de l’accumulation coercitive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacobo Grajales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Russo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MagAFSP </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Fronts pionniers de la recherche. Les nouveaux groupes AFSP, 4, pp.12-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04247744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Privilèges, dissidence et séparatisme chez les élites dirigeantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (2), pp.139-147. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gap.232.0139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04216648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Police et université. Retour réflexif sur la « coproduction de savoirs » en sécurité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Crawford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques de Maillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, État, savoirs experts et sécurité, 12 (3), pp.177-196. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gap.233.0177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04381525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une société civile vigilante » face aux illégalismes des élites dirigeantes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures &amp; conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Policer les élites dirigeantes, 131-132, pp.7-23. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11x9j⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04649268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Informer pour punir ? Pandora Papers, un non-scandale sans précédent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Killian Chaudieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures &amp; conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Policer les élites dirigeantes, 131-132, pp.191-226. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11x9g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04655525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les structures sociales des organisations internationales : la production de l’équivoque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Crespy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Tordjman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 53 (2), pp.235-261. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1109201ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04495516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Big data surveillance across fields: Algorithmic governance for policing & regulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Big Data &amp; Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9 (2), </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/20539517221112431⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03768906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Most Denounced, the Least Punished: Ruling Elites, Illegalisms, and Anti-Money Laundering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Killian Chaudieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Political Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 16 (3), </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ips/olac007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03711563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policing & big data. La mise en algorithmes d’une politique internationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Le gouvernement international de la violence légitime, 92, pp.23-48. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/crii.092.0026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03347693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Right of Entry: The Struggle over Recognition in the World of Intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Political Anthropological Research on International Social Sciences (PARISS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1 (2), pp.243-272. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/25903276-BJA10013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naissance d’une agence de renseignement : droits d’entrée dans les univers de la finance et de la sécurité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures &amp; conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Les mondes du renseignement entre légitimation et contestation, 114-115, pp.171-197. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/conflits.21147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03167622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers la fin du secret bancaire ou de la vie privée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bérard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures &amp; conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Les mondes du renseignement entre légitimation et contestation, 114-115, pp.286-292. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/conflits.21291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04655512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesurer la délinquance financière. L’argent sale en Suisse, entre dénonciations et condamnations pénales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Killian Chaudieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Champ Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Dossier : Les arbitres de l’illégalisme : nouveau regard sur les manières de faire du contrôle social, XV, pp.[en ligne]. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/champpenal.10091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04595317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suspicion-in-the-making: Surveillance and Denunciation in Financial Policing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Iafolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Criminology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 58 (4), pp.845-863. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bjc/azx051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03167658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policing through misunderstanding: insights from the configuration of financial policing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crime, Law and Social Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, The regime that FATF built: analyzing global efforts to counter money laundering, 69 (2), pp.207-226. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10611-017-9752-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03470901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les arbitres de l’illégalisme : nouveau regard sur les manières de faire du contrôle social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Nagels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Champ Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Dossier : Les arbitres de l’illégalisme : nouveau regard sur les manières de faire du contrôle social, XV, pp.[en ligne]. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/champpenal.9774⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04595304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défense des classes dominantes : la division du travail de légitimation à l’épreuve des scandales financiers internationaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bérard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Financiarisation et classes sociales, 22, pp.[en ligne]. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.12435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03471194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When finance met security: Back to the War on Drugs and the problem of dirty money</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 3 (2), pp.106-123. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2218/finsoc.v3i2.2572⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03470965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Criminology in the face of flows: reflections on contemporary policing and security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Côté-Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimiliano Mulone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clifford Shearing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Crime</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Criminology in the face of flows: reflections on contemporary policing and security, 18 (3), pp.165-175. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17440572.2017.1350427⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03471000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’environnement sous haute surveillance ? Éclairage sur plus de quarante ans d’action publique au Canada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Daviault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Criminologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Criminalité environnementale, 49 (2), pp.263-300. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1038425ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03471128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La reconstruction par association des problèmes publics. Retour sur l’invention du blanchiment d’argent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Criminologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Quand le crime économique contribue au développement des sciences sociales, 49 (1), pp.25-50. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1036193ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03471143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The cross-colonization of finance and security through lists: Banking policing in the UK and India</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elida Ku Jacobsen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environment and Planning D: Society and Space</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, The politics of the list: Law, security, technology, 34 (1), pp.89-106. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0263775815623276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03471024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questioning security devices: Performativity, resistance, politics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Aradau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Jeandesboz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Security Dialogue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 46 (4), pp.293-306. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0967010615586964⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03471053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Il)légitimité du renseignement financier : usages transnationaux de la traçabilité des flux de capitaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Criminologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Criminalité et police transnationales : une perspective critique, 47 (2), pp.77-104. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1026729ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03472471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Deux attitudes face au monde » : La criminologie à l’épreuve des illégalismes financiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures &amp; conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Critique de la raison criminologique, 94-95-96, pp.65-98. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/conflits.18890⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03167585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion différentielle des illégalismes économiques et financiers. Les « questions fiscales » dans l’anti-blanchiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Champ Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, La délinquance en col blanc : études de cas, X, pp.[en ligne]. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/champpenal.8403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04595323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financial Surveillance: Who Cares?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Favarel-Garrigues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cultural Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 5 (1), pp.105 - 124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Great (Data) Bank Robbery: Terrorist Finance Tracking Program and the &amp;quot;SWIFT Affair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de recherche/Research in question</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 36, 27 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03461530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a ‘new’ political anatomy of financial surveillance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Security Dialogue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, The Global Governance of Security and Finance, 42 (2), pp.161-178. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0967010611401472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03472416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lutte contre l'argent sale au prisme des libertés fondamentales : quelles mobilisations ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Favarel-Garrigues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures &amp; conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4 (76), pp.39-66. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/conflits.17768⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01052792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etat des lieux de la lutte contre le financement du terrorisme : entre critiques et recommandations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures &amp; conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Confinement des étrangers: entre circulation et enfermement, 71, pp.169-176. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/conflits.16773⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03167561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre enracinement local et stratégies globales : les multiples facettes de l'engagement diasporique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Jedlowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Traoré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Petits Séminaires de l'ADC « Politique étrangère et acteurs de l’intérieur : comment concevoir et articuler l’action diplomatique du MEAE dans un environnement multi-acteurs ? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie Diplomatique et Consulaire du Ministère de l'Europe et des Affaires Etrangères; Sciences Po Bordeaux, Feb 2025, Pessac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05407330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policer les élites dirigeantes. Présentation du dossier publié dans Cultures & Conflits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "Face aux élites délinquantes. Regards comparatifs sur les mobilisations sociales et judiciaires"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe de recherche TOPOR (Travail de l'ordre, police et organisations répressives) UMR 7050 CERI, Feb 2025, Sciences Po Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04941849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'argent nerf de la guerre : de la doctrine mercantiliste aux pratiques de sécurité contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès triennal de l'Association belge de science politique « La science politique au défi du vivre-ensemble », panel 3 : Guerre et sécurité : trajectoires croisées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association belge de science politique, Jan 2024, Université de Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04942057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morality & reputation in the mobilities policing of goods and money</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Côté-Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop international - Control, Mobilities &amp; Social Orders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, David Grondin et Anthony Amicelle; Université de Montréal, Mar 2023, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04038847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposed Impunity : Financial Scandals in the Digital Age&amp;quot;, Making Security Public : Scandals, Controversies, Struggles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th European Workshops in International Studies "Are we doomed? Rethinking War and Peace in World Politics"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European International Studies Association (EISA), Jul 2023, Université d'Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04947760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le capital sous surveillance : De la finance illicite aux transformations du policing en Amérique du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire conjoint d’économie politique des capitalismes : perspective nord/sud. Session 11 "Capitalisme sous contrôle ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Afriques dans le Monde, Centre Émile Durkheim, Mar 2022, Pessac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03682650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intelligence across Fields: Questioning 30 Years of Financial Intelligence against International Crime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Pan-European Conference on International Relations “Pandaemonium: Interrogating the apocalyptic imaginaries of our time” Panel : Intelligence at the intersection of social spaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European International Studies Association (EISA), Sep 2022, Panteion University, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04942402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La corruption sous surveillance algorithmique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude "Société civile et lutte contre la corruption"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Anticor; UMR 5116 Centre Émile Durkheim, Sep 2022, La Rochelle Université, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04948595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capital under big data surveillance. A Critique of Contemporary Policing & Social Order</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Relations Political Science - Research Colloquium Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Geneva Graduate Institute, Oct 2022, Suisse, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04948680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financial Intelligence, State Agents and Democracy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISA 63rd Annual Convention “A Wider Discipline for a Smaller World”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Studies Association (ISA), Mar 2022, Nashville, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04942312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Illégalismes et anticorruption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude "Enjeux et perspectives de la recherche sur la corruption au 21e siècle"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École nationale de la magistrature, Institut des études et de la recherche sur le droit et la justice, Agence française anti-corruption, Mar 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03682467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lutte contre l’argent sale à l’épreuve de l’international. Du signalement à l’enquête : enjeux et usages du renseignement financier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de lutte contre le blanchiment d'argent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Police judiciaire fédérale (DGJ), Oct 2022, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04948307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">30 years of Cultures & Conflits and 2 years of PARISS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISA 63rd Annual Convention “A Wider Discipline for a Smaller World”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Studies Association (ISA), Mar 2022, Nashville, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04942244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre économie et sécurité Système d’intermédiation dans la lutte contre la finance illicite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop « Economie politique ou politiques économiques ? », Panel 3 : Instruments de régulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe d’activité de l’AFSP « Régulations, marchés, capitalismes », May 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03268334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questioning International Security Devices : UN Sanctions at the Intersection of Politics and Justice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Tordjman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECPR Joint Sessions of Workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05014153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’action multilatérale par ses instruments : le cas des sanctions onusiennes anti-terroristes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Tordjman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'AFSP, ST 39 - Sociologie de l'action publique transnationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de Science Politique, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05014147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le vingtième anniversaire de Champ Pénal/Penal Field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Nagels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Champ Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 31, pp.[en ligne], 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04691870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policer les élites dirigeantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Delalieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures &amp; conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 131-132, pp.302, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04675239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État, savoirs experts et sécurité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Darley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques de Maillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12 (3), 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04323888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'avenir du travail policier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Fortin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Tanner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses de l'Université de Montréal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.190, 2021, Jean-Paul Brodeur, 978-2-7606-4491-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03479499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financial crime and surveillance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mareile Kaufmann; Heidi Mork Lomell. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Gruyter Handbook of Digital Criminology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter Brill, pp.243-250, 2025, 9783111062037. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783111062037-029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05026449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Benyekhlef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Tanner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Mérand, Jennifer Welsh (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Afterworld: Long COVID and International Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">University of Ottawa Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.69-87, 2024, Series: Health and Society, 9780776641485</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04658181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les technologies de l’information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Benyekhlef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Tanner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Mérand et Jennifer Welsh (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le monde d'après. Les conséquences de la COVID-19 sur les relations internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses de l'Université de Montréal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.91-109, 2023, 978-2-7606-4901-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04282489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithms as Suspecting Machines: Financial Surveillance for Security Intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Grondin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">David Lyon; David Murakami Wood (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Big data surveillance and security intelligence : the Canadian case</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">University of British Columbia Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.68-87, 2021, 9780774864176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03146991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qu'un illégalisme ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lafleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvain Lafleur (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Alternatives" à la prison. Michel Foucault : une entrevue avec Jean-Paul Brodeur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Divergences, pp.87-110, 2021, 979-10-97088-31-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03202033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research ethics at work. Account-abilities in fieldwork on security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Badrudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Tanner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marieke De Goede, Esmé Bosma, Polly Pallister-Wilkins (eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Secrecy and Methods in Security Research. A Guide to Qualitative Fieldwork</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, pp.274-290, 2019, 9780429398186. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9780429398186-27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04752907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Argent sale et fiscalité. Les conditions sociales de traduction des normes anti-blanchiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Virginie Albe, Jacques Commaille et Florent Le Bot (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'échelle des régulations politiques, XVIIIe-XXIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13, Presses universitaires du Septentrion, pp.379-394, 2019, Capitalismes – éthique – institutions, 9782757424667. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.septentrion.35530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04655474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrant remittances in the face of securitization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tugba Basaran, Elspeth Guild (eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Labour and the Migrant Premium. The Cost of Working Abroad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, pp.101-110, 2018, Routledge studies in liberty and security, 9780429467387. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9780429467387-13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04753623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Search of Transnational Financial Intelligence: Questioning Cooperation Between Financial Intelligence Units</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Killian Chaudieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Colin King, Clive Walker, Jimmy Gurulé (eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Palgrave Handbook of Criminal and Terrorism Financing Law</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.649-675, 2018, 978-3-319-64497-4. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-64498-1_27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04752991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panama papers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Petit dico critique du Big Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04217319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03391803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Money Laundering, Security and Suspicion-in-the-Making. An interview with Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03392353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lutte contre le terrorisme dans le droit et dans la jurisprudence de l’Union européenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Saulnier-Cassia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Abderemane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amparo Alcoceba Gallego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Alix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">09.27, Mission de Recherche Droit et Justice - MRDJ. 2019, pp.514</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId157"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anthony Amicelle </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">anthony-amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6735-4960</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000140629629</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (35)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suivre l’argent au XXIe siècle. Le devoir de vigilance numérique au nom de la sécurité publique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Droit, Sciences &amp; Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Vigilance dans le milieu numérique et normes juridiques, 20, pp.59-68. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/147zp⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05158480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le vingtième anniversaire de Champ Pénal/Penal Field – Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Nagels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Champ Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Le vingtième anniversaire de Champ Pénal/Penal Field, 31, pp.[en ligne]. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/127mx⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04690687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surveillance et suspicion à l’ère numérique. Réflexions à partir de la politique mondiale contre l’argent sale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Grondin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Champ Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Le vingtième anniversaire de Champ Pénal/Penal Field, 31, pp.[en ligne]. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/127mz⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04690709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Privilèges, dissidence et séparatisme chez les élites dirigeantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (2), pp.139-147. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gap.232.0139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04216648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. État, savoirs experts et sécurité. L’action publique reconfigurée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Darley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques de Maillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, État, savoirs experts et sécurité, 12 (3), pp.9-27. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gap.233.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoires et actualités de l’accumulation coercitive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacobo Grajales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Russo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MagAFSP </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Fronts pionniers de la recherche. Les nouveaux groupes AFSP, 4, pp.12-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04247744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Police et université. Retour réflexif sur la « coproduction de savoirs » en sécurité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Crawford</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques de Maillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, État, savoirs experts et sécurité, 12 (3), pp.177-196. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gap.233.0177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04381525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Informer pour punir ? Pandora Papers, un non-scandale sans précédent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Killian Chaudieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures &amp; conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Policer les élites dirigeantes, 131-132, pp.191-226. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11x9g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04655525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Une société civile vigilante » face aux illégalismes des élites dirigeantes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures &amp; conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Policer les élites dirigeantes, 131-132, pp.7-23. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/11x9j⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04649268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Big data surveillance across fields: Algorithmic governance for policing & regulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Big Data &amp; Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9 (2), </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/20539517221112431⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03768906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les structures sociales des organisations internationales : la production de l’équivoque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Crespy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Tordjman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Études internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 53 (2), pp.235-261. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1109201ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04495516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Most Denounced, the Least Punished: Ruling Elites, Illegalisms, and Anti-Money Laundering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Killian Chaudieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Political Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 16 (3), </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ips/olac007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03711563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policing & big data. La mise en algorithmes d’une politique internationale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Le gouvernement international de la violence légitime, 92, pp.23-48. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/crii.092.0026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03347693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Right of Entry: The Struggle over Recognition in the World of Intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Political Anthropological Research on International Social Sciences (PARISS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1 (2), pp.243-272. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/25903276-BJA10013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03108598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naissance d’une agence de renseignement : droits d’entrée dans les univers de la finance et de la sécurité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures &amp; conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Les mondes du renseignement entre légitimation et contestation, 114-115, pp.171-197. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/conflits.21147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03167622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers la fin du secret bancaire ou de la vie privée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bérard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures &amp; conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Les mondes du renseignement entre légitimation et contestation, 114-115, pp.286-292. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/conflits.21291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04655512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesurer la délinquance financière. L’argent sale en Suisse, entre dénonciations et condamnations pénales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Killian Chaudieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Champ Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Dossier : Les arbitres de l’illégalisme : nouveau regard sur les manières de faire du contrôle social, XV, pp.[en ligne]. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/champpenal.10091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04595317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suspicion-in-the-making: Surveillance and Denunciation in Financial Policing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Iafolla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Criminology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 58 (4), pp.845-863. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bjc/azx051⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03167658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policing through misunderstanding: insights from the configuration of financial policing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crime, Law and Social Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, The regime that FATF built: analyzing global efforts to counter money laundering, 69 (2), pp.207-226. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10611-017-9752-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03470901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les arbitres de l’illégalisme : nouveau regard sur les manières de faire du contrôle social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Nagels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Champ Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Dossier : Les arbitres de l’illégalisme : nouveau regard sur les manières de faire du contrôle social, XV, pp.[en ligne]. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/champpenal.9774⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04595304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Défense des classes dominantes : la division du travail de légitimation à l’épreuve des scandales financiers internationaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bérard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Financiarisation et classes sociales, 22, pp.[en ligne]. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/regulation.12435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03471194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When finance met security: Back to the War on Drugs and the problem of dirty money</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Finance and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 3 (2), pp.106-123. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2218/finsoc.v3i2.2572⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03470965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Criminology in the face of flows: reflections on contemporary policing and security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Côté-Boucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Massimiliano Mulone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clifford Shearing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Crime</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Criminology in the face of flows: reflections on contemporary policing and security, 18 (3), pp.165-175. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17440572.2017.1350427⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03471000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’environnement sous haute surveillance ? Éclairage sur plus de quarante ans d’action publique au Canada</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Daviault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Criminologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Criminalité environnementale, 49 (2), pp.263-300. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1038425ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03471128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La reconstruction par association des problèmes publics. Retour sur l’invention du blanchiment d’argent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Criminologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Quand le crime économique contribue au développement des sciences sociales, 49 (1), pp.25-50. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1036193ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03471143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The cross-colonization of finance and security through lists: Banking policing in the UK and India</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elida Ku Jacobsen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environment and Planning D: Society and Space</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, The politics of the list: Law, security, technology, 34 (1), pp.89-106. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0263775815623276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03471024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questioning security devices: Performativity, resistance, politics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Aradau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Jeandesboz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Security Dialogue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 46 (4), pp.293-306. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0967010615586964⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03471053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Il)légitimité du renseignement financier : usages transnationaux de la traçabilité des flux de capitaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Criminologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Criminalité et police transnationales : une perspective critique, 47 (2), pp.77-104. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1026729ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03472471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Deux attitudes face au monde » : La criminologie à l’épreuve des illégalismes financiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures &amp; conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Critique de la raison criminologique, 94-95-96, pp.65-98. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/conflits.18890⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03167585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion différentielle des illégalismes économiques et financiers. Les « questions fiscales » dans l’anti-blanchiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Champ Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, La délinquance en col blanc : études de cas, X, pp.[en ligne]. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/champpenal.8403⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04595323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financial Surveillance: Who Cares?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Favarel-Garrigues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cultural Economy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 5 (1), pp.105 - 124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01845118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Great (Data) Bank Robbery: Terrorist Finance Tracking Program and the &amp;quot;SWIFT Affair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions de recherche/Research in question</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 36, 27 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03461530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a ‘new’ political anatomy of financial surveillance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Security Dialogue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, The Global Governance of Security and Finance, 42 (2), pp.161-178. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0967010611401472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03472416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lutte contre l'argent sale au prisme des libertés fondamentales : quelles mobilisations ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Favarel-Garrigues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures &amp; conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4 (76), pp.39-66. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/conflits.17768⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01052792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etat des lieux de la lutte contre le financement du terrorisme : entre critiques et recommandations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures &amp; conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Confinement des étrangers: entre circulation et enfermement, 71, pp.169-176. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/conflits.16773⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03167561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre enracinement local et stratégies globales : les multiples facettes de l'engagement diasporique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessandro Jedlowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Traoré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Petits Séminaires de l'ADC « Politique étrangère et acteurs de l’intérieur : comment concevoir et articuler l’action diplomatique du MEAE dans un environnement multi-acteurs ? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie Diplomatique et Consulaire du Ministère de l'Europe et des Affaires Etrangères; Sciences Po Bordeaux, Feb 2025, Pessac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05407330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policer les élites dirigeantes. Présentation du dossier publié dans Cultures & Conflits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "Face aux élites délinquantes. Regards comparatifs sur les mobilisations sociales et judiciaires"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe de recherche TOPOR (Travail de l'ordre, police et organisations répressives) UMR 7050 CERI, Feb 2025, Sciences Po Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04941849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'argent nerf de la guerre : de la doctrine mercantiliste aux pratiques de sécurité contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès triennal de l'Association belge de science politique « La science politique au défi du vivre-ensemble », panel 3 : Guerre et sécurité : trajectoires croisées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association belge de science politique, Jan 2024, Université de Liège, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04942057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morality & reputation in the mobilities policing of goods and money</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Côté-Boucher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop international - Control, Mobilities &amp; Social Orders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, David Grondin et Anthony Amicelle; Université de Montréal, Mar 2023, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04038847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exposed Impunity : Financial Scandals in the Digital Age&amp;quot;, Making Security Public : Scandals, Controversies, Struggles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th European Workshops in International Studies "Are we doomed? Rethinking War and Peace in World Politics"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European International Studies Association (EISA), Jul 2023, Université d'Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04947760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capital under big data surveillance. A Critique of Contemporary Policing & Social Order</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Relations Political Science - Research Colloquium Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Geneva Graduate Institute, Oct 2022, Suisse, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04948680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intelligence across Fields: Questioning 30 Years of Financial Intelligence against International Crime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Pan-European Conference on International Relations “Pandaemonium: Interrogating the apocalyptic imaginaries of our time” Panel : Intelligence at the intersection of social spaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European International Studies Association (EISA), Sep 2022, Panteion University, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04942402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La corruption sous surveillance algorithmique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude "Société civile et lutte contre la corruption"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Anticor; UMR 5116 Centre Émile Durkheim, Sep 2022, La Rochelle Université, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04948595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le capital sous surveillance : De la finance illicite aux transformations du policing en Amérique du Nord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire conjoint d’économie politique des capitalismes : perspective nord/sud. Session 11 "Capitalisme sous contrôle ?"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Afriques dans le Monde, Centre Émile Durkheim, Mar 2022, Pessac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03682650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financial Intelligence, State Agents and Democracy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISA 63rd Annual Convention “A Wider Discipline for a Smaller World”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Studies Association (ISA), Mar 2022, Nashville, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04942312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Illégalismes et anticorruption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude "Enjeux et perspectives de la recherche sur la corruption au 21e siècle"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, École nationale de la magistrature, Institut des études et de la recherche sur le droit et la justice, Agence française anti-corruption, Mar 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03682467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lutte contre l’argent sale à l’épreuve de l’international. Du signalement à l’enquête : enjeux et usages du renseignement financier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de lutte contre le blanchiment d'argent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Police judiciaire fédérale (DGJ), Oct 2022, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04948307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">30 years of Cultures & Conflits and 2 years of PARISS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISA 63rd Annual Convention “A Wider Discipline for a Smaller World”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Studies Association (ISA), Mar 2022, Nashville, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04942244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre économie et sécurité Système d’intermédiation dans la lutte contre la finance illicite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop « Economie politique ou politiques économiques ? », Panel 3 : Instruments de régulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe d’activité de l’AFSP « Régulations, marchés, capitalismes », May 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03268334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questioning International Security Devices : UN Sanctions at the Intersection of Politics and Justice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Tordjman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECPR Joint Sessions of Workshops</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05014153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’action multilatérale par ses instruments : le cas des sanctions onusiennes anti-terroristes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Tordjman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'AFSP, ST 39 - Sociologie de l'action publique transnationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association française de Science Politique, Jul 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05014147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le vingtième anniversaire de Champ Pénal/Penal Field</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Nagels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Champ Pénal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 31, pp.[en ligne], 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04691870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État, savoirs experts et sécurité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Darley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques de Maillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouvernement &amp; action publique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12 (3), 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04323888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Policer les élites dirigeantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Delalieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures &amp; conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 131-132, pp.302, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04675239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'avenir du travail policier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Dupont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Boivin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Fortin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Tanner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses de l'Université de Montréal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.190, 2021, Jean-Paul Brodeur, 978-2-7606-4491-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03479499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Financial crime and surveillance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mareile Kaufmann; Heidi Mork Lomell. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Gruyter Handbook of Digital Criminology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Gruyter Brill, pp.243-250, 2025, 9783111062037. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783111062037-029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05026449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information Technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Benyekhlef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Tanner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Mérand, Jennifer Welsh (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Afterworld: Long COVID and International Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">University of Ottawa Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.69-87, 2024, Series: Health and Society, 9780776641485</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04658181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les technologies de l’information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Benyekhlef</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Tanner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Mérand et Jennifer Welsh (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le monde d'après. Les conséquences de la COVID-19 sur les relations internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses de l'Université de Montréal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.91-109, 2023, 978-2-7606-4901-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04282489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Algorithms as Suspecting Machines: Financial Surveillance for Security Intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Grondin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">David Lyon; David Murakami Wood (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Big data surveillance and security intelligence : the Canadian case</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">University of British Columbia Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.68-87, 2021, 9780774864176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03146991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce qu'un illégalisme ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lafleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvain Lafleur (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Alternatives" à la prison. Michel Foucault : une entrevue avec Jean-Paul Brodeur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Divergences, pp.87-110, 2021, 979-10-97088-31-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03202033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Argent sale et fiscalité. Les conditions sociales de traduction des normes anti-blanchiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Virginie Albe, Jacques Commaille et Florent Le Bot (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'échelle des régulations politiques, XVIIIe-XXIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 13, Presses universitaires du Septentrion, pp.379-394, 2019, Capitalismes – éthique – institutions, 9782757424667. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.septentrion.35530⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04655474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research ethics at work. Account-abilities in fieldwork on security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Badrudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Tanner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marieke De Goede, Esmé Bosma, Polly Pallister-Wilkins (eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Secrecy and Methods in Security Research. A Guide to Qualitative Fieldwork</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, pp.274-290, 2019, 9780429398186. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9780429398186-27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04752907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrant remittances in the face of securitization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Tugba Basaran, Elspeth Guild (eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Labour and the Migrant Premium. The Cost of Working Abroad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, pp.101-110, 2018, Routledge studies in liberty and security, 9780429467387. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9780429467387-13⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04753623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Search of Transnational Financial Intelligence: Questioning Cooperation Between Financial Intelligence Units</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Killian Chaudieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Colin King, Clive Walker, Jimmy Gurulé (eds.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Palgrave Handbook of Criminal and Terrorism Financing Law</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer International Publishing, pp.649-675, 2018, 978-3-319-64497-4. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-64498-1_27⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04752991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panama papers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Petit dico critique du Big Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04217319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03391803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Money Laundering, Security and Suspicion-in-the-Making. An interview with Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Amicelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03392353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La lutte contre le terrorisme dans le droit et dans la jurisprudence de l’Union européenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Saulnier-Cassia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Abderemane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amparo Alcoceba Gallego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Alix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca d'Ambrosio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">09.27, Mission de Recherche Droit et Justice - MRDJ. 2019, pp.514</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05216436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId157"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D713B7F5"/>
+    <w:nsid w:val="3A1FE42B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anthony-amicelle" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6735-4960" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000140629629" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05158480v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Amicelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/147zp" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04690687v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Nagels" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/127mx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04690709v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Grondin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/127mz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369441v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Darley" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques de Maillard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.233.0009" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04247744v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gayer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobo Grajales" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Russo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04216648v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.232.0139" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04381525v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Crawford" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.233.0177" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04649268v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11x9j" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04655525v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean B&#233;rard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Chaudieu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11x9g" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495516v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Crespy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Tordjman" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1109201ar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03768906v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20539517221112431" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03711563v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ips/olac007" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03347693v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.092.0026" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108598v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/25903276-BJA10013" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03167622v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.21147" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04655512v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.21291" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04595317v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/champpenal.10091" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03167658v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Iafolla" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bjc/azx051" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03470901v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10611-017-9752-9" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04595304v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/champpenal.9774" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03471194v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.12435" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03470965v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/finsoc.v3i2.2572" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03471000v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine C&#244;t&#233;-Boucher" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dupont" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Mulone" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clifford Shearing" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17440572.2017.1350427" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03471128v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Daviault" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1038425ar" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471143v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1036193ar" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03471024v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elida Ku Jacobsen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0263775815623276" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03471053v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Aradau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jeandesboz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0967010615586964" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03472471v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1026729ar" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03167585v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.18890" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04595323v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/champpenal.8403" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01845118v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Favarel-Garrigues" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03461530v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03472416v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0967010611401472" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01052792v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.17768" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03167561v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.16773" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407330v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Jedlowski" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Traor&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04941849v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04942057v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038847v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04947760v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03682650v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04942402v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948595v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948680v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04942312v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03682467v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948307v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04942244v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03268334v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014153v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014147v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04691870v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04675239v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delalieux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04323888v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03479499v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Boivin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Fortin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Tanner" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.umontreal.ca/catalogue/lavenir_du_travail_policier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05026449v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783111062037-029" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04658181v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Benyekhlef" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas King" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ruor.uottawa.ca/items/277bf17c-4714-4743-a7f8-e0b9afafefa5" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04282489v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.umontreal.ca/catalogue/le_monde_dapres" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03146991v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ubcpress.ca/big-data-surveillance-and-security-intelligence" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03202033v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lafleur" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04752907v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Badrudin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429398186-27" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04655474v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.35530" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04753623v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429467387-13" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04752991v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-64498-1_27" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04217319v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03391803v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03392353v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216436v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Saulnier-Cassia" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Abderemane" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amparo Alcoceba Gallego" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Alix" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca d'Ambrosio" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anthony-amicelle" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6735-4960" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000140629629" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05158480v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Amicelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/147zp" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04690687v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Nagels" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/127mx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04690709v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Grondin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/127mz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04216648v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.232.0139" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369441v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Darley" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques de Maillard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.233.0009" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04247744v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gayer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobo Grajales" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Russo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04381525v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Crawford" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.233.0177" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04655525v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean B&#233;rard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Chaudieu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11x9g" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04649268v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11x9j" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03768906v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20539517221112431" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495516v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Crespy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Tordjman" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1109201ar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03711563v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ips/olac007" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03347693v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.092.0026" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03108598v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/25903276-BJA10013" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03167622v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.21147" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04655512v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.21291" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04595317v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/champpenal.10091" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03167658v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Iafolla" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bjc/azx051" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03470901v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10611-017-9752-9" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04595304v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/champpenal.9774" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03471194v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.12435" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03470965v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2218/finsoc.v3i2.2572" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03471000v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine C&#244;t&#233;-Boucher" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Dupont" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Mulone" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clifford Shearing" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17440572.2017.1350427" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03471128v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Daviault" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1038425ar" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471143v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1036193ar" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03471024v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elida Ku Jacobsen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0263775815623276" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03471053v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Aradau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jeandesboz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0967010615586964" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03472471v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1026729ar" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03167585v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.18890" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04595323v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/champpenal.8403" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01845118v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Favarel-Garrigues" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03461530v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03472416v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0967010611401472" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01052792v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.17768" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03167561v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/conflits.16773" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407330v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Jedlowski" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Traor&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04941849v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04942057v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038847v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04947760v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948680v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04942402v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948595v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03682650v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04942312v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03682467v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948307v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04942244v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03268334v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014153v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014147v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04691870v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04323888v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04675239v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delalieux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03479499v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Boivin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Fortin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Tanner" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.umontreal.ca/catalogue/lavenir_du_travail_policier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05026449v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783111062037-029" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04658181v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Benyekhlef" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas King" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ruor.uottawa.ca/items/277bf17c-4714-4743-a7f8-e0b9afafefa5" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04282489v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.umontreal.ca/catalogue/le_monde_dapres" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03146991v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ubcpress.ca/big-data-surveillance-and-security-intelligence" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03202033v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lafleur" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04655474v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.35530" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04752907v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Badrudin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429398186-27" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04753623v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429467387-13" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04752991v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-64498-1_27" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04217319v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03391803v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03392353v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05216436v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Saulnier-Cassia" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Abderemane" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amparo Alcoceba Gallego" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Alix" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca d'Ambrosio" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>