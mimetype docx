--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -124,325 +124,325 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of the lateral mis-registrations of the GRAVITY + adaptive optics system</w:t>
+                <w:t xml:space="preserve">A dynamical measure of the black hole mass in a quasar 11 billion years ago</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Berdeu</w:t>
+                <w:t xml:space="preserve">R. Abuter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Bonnet</w:t>
+                <w:t xml:space="preserve">F. Allouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-B. Le Bouquin</w:t>
+                <w:t xml:space="preserve">A. Amorim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Édouard</w:t>
+                <w:t xml:space="preserve">C. Bailet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Gomes</w:t>
+                <w:t xml:space="preserve">A. Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 687, pp.A157. </w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 627 (8003), pp.281-285. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/0004-6361/202449311⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41586-024-07053-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04639795v1</w:t>
+                <w:t xml:space="preserve">hal-04770044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A dynamical measure of the black hole mass in a quasar 11 billion years ago</w:t>
+                <w:t xml:space="preserve">Estimation of the lateral mis-registrations of the GRAVITY + adaptive optics system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Abuter</w:t>
+                <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Allouche</w:t>
+                <w:t xml:space="preserve">H. Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Amorim</w:t>
+                <w:t xml:space="preserve">J.-B. Le Bouquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Bailet</w:t>
+                <w:t xml:space="preserve">C. Édouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Berdeu</w:t>
+                <w:t xml:space="preserve">T. Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 627 (8003), pp.281-285. </w:t>
+              <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 687, pp.A157. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41586-024-07053-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/0004-6361/202449311⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04770044v1</w:t>
+                <w:t xml:space="preserve">hal-04639795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blind and robust estimation of adaptive optics point spread function and diffuse halo with sharp-edged objects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astronomy &amp; Astrophysics - A&amp;A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 688, pp.A18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
@@ -476,51 +476,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical modelling of adaptive optics systems: Role of the influence function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Tallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -593,51 +593,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First observation of a quadruple asteroid. Detection of a third moon around (130) Elektra with SPHERE/IFS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -691,351 +691,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03711538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint reconstruction of an in-focus image and of the background signal in in-line holographic microscopy</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Deep Contrast and Companion Detection Using the EvWaCo Test Bed Equipped with an Achromatic Focal Plane Mask and an Adjustable Inner Working Angle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Olivier</w:t>
+                <w:t xml:space="preserve">Mary Angelie Alagao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Momey</w:t>
+                <w:t xml:space="preserve">Adithep Kawinkij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Denis</w:t>
+                <w:t xml:space="preserve">Christophe Buisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Pinston</w:t>
+                <w:t xml:space="preserve">Apirat Prasit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lépine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics and Lasers in Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.optlaseng.2021.106691⟩</w:t>
+              <w:t xml:space="preserve">The Astronomical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 161 (5), pp.208. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3847/1538-3881/abe709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03270308v1</w:t>
+                <w:t xml:space="preserve">ujm-03272971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Contrast and Companion Detection Using the EvWaCo Test Bed Equipped with an Achromatic Focal Plane Mask and an Adjustable Inner Working Angle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mary Angelie Alagao</w:t>
+                <w:t xml:space="preserve">Joint reconstruction of an in-focus image and of the background signal in in-line holographic microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adithep Kawinkij</w:t>
+                <w:t xml:space="preserve">Thomas Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Buisset</w:t>
+                <w:t xml:space="preserve">Fabien Momey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apirat Prasit</w:t>
+                <w:t xml:space="preserve">Loïc Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Lépine</w:t>
+                <w:t xml:space="preserve">Frédéric Pinston</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Astronomical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 161 (5), pp.208. </w:t>
+              <w:t xml:space="preserve">Optics and Lasers in Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 146, pp.106691. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3847/1538-3881/abe709⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.optlaseng.2021.106691⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-03272971v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03270308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PIC: a data reduction algorithm for integral field spectrographs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferréol Soulez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1095,103 +1095,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstruction of in-line holograms: combining model-based and regularized inversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Flasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Méès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Momey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 27 (10), pp.14951. </w:t>
@@ -1229,51 +1229,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lens-free microscopy for 3D + time acquisitions of 3D cell culture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Laperrousaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1363,64 +1363,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative study of fully three-dimensional reconstruction algorithms for lens-free microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Momey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Laperrousaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1497,64 +1497,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lensfree diffractive tomography for the imaging of 3D cell cultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Momey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Bordy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1670,51 +1670,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Yadallee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Raksasataya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Astrophysics and Space Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 354 (1), pp.147-153. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1774,346 +1774,346 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auto-calibration and performance monitoring of GRAVITY+ Adaptive Optics system with physics-based methods and inverse problem approaches</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Blind deconvolution and reconstruction of complex point spread functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AO4ELT8</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Viña Del Mar, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05361914v1</w:t>
+                <w:t xml:space="preserve">hal-05361924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-layer frozen profiler from single conjugated adaptive optics telemetry: novel approach and potential applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Auto-calibration and performance monitoring of GRAVITY+ Adaptive Optics system with physics-based methods and inverse problem approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Le Bouquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ferréol Soulez</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Oberti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Kolb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AO4ELT8</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2025, Viña del Mar, Chile</w:t>
+              <w:t xml:space="preserve">, Oct 2025, Viña Del Mar, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05361919v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05361914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blind deconvolution and reconstruction of complex point spread functions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Multi-layer frozen profiler from single conjugated adaptive optics telemetry: novel approach and potential applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Montargès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Le Bouquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Woillez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferréol Soulez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AO4ELT8</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2025, Viña Del Mar, Chile</w:t>
+              <w:t xml:space="preserve">, Oct 2025, Viña del Mar, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05361924v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05361919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GRAVITY+ adaptive optics (GPAO) tests in Europe</w:t>
               </w:r>
@@ -2125,64 +2125,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florentin Millour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bourdarot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Le Bouquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathis Houllé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2227,377 +2227,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04895384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inverse problem approach in Extreme Adaptive Optics: analytical model of the fitting error and lowering of the aliasing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Adaptive Optics system of the Evanescent Wave Coronagraph (EvWaCo): optimised phase plate and DM characterisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sitthichat Sukpholtham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Puttiwat Kongkaew</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adithep Kawinkij</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Ridsdill-Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptive Optics Systems VIII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2022, Montréal, Canada. pp.121850K, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.2629715⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2022, Montréal, Canada. pp.1218570, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2628859⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03877125v1</w:t>
+                <w:t xml:space="preserve">hal-03877254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Optics system of the Evanescent Wave Coronagraph (EvWaCo): optimised phase plate and DM characterisation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Inverse problem approach in Extreme Adaptive Optics: analytical model of the fitting error and lowering of the aliasing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Tallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Thiébaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary Angelie Alagao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sitthichat Sukpholtham</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Matthew Ridsdill-Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptive Optics Systems VIII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2022, Montréal, Canada. pp.1218570, </w:t>
+              <w:t xml:space="preserve">, Jul 2022, Montréal, Canada. pp.121850K, </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.2628859⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.2629715⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03877254v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03877125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstruct-to-refocus: joint reconstruction of a biological sample and of calibration objects for accurate auto-focusing in digital holography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferréol Soulez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Momey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Holography and Three-Dimensional Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Washington, United States. pp.DW4C.8, </w:t>
@@ -2635,90 +2635,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design, performance, and potential scientific applications of the evanescent wave coronagraph with an adjustable inner working angle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Angelie Alagao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Buisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adithep Kawinkij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apirat Prasit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lepine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2769,103 +2769,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstruction of in-line holograms combining model fitting and image-based regularized inversion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Flasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Mees</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Momey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Holography and Three-Dimensional Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Bordeaux, France. </w:t>
@@ -2903,90 +2903,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SmIC: A new data reduction algorithm for the integral field spectrograph of SPHERE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Thiébaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferréol Soulez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3018,320 +3018,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02268666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">JOINT RECONSTRUCTION IN IN-LINE HOLOGRAPHY COMBINING PARAMETRIC AND NON-PARAMETRIC INVERSE APPROACHES: APPLICATION TO FLUID MECHANICS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">MÉTHODOLOGIE &amp;quot;PROBLÈMES INVERSES&amp;quot; POUR LA RECONSTRUCTION D'HOLOGRAMMES EN LIGNE D'OBJETS DE PHASE ET/OU ABSORBANTS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Momey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Flasseur</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Loic Mees</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Holophi5 : 5ème rencontre francophone d'holographie numérique appliquée à la métrologie des fluides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02140840v1</w:t>
+                <w:t xml:space="preserve">hal-02140871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MÉTHODOLOGIE &amp;quot;PROBLÈMES INVERSES&amp;quot; POUR LA RECONSTRUCTION D'HOLOGRAMMES EN LIGNE D'OBJETS DE PHASE ET/OU ABSORBANTS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">JOINT RECONSTRUCTION IN IN-LINE HOLOGRAPHY COMBINING PARAMETRIC AND NON-PARAMETRIC INVERSE APPROACHES: APPLICATION TO FLUID MECHANICS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Berdeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Flasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Momey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Olivier Flasseur</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Mees</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Holophi5 : 5ème rencontre francophone d'holographie numérique appliquée à la métrologie des fluides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02140871v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02140840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lensfree diffractive tomography for the imaging of 3D cell cultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Momey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Dinten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3408,64 +3408,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D lens-free time-lapse microscopy for 3D cell culture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Momey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Laperrousaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3542,64 +3542,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D LENSFREE MICROSCOPY FOR 3D CELL CULTURE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Momey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Dinten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3699,103 +3699,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Image reconstruction from in-line holograms using inverse problems recipes: tutorial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Momey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dylan Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Symposium on Biomedical Imaging (ISBI) 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Virtual Event, France. </w:t>
@@ -3824,51 +3824,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lensfree diffractive tomography for the imaging of 3D cell cultures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Momey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3949,64 +3949,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomographie diffractive sans lentille appliquée à la culture cellulaire 3D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Momey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Picollet-d'Hahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4106,51 +4106,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D lens-free imaging of 3D cell culture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Berdeu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Optics / Photonic. Université Grenoble Alpes, 2017. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017GREAS036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -4346,51 +4346,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639795v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Berdeu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bonnet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Le Bouquin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. &#201;douard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gomes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449311" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770044v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Abuter" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Allouche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Amorim" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bailet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berdeu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-07053-4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665034v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347636" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129119v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Tallon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Thi&#233;baut" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Langlois" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245327" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03711538v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vachier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142623" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270308v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Olivier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Momey" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Denis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pinston" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlaseng.2021.106691" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-03272971v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Angelie Alagao" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adithep Kawinkij" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Buisset" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apirat Prasit" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry L&#233;pine" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/abe709" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903875v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferr&#233;ol Soulez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936890" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125177v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Flasseur" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c M&#233;&#232;s" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.27.014951" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094236v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Laperrousaz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bordy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondrej Mandula" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morales" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34253-6" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561175v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gidrol" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.56.003939" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01323080v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Bordy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M Dinten" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Kermarrec Marcel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BOE.7.000949.v008" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268599v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Koechlin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yadallee" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Raksasataya" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10509-014-2129-y" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361914v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Le Bouquin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Oberti" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Kolb" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bonnet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361919v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Montarg&#232;s" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Woillez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361924v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895384v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Millour" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bourdarot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Houll&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3020269" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877125v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sitthichat Sukpholtham" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2629715" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877254v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puttiwat Kongkaew" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Ridsdill-Smith" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2628859" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926250v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Brault" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/DH.2021.DW4C.8" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453935v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lepine" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2599626" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268670v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Mees" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/DH.2019.W2B.2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268666v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140840v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140871v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jolivet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268652v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Dinten" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Picollet-d'Hahan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2250152" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268660v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2284778" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268636v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376978v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268633v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Momey" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Porte" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Gidrol" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268602v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Marcel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01723235v2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017GREAS036" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770044v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Abuter" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Allouche" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Amorim" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bailet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berdeu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-024-07053-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639795v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Berdeu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bonnet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Le Bouquin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. &#201;douard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gomes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202449311" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04665034v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202347636" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129119v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Tallon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Thi&#233;baut" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Langlois" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202245327" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03711538v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vachier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/202142623" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-03272971v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Angelie Alagao" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adithep Kawinkij" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Buisset" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apirat Prasit" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry L&#233;pine" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3847/1538-3881/abe709" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03270308v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Olivier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Momey" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Denis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pinston" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlaseng.2021.106691" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903875v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferr&#233;ol Soulez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361/201936890" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02125177v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Flasseur" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c M&#233;&#232;s" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.27.014951" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094236v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Laperrousaz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bordy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondrej Mandula" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morales" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-34253-6" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561175v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gidrol" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.56.003939" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01323080v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Bordy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M Dinten" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Kermarrec Marcel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/BOE.7.000949.v008" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268599v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Koechlin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yadallee" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Raksasataya" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10509-014-2129-y" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361924v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361914v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Le Bouquin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Oberti" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Kolb" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bonnet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361919v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Montarg&#232;s" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Woillez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895384v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Millour" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bourdarot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Houll&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3020269" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877254v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sitthichat Sukpholtham" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puttiwat Kongkaew" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Ridsdill-Smith" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2628859" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877125v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2629715" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926250v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Brault" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/DH.2021.DW4C.8" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03453935v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lepine" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2599626" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268670v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Mees" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/DH.2019.W2B.2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268666v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140871v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jolivet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140840v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268652v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Dinten" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Picollet-d'Hahan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2250152" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268660v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2284778" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268636v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376978v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268633v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Momey" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Porte" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Gidrol" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268602v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Marcel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01723235v2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017GREAS036" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>