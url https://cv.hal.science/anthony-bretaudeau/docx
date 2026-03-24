--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,4020 +66,4020 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (40)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (41)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome sequences of four Ixodes species expands understanding of tick evolution</w:t>
+                <w:t xml:space="preserve">Ten common misconceptions about Galaxy (and why they are wrong!)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Cerqueira de Araujo</w:t>
+                <w:t xml:space="preserve">Wendi Anne Bacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Noël</w:t>
+                <w:t xml:space="preserve">Bérénice Batut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sanjay Kumar Srikakulam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Zierep</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matéo Boudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 23, pp.17. </w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 22 (2), pp.e1013869. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12915-025-02121-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1013869⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04707197v1</w:t>
+                <w:t xml:space="preserve">hal-05563178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pervasive formation of double-stranded RNAs by overlapping sense/antisense transcripts in budding yeast mitosis and meiosis</w:t>
+                <w:t xml:space="preserve">Single-cell exploration of gonadal somatic cell lineage specification during human sex determination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ugo Szachnowski</w:t>
+                <w:t xml:space="preserve">Aurélie Lardenois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Becker</w:t>
+                <w:t xml:space="preserve">Antonio Suglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Igor Stuparevic</w:t>
+                <w:t xml:space="preserve">Chad Lewis Moore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Wery</w:t>
+                <w:t xml:space="preserve">Bertrand Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Sallou</w:t>
+                <w:t xml:space="preserve">Laurence Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RNA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 31 (4), pp.497-513. </w:t>
+              <w:t xml:space="preserve">Developmental Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 61 (2), pp.400-415.e6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1261/rna.080290.124⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.devcel.2025.09.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04935733v1</w:t>
+                <w:t xml:space="preserve">hal-05318023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single-cell exploration of gonadal somatic cell lineage specification during human sex determination</w:t>
+                <w:t xml:space="preserve">Genome sequences of four Ixodes species expands understanding of tick evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Lardenois</w:t>
+                <w:t xml:space="preserve">Alexandra Cerqueira de Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonio Suglia</w:t>
+                <w:t xml:space="preserve">Benjamin Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chad Lewis Moore</w:t>
+                <w:t xml:space="preserve">Karine Labadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Evrard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurence Noël</w:t>
+                <w:t xml:space="preserve">Matéo Boudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.devcel.2025.09.011⟩</w:t>
+              <w:t xml:space="preserve">BMC Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 23, pp.17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12915-025-02121-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05318023v1</w:t>
+                <w:t xml:space="preserve">hal-04707197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Galaxy platform for accessible, reproducible, and collaborative data analyses: 2024 update</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pervasive formation of double-stranded RNAs by overlapping sense/antisense transcripts in budding yeast mitosis and meiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugo Szachnowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linelle Ann L Abueg</w:t>
+                <w:t xml:space="preserve">Emmanuelle Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enis Afgan</w:t>
+                <w:t xml:space="preserve">Igor Stuparevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Allart</w:t>
+                <w:t xml:space="preserve">Maxime Wery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Awan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Wendi Bacon</w:t>
+                <w:t xml:space="preserve">Olivier Sallou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gkae410⟩</w:t>
+              <w:t xml:space="preserve">RNA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31 (4), pp.497-513. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1261/rna.080290.124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04645009v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04935733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The 5-Fluorouracil RNA Expression Viewer (5-FUR) Facilitates Interpreting the Effects of Drug Treatment and RRP6 Deletion on the Transcriptional Landscape in Yeast</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ugo Szachnowski</w:t>
+                <w:t xml:space="preserve">The Galaxy platform for accessible, reproducible, and collaborative data analyses: 2024 update</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linelle Ann L Abueg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oliver Sallou</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
+                <w:t xml:space="preserve">Enis Afgan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Wéry</w:t>
+                <w:t xml:space="preserve">Olivier Allart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Awan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wendi Bacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Yeast</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/yea.3982⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 52 (W1), pp.W83-W94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkae410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04718291v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04645009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of a viral gene essential for the genome replication of a domesticated endogenous virus in ichneumonid parasitoid wasps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ange Lorenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael R Strand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 20 (4), pp.e1011980. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.ppat.1011980⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04572197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Training Infrastructure as a Service</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cameron Hyde</w:t>
+                <w:t xml:space="preserve">The 5-Fluorouracil RNA Expression Viewer (5-FUR) Facilitates Interpreting the Effects of Drug Treatment and RRP6 Deletion on the Transcriptional Landscape in Yeast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ugo Szachnowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Davis</w:t>
+                <w:t xml:space="preserve">Oliver Sallou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matéo Boudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Gladman</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nate Coraor</w:t>
+                <w:t xml:space="preserve">Maxime Wéry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GigaScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gigascience/giad048⟩</w:t>
+              <w:t xml:space="preserve">Yeast</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 41 (10), pp.629-640. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/yea.3982⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04183845v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04718291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Galaxy Training: A powerful framework for teaching!</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Training Infrastructure as a Service</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Rasche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saskia Hiltemann</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Cameron Hyde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Davis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Gladman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Delphine Larivière</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nate Coraor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1010752⟩</w:t>
+              <w:t xml:space="preserve">GigaScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12, pp.giad048. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gigascience/giad048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04069041v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First chromosome scale genomes of ithomiine butterflies (Nymphalidae: Ithomiini): comparative models for mimicry genetic studies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Galaxy Training: A powerful framework for teaching!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joana Meier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Legeai</w:t>
+                <w:t xml:space="preserve">Saskia Hiltemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Rasche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Gladman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melanie McClure</w:t>
+                <w:t xml:space="preserve">Hans-Rudolf Hotz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annabel Whibley</w:t>
+                <w:t xml:space="preserve">Delphine Larivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, 23 (4), pp.872-885. </w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (1), pp.e1010752. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.13749⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1010752⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03926527v2</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04069041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Galaxy platform for accessible, reproducible and collaborative biomedical analyses: 2022 update</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">First chromosome scale genomes of ithomiine butterflies (Nymphalidae: Ithomiini): comparative models for mimicry genetic studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anton Nekrutenko</w:t>
+                <w:t xml:space="preserve">Jérémy Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bjórn Grüning</w:t>
+                <w:t xml:space="preserve">Joana Meier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Blankenberg</w:t>
+                <w:t xml:space="preserve">Melanie McClure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Goecks</w:t>
+                <w:t xml:space="preserve">Annabel Whibley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 50 (W1), pp.W345-W351. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 23 (4), pp.872-885. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/nar/gkac247⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.13749⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04053853v1</w:t>
+                <w:t xml:space="preserve">hal-03926527v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spodoptera littoralis genome mining brings insights on the dynamic of expansion of gustatory receptors in polyphagous noctuidae</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Galaxy platform for accessible, reproducible and collaborative biomedical analyses: 2022 update</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enis Afgan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Meslin</w:t>
+                <w:t xml:space="preserve">Anton Nekrutenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Mainet</w:t>
+                <w:t xml:space="preserve">Bjórn Grüning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Montagné</w:t>
+                <w:t xml:space="preserve">Daniel Blankenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Robin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Legeai</w:t>
+                <w:t xml:space="preserve">Jeremy Goecks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">G3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (8), pp.jkac131. </w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 50 (W1), pp.W345-W351. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/g3journal/jkac131⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkac247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03713321v1</w:t>
+                <w:t xml:space="preserve">hal-04053853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chromosomal scale assembly of parasitic wasp genome reveals symbiotic virus colonization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spodoptera littoralis genome mining brings insights on the dynamic of expansion of gustatory receptors in polyphagous noctuidae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Boulain</w:t>
+                <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joke J F A van Vugt</w:t>
+                <w:t xml:space="preserve">Pauline Mainet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lyam Baudry</w:t>
+                <w:t xml:space="preserve">Nicolas Montagné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Persyn</w:t>
+                <w:t xml:space="preserve">Stéphanie Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 4 (1), pp.1-15. </w:t>
+              <w:t xml:space="preserve">G3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (8), pp.jkac131. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s42003-020-01623-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/g3journal/jkac131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03127732v1</w:t>
+                <w:t xml:space="preserve">hal-03713321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AskoR, A R Package for Easy RNASeq Data Analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chromosomal scale assembly of parasitic wasp genome reveals symbiotic virus colonization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susete Alves Carvalho</w:t>
+                <w:t xml:space="preserve">Hélène Boulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kévin Gazengel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Robin</w:t>
+                <w:t xml:space="preserve">Joke J F A van Vugt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Daval</w:t>
+                <w:t xml:space="preserve">Lyam Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Persyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of The 1st International Electronic Conference on Entomology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/iece-10646⟩</w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4 (1), pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42003-020-01623-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04717074v1</w:t>
+                <w:t xml:space="preserve">hal-03127732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Author Correction: Chromosomal scale assembly of parasitic wasp genome reveals symbiotic virus colonization</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Lyam Baudry</w:t>
+                <w:t xml:space="preserve">AskoR, A R Package for Easy RNASeq Data Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susete Alves Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Gazengel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Persyn</w:t>
+                <w:t xml:space="preserve">Stéphanie Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Daval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of The 1st International Electronic Conference on Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/iece-10646⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s42003-021-02480-9⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04686846v1</w:t>
+                <w:t xml:space="preserve">hal-04717074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soybean aphid biotype 1 genome: Insights into the invasive biology and adaptive evolution of a major agricultural pest</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Toni Gabaldon</w:t>
+                <w:t xml:space="preserve">Author Correction: Chromosomal scale assembly of parasitic wasp genome reveals symbiotic virus colonization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Boulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joke J F A van Vugt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyam Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Persyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insect Biochemistry and Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ibmb.2020.103334⟩</w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42003-021-02480-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03065382v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04686846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Positive selection alone is sufficient for whole genome differentiation at the early stage of speciation process in the fall armyworm</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soybean aphid biotype 1 genome: Insights into the invasive biology and adaptive evolution of a major agricultural pest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosanna Giordano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ki Woong Nam</w:t>
+                <w:t xml:space="preserve">Ravi Kiran Donthu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Nhim</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
+                <w:t xml:space="preserve">Aleksey Zimin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Nègre</w:t>
+                <w:t xml:space="preserve">Irene Consuelo Julca Chavez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toni Gabaldon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12862-020-01715-3⟩</w:t>
+              <w:t xml:space="preserve">Insect Biochemistry and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 120, pp.1-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ibmb.2020.103334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03099735v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03065382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional insights from the GC-poor genomes of two aphid parasitoids, &amp;quot;Aphidius ervi&amp;quot; and &amp;quot;Lysiphlebus fabarum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Dennis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Ballesteros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukas Schrader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jens Bast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 21 (Art. 376), pp.1-27. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12864-020-6764-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02649295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation by copy number variation increases insecticide resistance in the fall armyworm</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Positive selection alone is sufficient for whole genome differentiation at the early stage of speciation process in the fall armyworm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heba Abdelgaffar</w:t>
+                <w:t xml:space="preserve">Ki Woong Nam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Le Goff</w:t>
+                <w:t xml:space="preserve">Sandra Nhim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Hilliou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carlos Blanco</w:t>
+                <w:t xml:space="preserve">Nicolas Nègre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42003-020-01382-6⟩</w:t>
+              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12862-020-01715-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03065279v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03099735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic architecture of endogenous ichnoviruses reveals distinct evolutionary pathways leading to virus domestication in parasitic wasps</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptation by copy number variation increases insecticide resistance in the fall armyworm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Gimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice F. Legeai</w:t>
+                <w:t xml:space="preserve">Heba Abdelgaffar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernardo F Santos</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
+                <w:t xml:space="preserve">Gaëlle Le Goff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca B Dikow</w:t>
+                <w:t xml:space="preserve">Frédérique Hilliou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12915-020-00822-3⟩</w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3 (1), pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42003-020-01382-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02918230v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03065279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metage2Metabo, microbiota-scale metabolic complementarity for the identification of key species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Belcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Frioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méziane Aite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Falk Hildebrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eLife</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 9, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7554/eLife.61968⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02395024v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction to: The genome sequence of the grape phylloxera provides insights into the evolution, adaptation, and invasion routes of an iconic pest</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genomic architecture of endogenous ichnoviruses reveals distinct evolutionary pathways leading to virus domestication in parasitic wasps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Nabity</w:t>
+                <w:t xml:space="preserve">Fabrice F. Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rosa Fernández</w:t>
+                <w:t xml:space="preserve">Bernardo F Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arinder Arora</w:t>
+                <w:t xml:space="preserve">Rebecca B Dikow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 18 (1), pp.123. </w:t>
+              <w:t xml:space="preserve">, 2020, 18 (1), pp.1-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12915-020-00864-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12915-020-00822-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05190973v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02918230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The genome sequence of the grape phylloxera provides insights into the evolution, adaptation, and invasion routes of an iconic pest</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId126" w:history="1">
+                <w:t xml:space="preserve">Correction to: The genome sequence of the grape phylloxera provides insights into the evolution, adaptation, and invasion routes of an iconic pest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Rispe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Nabity</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Fernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arinder Arora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 18 (1), pp.90. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12915-020-00820-5⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 18 (1), pp.123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12915-020-00864-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02917617v1</w:t>
+                <w:t xml:space="preserve">hal-05190973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tripal v3: an ontology-based toolkit for construction of FAIR biological community databases.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The genome sequence of the grape phylloxera provides insights into the evolution, adaptation, and invasion routes of an iconic pest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Rispe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Nabity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shawna Spoor</w:t>
+                <w:t xml:space="preserve">Rosa Fernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chun-Huai Cheng</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Abdullah Almsaeed</w:t>
+                <w:t xml:space="preserve">Arinder Arora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/database/baz077⟩</w:t>
+              <w:t xml:space="preserve">BMC Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (1), pp.90. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12915-020-00820-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02318314v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02917617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Community-Driven Data Analysis Training for Biology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tripal v3: an ontology-based toolkit for construction of FAIR biological community databases.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shawna Spoor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bérénice Batut</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Saskia Hiltemann</w:t>
+                <w:t xml:space="preserve">Chun-Huai Cheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Bagnacani</w:t>
+                <w:t xml:space="preserve">Lacey-Anne Sanderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dannon Baker</w:t>
+                <w:t xml:space="preserve">Bradford Condon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivek Bhardwaj</w:t>
+                <w:t xml:space="preserve">Abdullah Almsaeed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 6 (6), pp.752-758.e1. </w:t>
+              <w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2019, pp.baz077. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cels.2018.05.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/database/baz077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04863943v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02318314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Draft genome and reference transcriptomic resources for the urticating pine defoliator Thaumetopoea pityocampa (Lepidoptera: Notodontidae)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Community-Driven Data Analysis Training for Biology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Batut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saskia Hiltemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernhard Gschloessl</w:t>
+                <w:t xml:space="preserve">Andrea Bagnacani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Dorkeld</w:t>
+                <w:t xml:space="preserve">Dannon Baker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helene Berges</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Olivier Bouchez</w:t>
+                <w:t xml:space="preserve">Vivek Bhardwaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1755-0998.12756⟩</w:t>
+              <w:t xml:space="preserve">Cell Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6 (6), pp.752-758.e1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cels.2018.05.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02627784v1</w:t>
+                <w:t xml:space="preserve">hal-04863943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;em&amp;gt;De novo&amp;lt;/em&amp;gt; genome and transcriptome resources of the Adzuki bean borer &amp;lt;em&amp;gt;Ostrinia scapulalis&amp;lt;/em&amp;gt; (Lepidoptera: Crambidae)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId147" w:history="1">
+                <w:t xml:space="preserve">Draft genome and reference transcriptomic resources for the urticating pine defoliator Thaumetopoea pityocampa (Lepidoptera: Notodontidae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernhard Gschloessl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Dorkeld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Audiot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
+                <w:t xml:space="preserve">Helene Berges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Kerdelhue</w:t>
+                <w:t xml:space="preserve">Genséric Beydon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2018.01.073⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18 (3), pp.602-619. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1755-0998.12756⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02627842v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dosage compensation and sex-specific epigenetic landscape of the X chromosome in the pea aphid.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Legeai</w:t>
+                <w:t xml:space="preserve">&amp;lt;em&amp;gt;De novo&amp;lt;/em&amp;gt; genome and transcriptome resources of the Adzuki bean borer &amp;lt;em&amp;gt;Ostrinia scapulalis&amp;lt;/em&amp;gt; (Lepidoptera: Crambidae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernhard Gschloessl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Dorkeld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Prunier-Leterme</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Philippe Audiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Tagu</w:t>
+                <w:t xml:space="preserve">Carole Kerdelhue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epigenetics &amp; Chromatin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 10 (1), pp.1-17. </w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 17, pp.781-787. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13072-017-0137-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2018.01.073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01555242v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid transcriptional plasticity of duplicated gene clusters enables a clonally reproducing aphid to colonise diverse plant species</w:t>
+                <w:t xml:space="preserve">Dosage compensation and sex-specific epigenetic landscape of the X chromosome in the pea aphid.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas C. Mathers</w:t>
+                <w:t xml:space="preserve">Gautier Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yazhou Chen</w:t>
+                <w:t xml:space="preserve">Nathalie Prunier-Leterme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gemy Kaithakottil</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sam T. Mugford</w:t>
+                <w:t xml:space="preserve">Denis Tagu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13059-016-1145-3⟩</w:t>
+              <w:t xml:space="preserve">Epigenetics &amp; Chromatin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 10 (1), pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13072-017-0137-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01500475v1</w:t>
+                <w:t xml:space="preserve">hal-01555242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome scans on experimentally evolved populations reveal candidate regions for adaptation to plant resistance in the potato cyst nematode Globodera pallida.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rapid transcriptional plasticity of duplicated gene clusters enables a clonally reproducing aphid to colonise diverse plant species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas C. Mathers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Eoche-Bosy</w:t>
+                <w:t xml:space="preserve">Yazhou Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Gautier</w:t>
+                <w:t xml:space="preserve">Gemy Kaithakottil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Esquibet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
+                <w:t xml:space="preserve">Sam T. Mugford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 26 (18), pp.4700-4711. </w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (1), pp.27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mec.14240⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13059-016-1145-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605681v2</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two genomes of highly polyphagous lepidopteran pests (Spodoptera frugiperda, Noctuidae) with different host-plant ranges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Gouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kiwoong Nam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Aury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4124,1327 +4124,1461 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01633879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erratum to: Rapid transcriptional plasticity of duplicated gene clusters enables a clonally reproducing aphid to colonise diverse plant species</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">Genome scans on experimentally evolved populations reveal candidate regions for adaptation to plant resistance in the potato cyst nematode Globodera pallida.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Eoche-Bosy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Esquibet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sam T. Mugford</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13059-017-1202-6⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 26 (18), pp.4700-4711. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.14240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01588181v1</w:t>
+                <w:t xml:space="preserve">hal-01605681v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tools and data services registry: a community effort to document bioinformatics resources.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Emil Rydza</w:t>
+                <w:t xml:space="preserve">Erratum to: Rapid transcriptional plasticity of duplicated gene clusters enables a clonally reproducing aphid to colonise diverse plant species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas C. Mathers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yazhou Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gemy Kaithakottil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sam T. Mugford</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gkv1116⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (1), pp.63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13059-017-1202-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01594840v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01588181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De novo transcriptome assembly of the grapevine phylloxera allows identification of genes differentially expressed between leaf- and root-feeding forms</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Legeai</w:t>
+                <w:t xml:space="preserve">Tools and data services registry: a community effort to document bioinformatics resources.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jon Ison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristoffer Rapacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daciana Papura</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
+                <w:t xml:space="preserve">Hervé Ménager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Hudaverdian</w:t>
+                <w:t xml:space="preserve">Matúš Kalaš</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emil Rydza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-016-2530-8⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 44 (D1), pp.D38-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkv1116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01286528v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01594840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BioMAJ2Galaxy: automatic update of reference data in Galaxy using BioMAJ</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">De novo transcriptome assembly of the grapevine phylloxera allows identification of genes differentially expressed between leaf- and root-feeding forms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Rispe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daciana Papura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Collin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sylvie Hudaverdian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GigaScience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 4, pp.22. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (1), pp.219. </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13742-015-0063-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12864-016-2530-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01240449v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01286528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Establishment and analysis of a reference transcriptome for Spodoptera frugiperda</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">BioMAJ2Galaxy: automatic update of reference data in Galaxy using BioMAJ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Monjeaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Le Bras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Gosselin Grenet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Collin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 15 (1), pp.704. </w:t>
+              <w:t xml:space="preserve">GigaScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 4, pp.22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-15-704⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13742-015-0063-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01058982v1</w:t>
+                <w:t xml:space="preserve">hal-01240449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The duplicated genes database: identification and functional annotation of co-localised duplicated genes across genomes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Establishment and analysis of a reference transcriptome for Spodoptera frugiperda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Gimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Ouedraogo</w:t>
+                <w:t xml:space="preserve">Bernard Duvic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Bettembourg</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Olivier Sallou</w:t>
+                <w:t xml:space="preserve">Jean-Michel Escoubas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Diot</w:t>
+                <w:t xml:space="preserve">Anne-Sophie Gosselin Grenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 7 (11), pp.e50653. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15 (1), pp.704. </w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0050653⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-15-704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00841104v1</w:t>
+                <w:t xml:space="preserve">hal-01058982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PHYMYCO-DB: A Curated Database for Analyses of Fungal Diversity and Evolution</w:t>
+                <w:t xml:space="preserve">The duplicated genes database: identification and functional annotation of co-localised duplicated genes across genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Mahé</w:t>
+                <w:t xml:space="preserve">Marion Ouedraogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Duhamel</w:t>
+                <w:t xml:space="preserve">Charles Bettembourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sallou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Le Calvez</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ludmila Sarbu</w:t>
+                <w:t xml:space="preserve">Christian Diot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 7 (9), pp.e43117. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0043117⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 7 (11), pp.e50653. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0050653⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00756250v1</w:t>
+                <w:t xml:space="preserve">hal-00841104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seqcrawler: biological data indexing and browsing platform.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
+                <w:t xml:space="preserve">PHYMYCO-DB: A Curated Database for Analyses of Fungal Diversity and Evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mahé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Duhamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelien Roult</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thomas Le Calvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludmila Sarbu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2105-13-175⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (9), pp.e43117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0043117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00728279v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00756250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CyanoLyase: a database of phycobilin lyase sequences, motifs and functions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Seqcrawler: biological data indexing and browsing platform.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sallou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Garczarek</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aurelien Roult</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gks1091⟩</w:t>
+              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13 (1), pp.175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2105-13-175⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01094087v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00728279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AnnotQTL: a new tool to gather functional and comparative information on a genomic region</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CyanoLyase: a database of phycobilin lyase sequences, motifs and functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Coste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Lecerc</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Olivier Sallou</w:t>
+                <w:t xml:space="preserve">Florian Humily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colette Désert</w:t>
+                <w:t xml:space="preserve">Laurence Garczarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuna Blum</w:t>
+                <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gks1091⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01094087v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AnnotQTL: a new tool to gather functional and comparative information on a genomic region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lecerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sallou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Désert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuna Blum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2011, 39 (Suppl 2), open access. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/nar/gkr361⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00597398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5454,2208 +5588,2208 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Misconceptions about Galaxy debunked by the (French) Galaxy Community</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Libouban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chaussepied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérénice Batut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2024 - Journées Ouvertes Biologie Informatique Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, TOULOUSE, France. pp.1-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04694551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Galaxy France: an example of a national UseGalaxy server</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clea Siguret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chaussepied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Libouban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Seiler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GCC 2024 - Galaxy Community Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Brno, Czech Republic. pp.1-15, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7490/f1000research.1119767.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04644627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AskoR, A R Package for Easy RNASeq Data Analysis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Metabolic complementarity applied to the screening of microbiota and the identification of key species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Frioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Belcour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méziane Aite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Daval</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Falk Hildebrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IECE 2021 - 1st International Electronic Conference on Entomology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">MPA 2021 - 8th Metabolic Pathway Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Knoxville, TN, United States. pp.1-27</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03347665v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03440221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic complementarity applied to the screening of microbiota and the identification of key species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Frioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Frioux</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Arnaud Belcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meziane Aite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Falk Hildebrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CMSB 2021 - 19th International Conference on Computational Methods in Systems Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Bordeaux, France. pp.1-27</w:t>
+              <w:t xml:space="preserve">JOBIM 2021 - Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03440212v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03440232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic complementarity applied to the screening of microbiota and the identification of key species</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">AskoR, A R Package for Easy RNASeq Data Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susete Alves Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Gazengel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Falk Hildebrand</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Daval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MPA 2021 - 8th Metabolic Pathway Analysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IECE 2021 - 1st International Electronic Conference on Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Virtual, France. pp.1-8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/IECE-10646⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03440221v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03347665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic complementarity applied to the screening of microbiota and the identification of key species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Frioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Frioux</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Arnaud Belcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méziane Aite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Falk Hildebrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 2021 - Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">CMSB 2021 - 19th International Conference on Computational Methods in Systems Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Bordeaux, France. pp.1-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03440232v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03440212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AskOmics: a user-friendly interface to Semantic Web technologies for integrating local datasets with reference resources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Siegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dameron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2019 - Journées Ouvertes Biologie, Informatique et Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Nantes, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02401750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of Linked Data into Galaxy using Askomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dameron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Filangi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Galaxy Community Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01576870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AskOmics, a web tool to integrate and query biological data using semantic web technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Filangi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Siegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2017 - Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Lille, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01577425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BIPAA/Askomics, a new and easy approach for querying genomics and epigenomics elements in interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bettembourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvanne Chaussin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dameron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVth International Congress of Entomology 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Orlando, Florida, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01391080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome scans on experimentaly evolved globodera pallida populations to identify molceular basis of adaptation to GPAV(VRN) potato resistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Eoche-Bosy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Esquibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Meeting of the Society of Nematologists and the Organization of Nematologists of Tropical America (ONTA), 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Montreal, Canada. 387 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AskOmics : Intégration et interrogation de réseaux de régulation génomique et post-génomique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bettembourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dameron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IN OVIVE (INtégration de sources/masses de données hétérogènes et Ontologies, dans le domaine des sciences du VIVant et de l’Environnement)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National de Recherche en Informatique et en Automatique (INRIA). Rennes, FRA., Jun 2015, Rennes, France. pp.7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01184903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automatic update of reference data in Galaxy using BioMAJ.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Monjeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Collin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Galaxy Day 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Français de Bioinformatique, Dec 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01102421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A study of phylloxera transcriptomes, comparing root and leaf feeding morphs</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
+                <w:t xml:space="preserve">AphidAtlas : avancées récentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dameron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Rahbé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Phylloxera Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Ecophysiologie et Génomique Fonctionnelle de la Vigne (1287)., Aug 2013, Bordeaux, France. 59 p</w:t>
+              <w:t xml:space="preserve">BAPOA 2013 MOP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01208647v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00913155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AphidAtlas : avancées récentes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A study of phylloxera transcriptomes, comparing root and leaf feeding morphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Rispe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daciana Papura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Jaquiéry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BAPOA 2013 MOP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Montpellier, France</w:t>
+              <w:t xml:space="preserve">6. International Phylloxera Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Ecophysiologie et Génomique Fonctionnelle de la Vigne (1287)., Aug 2013, Bordeaux, France. 59 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00913155v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01208647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a Life Sciences Virtual Research Environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Roult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Monjoeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bahin Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Quenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2013 - Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01102438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadoopizer : a cloud environment for bio-informatics data analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sallou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Collin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">journées scientifiques mésocentres et France Grilles 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00766066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AnnotQTL: a new tool to gather functional and comparative information on a genomic region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lecerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sallou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th QTLMAS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Génétique Animale (0598)., May 2011, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7665,3042 +7799,3042 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MLOps best practices for bioinformatics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Cunff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM - Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Bordeaux (France), France. pp.1-1, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/bioinformatics/btad6[2]⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05168225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Environmental Cost of Bioinformatics at GenOuest</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">BYTE-Sea: the digital infrastructure of ATLASea, the French marine genome sequencing programme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loraine Brillet-Guéguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Massau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Nicaise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Le Bars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2025 - Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2025, Bordeaux, France. pp.1-1, 2025</w:t>
+              <w:t xml:space="preserve">, Jul 2025, Bordeaux, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05174309v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05135947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BYTE-Sea: the digital infrastructure of ATLASea, the French marine genome sequencing programme</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Environmental Cost of Bioinformatics at GenOuest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Siminel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erell Le Deun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matéo Boudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2025 - Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2025, Bordeaux, France. 2025</w:t>
+              <w:t xml:space="preserve">, Jul 2025, Bordeaux, France. pp.1-1, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05135947v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05174309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the Richness of the French Galaxy Ecosystem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérénice Batut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2025 - Journées Ouvertes en bioinformatique et de la biostatistique francophone</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Bordeaux, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05132824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breaking myths: The reality of Galaxy's capabilities and impact</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Genome Annotation tooling in Galaxy: contributions of the EuroScienceGateway project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romane Libouban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bérénice Batut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 2025 - Journées Ouvertes en bioinformatique et de la biostatistique francophone</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Bordeaux, France. 2025</w:t>
+              <w:t xml:space="preserve">JOBIM 2025 - Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Bordeaux, France. pp.1-1, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05132787v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05144157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome Annotation tooling in Galaxy: contributions of the EuroScienceGateway project</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Breaking myths: The reality of Galaxy's capabilities and impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Björn Grüning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wendi Bacon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Batut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 2025 - Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Bordeaux, France. pp.1-1, 2025</w:t>
+              <w:t xml:space="preserve">JOBIM 2025 - Journées Ouvertes en bioinformatique et de la biostatistique francophone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Bordeaux, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05144157v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05132787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P06-18 Enhancing prediction and priorisation of adverse effects: TOXsIgN as a comprehensive resource for toxicogenomics</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">R. Le Guével</w:t>
+                <w:t xml:space="preserve">Exploring the richness of the French Galaxy Ecosystem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Batut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Le Bras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loraine Brillet-Guéguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Mareuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROTOX 2024 - 58th Congress of the European Societies of Toxicology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2024.07.402⟩</w:t>
+              <w:t xml:space="preserve">GCC 2024 - Galaxy Community Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Brno, Czech Republic. , pp.1-1, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7490/f1000research.1119765.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04690377v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04644779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the richness of the French Galaxy Ecosystem</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fabien Mareuil</w:t>
+                <w:t xml:space="preserve">P06-18 Enhancing prediction and priorisation of adverse effects: TOXsIgN as a comprehensive resource for toxicogenomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Darde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Kugathas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matéo Boudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Le Guével</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GCC 2024 - Galaxy Community Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7490/f1000research.1119765.1⟩</w:t>
+              <w:t xml:space="preserve">EUROTOX 2024 - 58th Congress of the European Societies of Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Copenhagen, Denmark. pp.S159, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2024.07.402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04644779v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04690377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Services deployed on the IFB National Network of Computing Resources (NNCR)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Benaben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matéo Boudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Brysbaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2024 - Journées ouvertes en biologie, informatique, et mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Toulouse, France. , 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04618059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Building a Distributed Computing Network for Galaxy, Application to Genome Annotation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romane Libouban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chaussepied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2024 - Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Toulouse, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04694519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BIPAA, Bioinformatics Platform for the Agroecosystems Arthropods.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2023 - Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Plouzané (Brest Métropole), France. pp.1-1, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04176786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AskoR, an R package for easy RNA-Seq data analysis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susete Alves Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Gazengel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Daval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Ouvertes en Biologie, Informatique et Mathématiques (Jobim)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Tours, France. pp.263, 2018, JOBIM2023. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/02664763.2018.1454894⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04720296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AskoR, an R package for easy RNA-Seq data analysis illustrated by the analysis of plant/pathogen/microbiote interactions.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">BIPAA, Bioinformatics Platform for the Agroecosystems Arthropods.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Legeai</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Ouvertes en Biologie, Informatique et Mathématiques (Jobim)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Rennes, France</w:t>
+              <w:t xml:space="preserve">The 11th international workshop on Molecular Biology and Genetics of the Lepidoptera</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Kolympari, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04720279v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04176792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BIPAA, Bioinformatics Platform for the Agroecosystems Arthropods.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+                <w:t xml:space="preserve">AskoR, an R package for easy RNA-Seq data analysis illustrated by the analysis of plant/pathogen/microbiote interactions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susete Alves Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Gazengel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masanelli Sylvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 11th international workshop on Molecular Biology and Genetics of the Lepidoptera</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Kolympari, Greece</w:t>
+              <w:t xml:space="preserve">Journées Ouvertes en Biologie, Informatique et Mathématiques (Jobim)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04176792v1</w:t>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of metabolic complementarity in large-scale microbiotas for the identification of key species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Frioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Frioux</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Arnaud Belcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méziane Aite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Falk Hildebrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IHMC 2021 - 8th International Human Microbiome Consortium Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Barcelone, Spain. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03438983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metage2Metabo: metabolic complementarity applied to genomes of large-scale microbiotas for the identification of keystone species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Belcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Frioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méziane Aite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Falk Hildebrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2020 - Journées Ouvertes de Biologie, Informatique et Mathématique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Montpellier / Virtual, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1101/803056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03151934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic and transcriptomic resources of two Lepidoptera: the Notodontidae Thaumetopoea pityocampa and the Crambidae Ostrinia scapulalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernhard Gschloessl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Dorkeld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Audiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Burban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. International Workshop on the Molecular Biology and Genetics of the Lepidoptera</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Crête, Greece. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02786428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BIPAA, Bioinformatics Platform for the Agroecosystems Arthropods.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Ouvertes en Biologie, Informatique et Mathématiques (JOBIM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Marseille (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04176797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative genomic analysis of Clubroot resistance in the Brassicaceae family</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bettembourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dameron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Filangi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brassica2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Melbourne, Australia. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01391707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration and query of biological datasets with Semantic Web technologies: AskOmics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Bettembourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Jubault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dameron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Filangi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Ouvertes Biologie, Informatique et Mathématiques (JOBIM 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01391087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of the assembly of heterozygous genomes of non-model organisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Gouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle d'Alençon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lemaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genome Informatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Cold Spring Harbor Laboratory, United States. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01231793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of the assembly of heterozygous genomes of non-model organisms, a case study of the genomes of two Spodoptera frugiperda host strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Gouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Labadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Aury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle d'Alençon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arthropod Genomics 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Manhattan (Kansas), United States. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">e-Science in France, a Life science Western story</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Roult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Monjoeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bahin Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Quenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Galaxy Community Conference (GCC2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Baltimore, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01102432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and correction of genome mis-assemblies due to heterozygosity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Gouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lemaitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on Computational Biology (ECCB)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Strasbourg, France. , ECCB 2014, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01092959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dr Motifs: a web resource for pattern matching and discovery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Collin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOBIM 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01102439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AnnotQTL: a new tool to gather functional and comparative information on a genomic region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lecerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sallou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Journées Ouvertes en Biologie, Informatique et Mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Paris, France. 2011, JOBIM 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10710,249 +10844,249 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assemblage de génomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Principes des techniques de biologie moléculaire et génomique : 3e édition revue et augmentée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Quae, 2018, Savoir Faire, 978-2-7592-2389-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03319003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Galaxy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Principes des techniques de biologie moléculaire et génomique : 3e édition revue et augmentée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Quae, 2018, Savoir Faire, 978-2-7592-2389-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03319006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annotation de génomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Principes des techniques de biologie moléculaire et génomique : 3e édition revue et augmentée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Quae, 2018, Savoir Faire, 978-2-7592-2389-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03319007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10962,235 +11096,235 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SfruDB database :Spodoptera frugiperda genome assembly, Version 5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ki Woong Nam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02154692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LepidoDB Information system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle d'Alençon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Negre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02154691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11200,1357 +11334,1357 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ten Common Misconceptions About Galaxy (and Why They Are Wrong!)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wendi Anne Bacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanjay Kumar Srikakulam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérénice Batut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Zierep</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05249780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of a viral gene essential for the genome replication of a domesticated endogenous virus in ichneumonid parasitoid wasps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ange Lorenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael R Strand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04558930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spodoptera littoralis genome mining brings insights on the dynamic of expansion of gustatory receptors in polyphagous noctuidae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Meslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Mainet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Montagné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04706490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chromosomal resolution reveals symbiotic virus colonization of parasitic wasp genomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Boulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joke J.F.A. van Vugt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lyam Baudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Persyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03090838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation by copy number variation increases insecticide resistance in fall armyworms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ki Woong Nam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Gimenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Hilliou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos A Blanco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Hänniger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId338" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02945633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional insights from the GC-poor genomes of two aphid parasitoids, &amp;lt;em&amp;gt;Aphidius ervi&amp;lt;/em&amp;gt; and &amp;lt;em&amp;gt;Lysiphlebus fabarum&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice B. Dennis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel I. Ballesteros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lukas Schrader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Bast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
-              <w:r>
-[...71 lines deleted...]
-            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02788571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conserved and specific genomic features of endogenous polydnaviruses revealed by whole genome sequencing of two ichneumonid wasps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernardo F. Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca B. Dikow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId345" w:history="1">
-              <w:r>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02788577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic differentiation is initiated without physical linkage among targets of divergent selection in Fall armyworms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ki Woong Nam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Nhim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Bretaudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Nègre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02788771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Community-Driven Data Analysis Training for Biology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérénice Batut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saskia Hiltemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Bagnacani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dannon Baker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivek Bhardwaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02613129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioconda: A sustainable and comprehensive software distribution for the life sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Björn Grüning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ryan Dale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Sjödin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brad Chapman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jillian Rowe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId350" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04863967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A clonally reproducing generalist aphid pest colonises diverse host plants by rapid transcriptional plasticity of duplicated gene clusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Mathers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yazhou Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gemy Kaithakottil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Legeai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sam Mugford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId355" w:history="1">
-              <w:r>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02936181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId356"/>
+      <w:footerReference w:type="default" r:id="rId358"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12697,51 +12831,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707197v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Cerqueira de Araujo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin No&#235;l" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bretaudeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Labadie" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Boudet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-025-02121-1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935733v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Szachnowski" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Becker" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Stuparevic" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Wery" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sallou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1261/rna.080290.124" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318023v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lardenois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Suglia" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chad Lewis Moore" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Evrard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence No&#235;l" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2025.09.011" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645009v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linelle Ann L Abueg" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enis Afgan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Allart" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Awan" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendi Bacon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae410" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718291v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Sallou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime W&#233;ry" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/yea.3982" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04572197v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Lorenzi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jouan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Girard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael R Strand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1011980" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183845v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Rasche" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron Hyde" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Davis" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gladman" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nate Coraor" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giad048" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04069041v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia Hiltemann" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Rudolf Hotz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Larivi&#232;re" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1010752" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03926527v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Gauthier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Meier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie McClure" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Whibley" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13749" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04053853v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Nekrutenko" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#243;rn Gr&#252;ning" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Blankenberg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Goecks" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac247" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713321v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Meslin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Mainet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Montagn&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Robin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkac131" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127732v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boulain" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joke J F A van Vugt" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyam Baudry" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Persyn" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-020-01623-8" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04717074v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susete Alves Carvalho" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Gazengel" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Daval" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/iece-10646" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686846v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-021-02480-9" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03065382v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosanna Giordano" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravi Kiran Donthu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksey Zimin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Consuelo Julca Chavez" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Gabaldon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibmb.2020.103334" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03099735v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ki Woong Nam" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Nhim" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N&#232;gre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-020-01715-3" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649295v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Dennis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ballesteros" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Schrader" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Bast" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-6764-0" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03065279v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gimenez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heba Abdelgaffar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Le Goff" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Hilliou" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Blanco" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-020-01382-6" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02918230v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice F. Legeai" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo F Santos" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca B Dikow" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-00822-3" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02395024v2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Belcour" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Frioux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ziane Aite" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Falk Hildebrand" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.61968" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190973v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rispe" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nabity" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arinder Arora" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-00864-7" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917617v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-00820-5" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318314v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shawna Spoor" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun-Huai Cheng" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacey-Anne Sanderson" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradford Condon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Almsaeed" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baz077" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863943v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Batut" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bagnacani" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dannon Baker" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Bhardwaj" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cels.2018.05.012" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627784v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Gschloessl" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dorkeld" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Berges" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gens&#233;ric Beydon" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12756" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627842v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Audiot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Kerdelhue" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2018.01.073" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01555242v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Richard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Prunier-Leterme" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Tagu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13072-017-0137-1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01500475v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas C. Mathers" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazhou Chen" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemy Kaithakottil" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam T. Mugford" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-016-1145-3" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01605681v2" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Eoche-Bosy" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Esquibet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14240" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01633879v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Gouin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiwoong Nam" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-10461-4" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01588181v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-017-1202-6" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594840v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Ison" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristoffer Rapacki" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; M&#233;nager" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#250;&#353; Kala&#353;" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Rydza" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkv1116" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01286528v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daciana Papura" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Hudaverdian" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-2530-8" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01240449v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Monjeaud" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Le Bras" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Collin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13742-015-0063-8" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01058982v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Duvic" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Escoubas" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Gosselin Grenet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-704" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841104v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ouedraogo" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bettembourg" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Diot" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0050653" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756250v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mah&#233;" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Duhamel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Calvez" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Guillot" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Sarbu" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0043117" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00728279v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Roult" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-13-175" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01094087v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Coste" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Humily" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Garczarek" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Corguill&#233;" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gks1091" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00597398v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lecerc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette D&#233;sert" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuna Blum" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr361" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694551v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Libouban" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Mercier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chaussepied" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644627v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clea Siguret" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Seiler" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7490/f1000research.1119767.1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03347665v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/IECE-10646" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03440212v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03440221v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03440232v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meziane Aite" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401750v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garnier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Siegel" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dameron" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01576870v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Filangi" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01577425v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01391080v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvanne Chaussin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602955v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fournet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01184903v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01102421v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208647v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jaqui&#233;ry" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00913155v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rahb&#233;" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01102438v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Roult" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Monjoeaud" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahin Mathieu" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Quenez" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766066v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746678v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lecerf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Blum" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168225v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Le Corre" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Cunff" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btad6[2]" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174309v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Siminel" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erell Le Deun" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135947v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Lebreton" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loraine Brillet-Gu&#233;guen" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Massau" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Nicaise" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Le Bars" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132824v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132787v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Gr&#252;ning" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144157v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690377v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Darde" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kugathas" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Le Gu&#233;vel" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2024.07.402" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644779v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mareuil" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7490/f1000research.1119765.1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618059v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Benaben" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanchet" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brysbaert" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694519v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176786v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720296v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02664763.2018.1454894" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720279v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masanelli Sylvin" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176792v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438983v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03151934v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/803056" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786428v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Burban" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176797v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01391707v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Evrard" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01391087v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jubault" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01231793v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle d'Alen&#231;on" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lemaitre" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01240443v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Labadie" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01102432v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01092959v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01102439v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746728v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319003v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319006v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319007v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154692v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154691v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Negre" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249780v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendi Anne Bacon" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjay Kumar Srikakulam" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Zierep" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04558930v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706490v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03090838v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joke J.F.A. van Vugt" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02945633v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Hilliou" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A Blanco" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine H&#228;nniger" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788571v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice B. Dennis" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel I. Ballesteros" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788577v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo F. Santos" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca B. Dikow" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788771v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02613129v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863967v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Dale" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Sj&#246;din" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brad Chapman" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jillian Rowe" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02936181v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mathers" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Mugford" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563178v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendi Anne Bacon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Batut" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjay Kumar Srikakulam" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Zierep" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bretaudeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1013869" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318023v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lardenois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Suglia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chad Lewis Moore" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Evrard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence No&#235;l" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.devcel.2025.09.011" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707197v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Cerqueira de Araujo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin No&#235;l" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Labadie" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#233;o Boudet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-025-02121-1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935733v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Szachnowski" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Becker" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Stuparevic" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Wery" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sallou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1261/rna.080290.124" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645009v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linelle Ann L Abueg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enis Afgan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Allart" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Awan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendi Bacon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae410" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04572197v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Lorenzi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jouan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Girard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael R Strand" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1011980" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718291v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Sallou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime W&#233;ry" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/yea.3982" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04183845v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Rasche" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron Hyde" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Davis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gladman" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nate Coraor" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giad048" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04069041v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia Hiltemann" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Rudolf Hotz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Larivi&#232;re" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1010752" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03926527v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Gauthier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Meier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie McClure" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Whibley" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.13749" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04053853v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Nekrutenko" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#243;rn Gr&#252;ning" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Blankenberg" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Goecks" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkac247" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713321v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Meslin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Mainet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Montagn&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Robin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkac131" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03127732v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boulain" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joke J F A van Vugt" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyam Baudry" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Persyn" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-020-01623-8" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04717074v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susete Alves Carvalho" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Gazengel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Daval" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/iece-10646" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686846v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-021-02480-9" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03065382v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosanna Giordano" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravi Kiran Donthu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksey Zimin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Consuelo Julca Chavez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Gabaldon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibmb.2020.103334" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649295v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Dennis" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Ballesteros" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Schrader" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Bast" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-020-6764-0" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03099735v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ki Woong Nam" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Nhim" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N&#232;gre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-020-01715-3" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03065279v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Gimenez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heba Abdelgaffar" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Le Goff" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Hilliou" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Blanco" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-020-01382-6" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02395024v2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Belcour" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Frioux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ziane Aite" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Falk Hildebrand" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.61968" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02918230v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice F. Legeai" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo F Santos" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca B Dikow" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-00822-3" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190973v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rispe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nabity" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arinder Arora" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-00864-7" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917617v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-00820-5" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318314v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shawna Spoor" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun-Huai Cheng" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lacey-Anne Sanderson" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradford Condon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Almsaeed" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baz077" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863943v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Bagnacani" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dannon Baker" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Bhardwaj" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cels.2018.05.012" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627784v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Gschloessl" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dorkeld" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Berges" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gens&#233;ric Beydon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bouchez" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12756" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627842v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Audiot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Kerdelhue" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2018.01.073" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01555242v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Richard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Prunier-Leterme" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Tagu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13072-017-0137-1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01500475v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas C. Mathers" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazhou Chen" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemy Kaithakottil" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam T. Mugford" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-016-1145-3" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01633879v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Gouin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiwoong Nam" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Aury" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-10461-4" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01605681v2" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Eoche-Bosy" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Gautier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Esquibet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.14240" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01588181v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-017-1202-6" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594840v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Ison" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristoffer Rapacki" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; M&#233;nager" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#250;&#353; Kala&#353;" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Rydza" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkv1116" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01286528v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daciana Papura" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Hudaverdian" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-2530-8" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01240449v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Monjeaud" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Le Bras" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Collin" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13742-015-0063-8" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01058982v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Duvic" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Escoubas" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Gosselin Grenet" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-704" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00841104v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ouedraogo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bettembourg" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Diot" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0050653" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00756250v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mah&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Duhamel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Calvez" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Guillot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludmila Sarbu" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0043117" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00728279v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Roult" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-13-175" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01094087v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Coste" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Humily" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Garczarek" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Corguill&#233;" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gks1091" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00597398v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lecerc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette D&#233;sert" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuna Blum" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkr361" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694551v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Libouban" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Mercier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chaussepied" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644627v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clea Siguret" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Seiler" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7490/f1000research.1119767.1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03440221v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03440232v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meziane Aite" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03347665v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/IECE-10646" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03440212v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401750v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garnier" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Siegel" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dameron" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01576870v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Filangi" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01577425v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01391080v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvanne Chaussin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602955v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fournet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01184903v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01102421v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00913155v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rahb&#233;" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208647v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jaqui&#233;ry" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01102438v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Roult" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Monjoeaud" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahin Mathieu" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Quenez" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766066v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746678v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lecerf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Blum" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168225v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Le Corre" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Cunff" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btad6[2]" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135947v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Lebreton" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loraine Brillet-Gu&#233;guen" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Massau" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Nicaise" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Le Bars" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174309v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Siminel" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erell Le Deun" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132824v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144157v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132787v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Gr&#252;ning" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644779v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Mareuil" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7490/f1000research.1119765.1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690377v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Darde" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kugathas" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Le Gu&#233;vel" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2024.07.402" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618059v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Benaben" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanchet" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brysbaert" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694519v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176786v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720296v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02664763.2018.1454894" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176792v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04720279v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masanelli Sylvin" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438983v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03151934v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/803056" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786428v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Burban" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04176797v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01391707v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Evrard" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01391087v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Jubault" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01231793v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle d'Alen&#231;on" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lemaitre" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01240443v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Labadie" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01102432v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01092959v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01102439v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746728v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319003v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319006v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319007v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154692v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154691v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Negre" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249780v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04558930v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04706490v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03090838v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joke J.F.A. van Vugt" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02945633v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Hilliou" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A Blanco" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine H&#228;nniger" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788571v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice B. Dennis" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel I. Ballesteros" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788577v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo F. Santos" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca B. Dikow" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788771v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02613129v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863967v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Dale" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Sj&#246;din" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brad Chapman" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jillian Rowe" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02936181v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mathers" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Mugford" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>