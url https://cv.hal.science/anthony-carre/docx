--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2460,277 +2460,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00944028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscillateur micro-onde à térahertz ultra-stable</w:t>
+                <w:t xml:space="preserve">Dual frequency tunable laser system for a microwave and terahertz oscillator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwennaël Danion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goulc'Hen Loas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Frein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Hamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OPTIQUE 2013 : congrès de la SFO, Société française d'optique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Villetaneuse, France</w:t>
+              <w:t xml:space="preserve">7th terahertz days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Cargèse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00926871v1</w:t>
+                <w:t xml:space="preserve">hal-00906170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual frequency tunable laser system for a microwave and terahertz oscillator</w:t>
+                <w:t xml:space="preserve">Oscillateur micro-onde à térahertz ultra-stable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwennaël Danion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bondu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goulc'Hen Loas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Frein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Hamel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anthony Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th terahertz days</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2013, Cargèse, France</w:t>
+              <w:t xml:space="preserve">OPTIQUE 2013 : congrès de la SFO, Société française d'optique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Villetaneuse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00906170v1</w:t>
+                <w:t xml:space="preserve">hal-00926871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OSMOTUS : oscillateur millimétrique/submillimétrique à très haute pureté spectrale.</w:t>
               </w:r>
@@ -4551,51 +4551,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294637v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Gudz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Binet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Frein" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goulc'Hen Loas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Hamel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jsen.2025.3614491" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353270v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Brunel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Carr&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Beux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328707015" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565340v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guionie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Romanelli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Thorette" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pinsard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.101.043843" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716235v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guionie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bondu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.003483" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025267v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fade" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swapnesh Panigrahi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.53.003854" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225354v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031198v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290108v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducournau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292414v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bondu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470957v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471152v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800096v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2306049" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846270v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784699v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142066v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenna&#235;l Danion" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881520v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01142526v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Alouini" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rolland" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim El Amili" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944028v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFTF-IFC.2013.6702198" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926871v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906170v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917922v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917912v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648504v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaedze Kudjo Herman Akagla" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Loiko" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benayad" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Camy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674524v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouesbet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645549v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Bouhier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04197945v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chapron" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vallet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470792v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWP.2019.8892036" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913535v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942365v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346901v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01491862v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958461v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926867v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294637v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Gudz" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Binet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Frein" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goulc'Hen Loas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Hamel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jsen.2025.3614491" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353270v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Brunel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Carr&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Beux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328707015" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565340v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guionie" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Romanelli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Thorette" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pinsard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.101.043843" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716235v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guionie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bondu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.003483" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01025267v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fade" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swapnesh Panigrahi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.53.003854" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225354v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031198v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290108v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducournau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292414v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bondu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470957v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471152v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800096v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2306049" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846270v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784699v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01142066v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenna&#235;l Danion" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881520v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01142526v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Alouini" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rolland" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim El Amili" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00944028v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFTF-IFC.2013.6702198" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906170v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926871v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917922v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917912v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648504v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaedze Kudjo Herman Akagla" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Loiko" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benayad" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Camy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674524v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouesbet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645549v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Bouhier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04197945v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chapron" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vallet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470792v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWP.2019.8892036" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913535v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942365v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346901v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01491862v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958461v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926867v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>