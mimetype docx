--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -118,1423 +118,1423 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microvascular and astrocytic responses to repeated magnetic resonance-guided focused ultrasound</w:t>
+                <w:t xml:space="preserve">Hybrid lipidic and fluorinated polymer microbubbles for blood-brain barrier opening: a comparative study with SonoVue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Rigollet</w:t>
+                <w:t xml:space="preserve">Ambre Dauba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Delphin</w:t>
+                <w:t xml:space="preserve">Thi Hong Van Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Chalet</w:t>
+                <w:t xml:space="preserve">Thomas Ador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Ador</w:t>
+                <w:t xml:space="preserve">Claire Spitzlei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erik Dumont</w:t>
+                <w:t xml:space="preserve">Estelle Porret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 386, pp.114151. </w:t>
+              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 121, pp.107540. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2025.114151⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2025.107540⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05225248v1</w:t>
+                <w:t xml:space="preserve">hal-05262126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound-Assisted Blood–Brain Barrier Opening Monitoring by Photoacoustic and Fluorescence Imaging Using Indocyanine Green</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Microvascular and astrocytic responses to repeated magnetic resonance-guided focused ultrasound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rigollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Delphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Chalet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Ador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Vasile Stupar</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2025.02.016⟩</w:t>
+              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 386, pp.114151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2025.114151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05175656v1</w:t>
+                <w:t xml:space="preserve">hal-05225248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid lipidic and fluorinated polymer microbubbles for blood-brain barrier opening: a comparative study with SonoVue</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ambre Dauba</w:t>
+                <w:t xml:space="preserve">Ultrasound-Assisted Blood–Brain Barrier Opening Monitoring by Photoacoustic and Fluorescence Imaging Using Indocyanine Green</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Ador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thi Hong Van Nguyen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Ador</w:t>
+                <w:t xml:space="preserve">Mylène Fournié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Rigollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Spitzlei</w:t>
+                <w:t xml:space="preserve">Claire Counil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Porret</w:t>
+                <w:t xml:space="preserve">Vasile Stupar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasonics Sonochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 121, pp.107540. </w:t>
+              <w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 51 (7), pp.1059-1069. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ultsonch.2025.107540⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2025.02.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05262126v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05175656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Murine Breast Cancer Radiosensitization Using Oxygen Microbubbles and Metformin: Vessels Are the Key</w:t>
+                <w:t xml:space="preserve">Two‐photon Light Trigger Sirna Transfection of Cancer Cells Using Non‐Toxic Porous Silicon Nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnieszka Drzał</w:t>
+                <w:t xml:space="preserve">Arnaud Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriela Dziurman</w:t>
+                <w:t xml:space="preserve">Eduardo Cueto-Díaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paweł Hoła</w:t>
+                <w:t xml:space="preserve">Sofia Dominguez-Gil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jakub Lechowski</w:t>
+                <w:t xml:space="preserve">Chantelle Spiteri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Delalande</w:t>
+                <w:t xml:space="preserve">Laure Lichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 24 (15), pp.12156. </w:t>
+              <w:t xml:space="preserve">Advanced Healthcare Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms241512156⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adhm.202301052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04185608v1</w:t>
+                <w:t xml:space="preserve">hal-04179256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two‐photon Light Trigger Sirna Transfection of Cancer Cells Using Non‐Toxic Porous Silicon Nanoparticles</w:t>
+                <w:t xml:space="preserve">Murine Breast Cancer Radiosensitization Using Oxygen Microbubbles and Metformin: Vessels Are the Key</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Chaix</w:t>
+                <w:t xml:space="preserve">Agnieszka Drzał</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eduardo Cueto-Díaz</w:t>
+                <w:t xml:space="preserve">Gabriela Dziurman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sofia Dominguez-Gil</w:t>
+                <w:t xml:space="preserve">Paweł Hoła</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chantelle Spiteri</w:t>
+                <w:t xml:space="preserve">Jakub Lechowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Lichon</w:t>
+                <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Healthcare Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (15), pp.12156. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adhm.202301052⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms241512156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04179256v1</w:t>
+                <w:t xml:space="preserve">hal-04185608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tumour angiogenesis normalized by myo‐inositol trispyrophosphate alleviates hypoxia in the microenvironment and promotes antitumor immune response</w:t>
+                <w:t xml:space="preserve">Doxorubicin‐sensitized Luminescence of NIR‐emitting Ytterbium Liposomes: Towards Direct Monitoring of Drug Release</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bouchra El Hafny‐rahbi</w:t>
+                <w:t xml:space="preserve">S. Lacerda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Klaudia Brodaczewska</w:t>
+                <w:t xml:space="preserve">Svetlana V. Eliseeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Collet</w:t>
+                <w:t xml:space="preserve">Agnes A. Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aleksandra Majewska</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Krzysztof Klimkiewicz</w:t>
+                <w:t xml:space="preserve">Celia ́ Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cellular and Molecular Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jcmm.16399⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 60 (44), pp.23574-23577. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.202109408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03391075v1</w:t>
+                <w:t xml:space="preserve">hal-03349106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doxorubicin‐sensitized Luminescence of NIR‐emitting Ytterbium Liposomes: Towards Direct Monitoring of Drug Release</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tumour angiogenesis normalized by myo‐inositol trispyrophosphate alleviates hypoxia in the microenvironment and promotes antitumor immune response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouchra El Hafny‐rahbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Lacerda</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anthony Delalande</w:t>
+                <w:t xml:space="preserve">Klaudia Brodaczewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Svetlana V. Eliseeva</w:t>
+                <w:t xml:space="preserve">Guillaume Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnes A. Pallier</w:t>
+                <w:t xml:space="preserve">Aleksandra Majewska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celia ́ Bonnet</w:t>
+                <w:t xml:space="preserve">Krzysztof Klimkiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 60 (44), pp.23574-23577. </w:t>
+              <w:t xml:space="preserve">Journal of Cellular and Molecular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 25 (7), pp.3284-3299. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/anie.202109408⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jcmm.16399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03349106v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03391075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights on molecular internalization and drug delivery following plasma jet exposures</w:t>
+                <w:t xml:space="preserve">Periodic Mesoporous Organosilica Nanoparticles with BOC Group, towards HIFU Responsive Agents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vinodini Vijayarangan</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Hao Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Gascó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Pouvesle</w:t>
+                <w:t xml:space="preserve">Clarence Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Robert</w:t>
+                <w:t xml:space="preserve">Laurence Raehm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 589, pp.119874. </w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 25 (4), pp.974. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2020.119874⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/molecules25040974⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03043274v1</w:t>
+                <w:t xml:space="preserve">hal-02544155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Periodic Mesoporous Organosilica Nanoparticles with BOC Group, towards HIFU Responsive Agents</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recent Advances on Ultrasound Contrast Agents for Blood-Brain Barrier Opening with Focused Ultrasound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambre Dauba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Delalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hao Li</w:t>
+                <w:t xml:space="preserve">Hermes Kamimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carolina Gascó</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anthony Delalande</w:t>
+                <w:t xml:space="preserve">Allegra Conti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clarence Charnay</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurence Raehm</w:t>
+                <w:t xml:space="preserve">Benoit Larrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules25040974⟩</w:t>
+              <w:t xml:space="preserve">Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (11), pp.1125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pharmaceutics12111125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02544155v1</w:t>
+                <w:t xml:space="preserve">hal-03024904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent Advances on Ultrasound Contrast Agents for Blood-Brain Barrier Opening with Focused Ultrasound</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">New insights on molecular internalization and drug delivery following plasma jet exposures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinodini Vijayarangan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hermes Kamimura</w:t>
+                <w:t xml:space="preserve">Sébastien Dozias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allegra Conti</w:t>
+                <w:t xml:space="preserve">Jean-Michel Pouvesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Larrat</w:t>
+                <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmaceutics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (11), pp.1125. </w:t>
+              <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 589, pp.119874. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/pharmaceutics12111125⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpharm.2020.119874⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03024904v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03043274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amino-acid functionalized porous silicon nanoparticles for the delivery of pDNA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Chaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Cueto-Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikola Knezevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1598,90 +1598,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cold Atmospheric Plasma Parameters Investigation for Efficient Drug Delivery in HeLa Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinodini Vijayarangan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dozias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Pouvesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1758,51 +1758,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Manta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Couture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1866,51 +1866,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cationic gas-filled microbubbles for ultrasound-based nucleic acids delivery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Bastié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1994,325 +1994,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02123147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EGR1 Regulates Transcription Downstream of Mechanical Signals during Tendon Formation and Healing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of Positively Charged Lipid Shell Microbubbles with Tunable Resistive Pulse Sensing (TRPS) Method: A Technical Note</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Manta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Delalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Gaut</w:t>
+                <w:t xml:space="preserve">Michel Bessodes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Robert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anthony Delalande</w:t>
+                <w:t xml:space="preserve">Michel Francis Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Ange Bonnin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chantal Pichon</w:t>
+                <w:t xml:space="preserve">Daniel Scherman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 11 (11), pp.e0166237. </w:t>
+              <w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 42 (2), pp.624 - 630. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0166237.t001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2015.10.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01394467v1</w:t>
+                <w:t xml:space="preserve">hal-01407496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Positively Charged Lipid Shell Microbubbles with Tunable Resistive Pulse Sensing (TRPS) Method: A Technical Note</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">EGR1 Regulates Transcription Downstream of Mechanical Signals during Tendon Formation and Healing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Gaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Scherman</w:t>
+                <w:t xml:space="preserve">Marie-Ange Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 42 (2), pp.624 - 630. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (11), pp.e0166237. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2015.10.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0166237.t001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01407496v1</w:t>
+                <w:t xml:space="preserve">hal-01394467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced Achilles tendon healing by fibromodulin gene transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Gosselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2414,51 +2414,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient gene delivery by sonoporation is associated with microbubble entry into cells and the clathrin-dependent endocytosis pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloe Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2557,51 +2557,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonoporation-Enhanced Chemotherapy Significantly Reduces Primary Tumour Burden in an Orthotopic Pancreatic Cancer Xenograft</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihaela Popa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2704,77 +2704,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Brevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ouahiba Hocine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Raehm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarence Charnay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, pp.197-205. </w:t>
@@ -2837,51 +2837,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonoporation-enhanced chemotherapy significantly reduces primary tumour burden in an orthotopic pancreatic cancer xenograft</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihaela Popa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2958,51 +2958,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonoporation: mechanistic insights and ongoing challenges for gene transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3114,51 +3114,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Félix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Crottès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Fauconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3216,1121 +3216,1121 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-01318483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonoporation: why microbubbles create pores</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Ultrasound and microbubbles assisted-gene transfer: what is next?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynne Rudd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Odd Helge Gilja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultraschall in der Medizin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 33 (1), pp.97-98. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2012, 33 (4), pp.391-3</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03189342v1</w:t>
+                <w:t xml:space="preserve">hal-02071821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound and microbubbles assisted-gene transfer: what is next?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lynne Rudd</w:t>
+                <w:t xml:space="preserve">Real-time sonoporation through HeLa cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anthony Delalande</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michiel Postema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultraschall in der Medizin</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AIP Conference Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, NONLINEAR ACOUSTICS STATE-OF-THE-ART AND PERSPECTIVES: 19th International Symposium on Nonlinear Acoustics, 1474 (1), pp.271-274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4749348⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02071821v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03186072v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time sonoporation through HeLa cells</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Ultrasound and microbubble-assisted gene delivery: recent advances and ongoing challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michiel Postema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mignet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Midoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michiel Postema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Conference Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, NONLINEAR ACOUSTICS STATE-OF-THE-ART AND PERSPECTIVES: 19th International Symposium on Nonlinear Acoustics, 1474 (1), pp.271-274. </w:t>
+              <w:t xml:space="preserve">Therapeutic Delivery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 3 (10), pp.1199-1215. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4749348⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4155/TDE.12.100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03186072v2</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03193228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound and microbubble-assisted gene delivery: recent advances and ongoing challenges</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Ultrasound and microbubble-assisted gene delivery: recent advances and ongoing challenges.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michiel Postema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mignet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Therapeutic Delivery</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Ther Deliv</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 3 (10), pp.1199-1215</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03193228v1</w:t>
+                <w:t xml:space="preserve">hal-00817350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound and microbubble-assisted gene delivery: recent advances and ongoing challenges.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Sonoporation: why microbubbles create pores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michiel Postema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Chantal Pichon</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odd Helge Gilja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ther Deliv</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ultraschall in der Medizin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 33 (1), pp.97-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-0031-1274749⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00817350v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03189342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonoporation at low mechanical index</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrasound and microbubble-assisted gene delivery in Achilles tendons: long lasting gene expression and restoration of fibromodulin KO phenotype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Delalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Delalande</w:t>
+                <w:t xml:space="preserve">Ayache Bouakaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Kotopoulis</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Flore Tabareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bubble Science, Engineering &amp; Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1179/1758897911Y.0000000001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 156 (2), pp.223-230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jconrel.2011.08.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00608604v1</w:t>
+                <w:t xml:space="preserve">hal-03195121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound and microbubble-assisted gene delivery in Achilles tendons: long lasting gene expression and restoration of fibromodulin KO phenotype</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Sonoporation at a low mechanical index</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tijs Rovers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michiel Postema</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Controlled Release</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bubble Science, Engineering &amp; Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 3 (1), pp.3-12</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03195121v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03186064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonoporation at a low mechanical index</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Sonoporation at a low MI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tijs Rovers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michiel Postema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bubble Science, Engineering &amp; Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Official Proceedings of the 13th World Congress of the World Federation for Ultrasound in Medicine and Biology (WFUMB 2011), August 26-29, 2011 2011, Vienna, Austria, 37 (8, Suppl.), pp.S61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2011.05.284⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03186064v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03193243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonoporation at a low MI</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Michiel Postema</w:t>
+                <w:t xml:space="preserve">Sonoporation at low mechanical index</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Delalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Kotopoulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Rovers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Postema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasound in Medicine &amp; Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Official Proceedings of the 13th World Congress of the World Federation for Ultrasound in Medicine and Biology (WFUMB 2011), August 26-29, 2011 2011, Vienna, Austria, 37 (8, Suppl.), pp.S61. </w:t>
+              <w:t xml:space="preserve">Bubble Science, Engineering &amp; Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 3 (1), pp.3-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ultrasmedbio.2011.05.284⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1179/1758897911Y.0000000001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03193243v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00608604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accelerated Achilles tendon healing by PDGF gene delivery with mesoporous silica nanoparticles</w:t>
               </w:r>
@@ -4342,51 +4342,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Suwalski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hinda Dabboue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine F. Bensamoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4450,90 +4450,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound-assisted microbubbles gene transfer in tendons for gene therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Francis Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayache Bouakaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4605,51 +4605,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction of green fluorescent proteins with sonoporation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kadija Kaddur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Tranquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4771,51 +4771,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mRNA loaded Lipid Nanocapsule Formulation: a promising therapeutic strategy to treat Pseudoxanthoma elasticum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Zarikian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4873,359 +4873,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05075888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal MR vascular fingerprinting approach tracking physiological changes during repeated MR guided focused ultrasound mediated BBB opening on rats</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Longitudinal study tracking physiological changes through multiparametric MRI during repeated MRgFUS-induced BBB opening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rigollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Ador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelien Delphin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Chantal Pichon</w:t>
+                <w:t xml:space="preserve">Emmanuel L Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th European Molecular Imaging Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2024, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">2024 International Society for Magnetic Resonance in Medecine &amp; International Society for MR Radiographers &amp; Technologists Annual Meeting &amp; Exhibition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Singapour, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04524090v1</w:t>
+                <w:t xml:space="preserve">hal-04606240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal study tracking physiological changes through multiparametric MRI during repeated MRgFUS-induced BBB opening</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Longitudinal MR vascular fingerprinting approach tracking physiological changes during repeated MR guided focused ultrasound mediated BBB opening on rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rigollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Delphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Ador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erik Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel L Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 International Society for Magnetic Resonance in Medecine &amp; International Society for MR Radiographers &amp; Technologists Annual Meeting &amp; Exhibition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Singapour, Singapore</w:t>
+              <w:t xml:space="preserve">19th European Molecular Imaging Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04606240v1</w:t>
+                <w:t xml:space="preserve">hal-04524090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct Monitoring of Doxorubicin Release via sensitization of NIR-emitting Ytterbium Liposomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lacerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana V. Eliseeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes A. Pallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia ́ Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du WP "Agents d'imagerie", WP1, de FLI et du GDR AIM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Grenoble, France</w:t>
@@ -5254,90 +5254,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of adherent cell permeabilization in various Plasma Gun plasma delivery protocols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinodini Vijayarangan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dozias Sébastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Pouvesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5379,90 +5379,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cold Atmospheric Plasma Parameters Investigation for Drug Delivery Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinodini Vijayarangan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dozias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Pouvesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5504,90 +5504,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helium Plasma Jet: A tool for Cell Membrane Permeabilization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinodini Vijayarangan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dozias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Pouvesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5629,90 +5629,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helium Plasma Jet for Cell Membrane Permeabilization and Drug Delivery Application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinodini Vijayarangan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dozias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Pouvesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5754,90 +5754,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of cell membrane permeabilization induced by plasma treatment for drug delivery applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinodini Vijayarangan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dozias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Pouvesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5879,103 +5879,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INVESTIGATION OF CELL MEMBRANE PERMEABILIZATION INDUCED BY PLASMA TREATMENT FOR DRUG DELIVERY APPLICATIONS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinodini Vijayarangan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Douat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dozias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Pouvesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IWPCT4</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Paris, France</w:t>
@@ -6004,51 +6004,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound-based technology : from imaging to therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th international conference of biophysics students</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Cracovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6073,103 +6073,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">STUDY OF PLASMA COMPONENT EFFECT ON CELL MEMBRANE PERMEABILIZATION FOR DRUG DELIVERY APPLICATIONS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinodini Vijayarangan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Douat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dozias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Pouvesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23rd International Symposium on Plasma Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Montreal, Canada</w:t>
@@ -6192,359 +6192,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01610921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of electric field from a plasma jet on biological targets</w:t>
+                <w:t xml:space="preserve">Challenges in the transition from in vitro to in vivo experiments: source effects and biological aspects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Douat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Darny</w:t>
+                <w:t xml:space="preserve">Giovanni Busco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Iseni</w:t>
+                <w:t xml:space="preserve">Vini Vijayarangan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Damany</w:t>
+                <w:t xml:space="preserve">Sebastien Dozias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Dozias</w:t>
+                <w:t xml:space="preserve">Sylvain Iséni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">69th Gaseous Electronic Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Bochum, Germany</w:t>
+              <w:t xml:space="preserve">IWPCT3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01385203v1</w:t>
+                <w:t xml:space="preserve">hal-01340223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenges in the transition from in vitro to in vivo experiments: source effects and biological aspects</w:t>
+                <w:t xml:space="preserve">Impact of electric field from a plasma jet on biological targets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Douat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giovanni Busco</w:t>
+                <w:t xml:space="preserve">Thibault Darny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vini Vijayarangan</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId192" w:history="1">
+                <w:t xml:space="preserve">Sylvain Iseni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Damany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Dozias</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Iséni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IWPCT3</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Washington, United States</w:t>
+              <w:t xml:space="preserve">69th Gaseous Electronic Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Bochum, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01340223v1</w:t>
+                <w:t xml:space="preserve">hal-01385203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non thermal plasma jets and plasma jet electric fields for biomedical and agricultural applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Iséni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Douat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinodini Vijayarangan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International Bioelctrics Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Rostock, Germany</w:t>
@@ -6586,90 +6586,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perméabilisation de la membrane plasmique par un jet de plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Douat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinodini Vijayarangan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Darny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Iséni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Damany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du GDR ABioPlas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GDR ABioPlas, Nov 2016, Albi, France</w:t>
@@ -6698,103 +6698,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bio environmental applications of plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Damany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Iséni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vandamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dozias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Plasma Science 2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2016, Greifswald, Germany</w:t>
@@ -6836,77 +6836,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Positively charged microbubbles to target nucleic acid delivery with ultrasound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Manta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Francis Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Lebertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6961,90 +6961,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound and microbubble enhanced therapy of orthotopic human pancreatic cancer in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihaela Popa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georg Dimcevski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odd Helge Gilja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th MedViz Conference 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MedViz; Haukeland University Hospital; University of Bergen; Christian Michelsen Research, Jan 2013, Bergen, Norway. pp.45-47</w:t>
@@ -7067,1799 +7067,1799 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03245680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-time sonoporation through HeLa cells</w:t>
+                <w:t xml:space="preserve">Biological and medical applications of low-intensity ultrasound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michiel Postema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Symposium on Nonlinear Acoustics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Micro-acoustics in marine and medical research: 1st workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Bergen, Norway. pp.67-105, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.4779143⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02128171v1</w:t>
+                <w:t xml:space="preserve">hal-03197807v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbubbles and cell interactions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Nonlinear microbubble behaviour for enhanced drug uptake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bjørn Tore Gjertsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michiel Postema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MedViz Conference 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MedViz; Haukeland University Hospital; University of Bergen; Christian Michelsen Research, Jan 2012, Bergen, Norway. pp.53-54</w:t>
+              <w:t xml:space="preserve">19th International Congress on Sound and Vibration, Vilnius, Lithuania, July 8–12, 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Vilnius, Lithuania. pp.685</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03245747v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03195601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biological and medical applications of low-intensity ultrasound</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrasound and microbubble-assisted gene delivery: insights for intracellular mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Delalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anthony Delalande</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Midoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michiel Postema</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michiel Postema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Micro-acoustics in marine and medical research: 1st workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2011, Bergen, Norway. pp.67-105, </w:t>
+              <w:t xml:space="preserve">, Dec 2011, Bergen, Norway. pp.119-130, </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5281/zenodo.4779143⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.4779438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03197807v2</w:t>
+                <w:t xml:space="preserve">hal-03197797v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear microbubble behaviour for enhanced drug uptake</w:t>
+                <w:t xml:space="preserve">Sonoporation: using ultrasound for targeted drug delivery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michiel Postema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Congress on Sound and Vibration, Vilnius, Lithuania, July 8–12, 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Vilnius, Lithuania. pp.685</w:t>
+              <w:t xml:space="preserve">MedViz Conference 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MedViz; Haukeland University Hospital; University of Bergen; Christian Michelsen Research, Jan 2012, Bergen, Norway. pp.49-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03195601v1</w:t>
+                <w:t xml:space="preserve">hal-03245745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound and microbubble-assisted gene delivery: insights for intracellular mechanism</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Flow cytometric characterization and sorting of ultrasound contrast agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maja Mujić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Enger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odd Helge Gilja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Micro-acoustics in marine and medical research: 1st workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2011, Bergen, Norway. pp.119-130, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5281/zenodo.4779438⟩</w:t>
+              <w:t xml:space="preserve">, Dec 2011, Bergen, Norway. pp.171-183, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.4779479⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03197797v2</w:t>
+                <w:t xml:space="preserve">hal-03197775v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonoporation: using ultrasound for targeted drug delivery</w:t>
+                <w:t xml:space="preserve">Real-time sonoporation through HeLa cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michiel Postema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MedViz Conference 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MedViz; Haukeland University Hospital; University of Bergen; Christian Michelsen Research, Jan 2012, Bergen, Norway. pp.49-51</w:t>
+              <w:t xml:space="preserve">19th International Symposium on Nonlinear Acoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Tokyo, Japan. pp.271-274</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03245745v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02128171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow cytometric characterization and sorting of ultrasound contrast agents</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maja Mujić</w:t>
+                <w:t xml:space="preserve">Microbubbles and cell interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bjørn Tore Gjertsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michiel Postema</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Micro-acoustics in marine and medical research: 1st workshop</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">MedViz Conference 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MedViz; Haukeland University Hospital; University of Bergen; Christian Michelsen Research, Jan 2012, Bergen, Norway. pp.53-54</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03197775v2</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03245747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonoporation at low MI (and more!)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spannendes zur Sonoporation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Delalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michiel Postema</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sandy Cochran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Artimino Conference on Medical Ultrasound Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Piero Tortoli; David Evans, Jun 2011, Artimino, Italy</w:t>
+              <w:t xml:space="preserve">Workshop "Kavitation in Technik und Medizin"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Christian Koch, Oct 2011, Kloster Drübeck, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03576277v1</w:t>
+                <w:t xml:space="preserve">hal-03576263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spannendes zur Sonoporation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cancer cell sonoporation at low acoustic amplitudes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Delalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michiel Postema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop "Kavitation in Technik und Medizin"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Christian Koch, Oct 2011, Kloster Drübeck, Germany</w:t>
+              <w:t xml:space="preserve">18th International Congress on Sound and Vibration, Rio de Janeiro, Brazil, 10-14 July 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Rio de Janeiro, Brazil. pp.1695-1702</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03576263v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03195599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cancer cell sonoporation at low acoustic amplitudes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Investigations of microbubble-cell interactions during the sonoporation process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Midoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michiel Postema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th International Congress on Sound and Vibration, Rio de Janeiro, Brazil, 10-14 July 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2011, Rio de Janeiro, Brazil. pp.1695-1702</w:t>
+              <w:t xml:space="preserve">, Jul 2011, Rio de Janeiro, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03195599v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03195597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On cells and sound</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrasound-guided delivery and sonoporation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michiel Postema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michiel Postema</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odd Helge Gilja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34th Scandinavian Symposium on Physical Acoustics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Geilo, Norway</w:t>
+              <w:t xml:space="preserve">Ultrasound in Gastroenterology: 10-years Anniversary of National Centre for Ultrasound in Gastroenterology. A Symposium in Honour of Professor Svein Ødegaard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Bergen, Norway. pp.57-59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03189343v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03189353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigations of microbubble-cell interactions during the sonoporation process</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">On cells and sound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michiel Postema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Congress on Sound and Vibration, Rio de Janeiro, Brazil, 10-14 July 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Rio de Janeiro, Brazil</w:t>
+              <w:t xml:space="preserve">34th Scandinavian Symposium on Physical Acoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Geilo, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03195597v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03189343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound-guided delivery and sonoporation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-speed evidence of ultrasound-guided delivery into cancer cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Delalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michiel Postema</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Odd Helge Gilja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ultrasound in Gastroenterology: 10-years Anniversary of National Centre for Ultrasound in Gastroenterology. A Symposium in Honour of Professor Svein Ødegaard</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Bergen, Norway. pp.57-59</w:t>
+              <w:t xml:space="preserve">1st Annual Symposium of Drug Delivery Systems 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, BIT, Nov 2011, Shenzhen, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03189353v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03576270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-speed evidence of ultrasound-guided delivery into cancer cells</w:t>
+                <w:t xml:space="preserve">Sonoporation and clustering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Cochran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michiel Postema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Annual Symposium of Drug Delivery Systems 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, BIT, Nov 2011, Shenzhen, China</w:t>
+              <w:t xml:space="preserve">The Artimino Conference on Medical Ultrasound Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Piero Tortoli; David Evans, Jun 2011, Artimino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03576270v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03697165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonoporation and clustering</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sonoporation at low MI (and more!)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michiel Postema</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Delalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Cochran</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michiel Postema</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Artimino Conference on Medical Ultrasound Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Piero Tortoli; David Evans, Jun 2011, Artimino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03697165v1</w:t>
+                <w:t xml:space="preserve">hal-03576277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasound-activated microbubbles for tendon gene transfer: in vivo efficiency and confocal microscopy real time intracellular investigations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayache Bouakaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Midoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8949,428 +8949,428 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound sensitive O2 microbubbles increase tissue oxygenation level as revealed by Electron Paramagnetic Resonance imaging</w:t>
+                <w:t xml:space="preserve">Ultrasound and Cationic Microbubble Assisted Gene Delivery in the Brain for Fragile X Syndrome Therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Drzał</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Chantal Pichon</w:t>
+                <w:t xml:space="preserve">C. Delehedde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Elas</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">V. de Concini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Clémençon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Si Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Même</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Molecular Imaging Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">French Society of Nanomedicine and C’Nano Joint conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03680367v1</w:t>
+                <w:t xml:space="preserve">hal-03668578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasound and Cationic Microbubble Assisted Gene Delivery in the Brain for Fragile X Syndrome Therapy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">R. Clémençon</w:t>
+                <w:t xml:space="preserve">Cell Permeabilization and Molecular Delivery Following Helium Plasma jet Treatments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinodini Vijayarangan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Delalande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dozias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Pouvesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Si Ahmed</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sandra Même</w:t>
+                <w:t xml:space="preserve">Robert Eric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">French Society of Nanomedicine and C’Nano Joint conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Dijon, France</w:t>
+              <w:t xml:space="preserve">IMPCS1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03668578v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03090356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell Permeabilization and Molecular Delivery Following Helium Plasma jet Treatments</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Ultrasound sensitive O2 microbubbles increase tissue oxygenation level as revealed by Electron Paramagnetic Resonance imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Drzał</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Pouvesle</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Eric</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Elas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IMPCS1</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Orléans, France</w:t>
+              <w:t xml:space="preserve">World Molecular Imaging Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03090356v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03680367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of focused ultrasound on cerebral blood flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Stupar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Collomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9447,90 +9447,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cell Response to He, He-O2 Plasma and Plasma Electric Field Alone Treatments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Dezest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinodini Vijayarangan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Iséni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICPM6</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Bratislava, Slovakia</w:t>
@@ -9572,51 +9572,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonoporation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9712,51 +9712,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro-acoustics in marine and medical research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spiros Kotopoulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olav Rune Godø</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9841,77 +9841,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbubbles for Nucleic Acid Delivery in Liver Using Mild Sonoporation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mignet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Manta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10007,51 +10007,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodes de transfert de gènes non virales : application aux pathologies tendineuses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Delalande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences agricoles. Université d'Orléans, 2011. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2011ORLE2076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -10247,51 +10247,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225248v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rigollet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Delphin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chalet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ador" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Dumont" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2025.114151" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175656v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Fourni&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Counil" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Stupar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2025.02.016" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262126v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Dauba" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Hong Van Nguyen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Spitzlei" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Porret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2025.107540" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185608v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Drza&#322;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Dziurman" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawe&#322; Ho&#322;a" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Lechowski" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Delalande" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241512156" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179256v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chaix" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Cueto-D&#237;az" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Dominguez-Gil" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantelle Spiteri" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lichon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.202301052" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391075v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra El Hafny&#8208;rahbi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaudia Brodaczewska" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Collet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Majewska" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Klimkiewicz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcmm.16399" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349106v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lacerda" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana V. Eliseeva" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes A. Pallier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia &#769; Bonnet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202109408" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043274v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinodini Vijayarangan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dozias" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Pouvesle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Robert" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2020.119874" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02544155v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Li" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Gasc&#243;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarence Charnay" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Raehm" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules25040974" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024904v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermes Kamimura" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allegra Conti" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Larrat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics12111125" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02338857v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Cueto-Diaz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Knezevic" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Midoux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ra05461h" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940672v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Pichon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRPMS.2017.2759322" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656574v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Manta" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renault" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Couture" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lagoutte" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2017.07.015" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123147v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Basti&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Pigeon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Lebertre" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BSR20160619" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01394467v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gaut" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Robert" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Bonnin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0166237.t001" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407496v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bessodes" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Francis Bureau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Scherman" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2015.10.010" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01537597v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Gosselin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Suwalski" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Guilmain" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Leduc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2015.05.004" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TGV5XKZR-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198520v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Leduc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiel Postema" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2015.03.010" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179273v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spiros Kotopoulis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Popa" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Mamaeva" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Dimcevski" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11307-013-0672-5" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068026v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brevet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouahiba Hocine" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2014.05.020" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RQH6CWZ4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200844v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195625v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2013.03.095" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01318483v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain F&#233;lix" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Crott&#232;s" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fauconnier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Lebranchu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0061595" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189342v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odd Helge Gilja" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0031-1274749" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071821v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynne Rudd" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186072v2" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4749348" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193228v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mignet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/TDE.12.100" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817350v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608604v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delalande" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kotopoulis" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rovers" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pichon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Postema" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1758897911Y.0000000001" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195121v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayache Bouakaz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Tabareau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2011.08.020" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DFPZ0TNL-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186064v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tijs Rovers" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193243v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2011.05.284" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00529475v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinda Dabboue" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine F. Bensamoun" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Canon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2010.02.077" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00529321v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Francis Bureau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2009.09.035" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SPXJC19B-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128161v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadija Kaddur" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tranquart" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.2933412" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075888v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Zarikian" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lepeltier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524090v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Delphin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606240v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L Barbier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546197v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933738v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dozias S&#233;bastien" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942869v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946046v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946070v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945957v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944604v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Douat" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680350v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610921v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385203v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Darny" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Iseni" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Damany" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Dozias" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340223v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Busco" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vini Vijayarangan" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Is&#233;ni" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944556v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945754v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344069v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vandamme" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01154976v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245680v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128171v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245747v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#248;rn Tore Gjertsen" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197807v2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4779143" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195601v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197797v2" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4779438" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245745v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197775v2" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Muji&#263;" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Enger" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4779479" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576277v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Cochran" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576263v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195599v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189343v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195597v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189353v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576270v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697165v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195559v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680367v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Drza&#322;" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Elas" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668578v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delehedde" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. de Concini" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cl&#233;men&#231;on" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Si Ahmed" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra M&#234;me" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090356v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Eric" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668579v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Stupar" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Collomb" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rome" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. And Barbier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948526v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Dezest" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576189v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195266v2" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olav Rune God&#248;" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4779072" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123117v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Marie" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Seguin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9092-4_25" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01128057v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011ORLE2076" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262126v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Dauba" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Hong Van Nguyen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ador" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Spitzlei" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Porret" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2025.107540" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05225248v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rigollet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Delphin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chalet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Dumont" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2025.114151" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175656v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Fourni&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Counil" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasile Stupar" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2025.02.016" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179256v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chaix" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Cueto-D&#237;az" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Dominguez-Gil" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantelle Spiteri" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lichon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.202301052" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04185608v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Drza&#322;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Dziurman" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawe&#322; Ho&#322;a" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub Lechowski" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Delalande" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241512156" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349106v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lacerda" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana V. Eliseeva" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes A. Pallier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia &#769; Bonnet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202109408" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391075v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra El Hafny&#8208;rahbi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaudia Brodaczewska" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Collet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Majewska" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Klimkiewicz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcmm.16399" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02544155v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Li" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Gasc&#243;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarence Charnay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Raehm" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules25040974" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024904v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermes Kamimura" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allegra Conti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Larrat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics12111125" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043274v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinodini Vijayarangan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dozias" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Pouvesle" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Robert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2020.119874" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02338857v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Cueto-Diaz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikola Knezevic" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Midoux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9ra05461h" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940672v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Pichon" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRPMS.2017.2759322" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656574v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Manta" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Renault" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Couture" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Lagoutte" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2017.07.015" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123147v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Basti&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Pigeon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Lebertre" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BSR20160619" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407496v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bessodes" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Francis Bureau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Scherman" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2015.10.010" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01394467v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gaut" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Robert" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Bonnin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0166237.t001" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01537597v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Gosselin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Suwalski" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Guilmain" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Leduc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nano.2015.05.004" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TGV5XKZR-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198520v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Leduc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiel Postema" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2015.03.010" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01179273v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spiros Kotopoulis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Popa" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Mamaeva" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Dimcevski" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11307-013-0672-5" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01068026v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Brevet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouahiba Hocine" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2014.05.020" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RQH6CWZ4-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03200844v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195625v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2013.03.095" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01318483v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain F&#233;lix" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Crott&#232;s" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fauconnier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Lebranchu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0061595" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02071821v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynne Rudd" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186072v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4749348" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193228v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mignet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4155/TDE.12.100" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817350v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189342v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odd Helge Gilja" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0031-1274749" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195121v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayache Bouakaz" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Tabareau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2011.08.020" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DFPZ0TNL-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186064v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tijs Rovers" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193243v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultrasmedbio.2011.05.284" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608604v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delalande" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kotopoulis" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Rovers" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pichon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Postema" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1758897911Y.0000000001" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00529475v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinda Dabboue" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine F. Bensamoun" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Canon" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2010.02.077" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00529321v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Francis Bureau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2009.09.035" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SPXJC19B-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128161v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadija Kaddur" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Tranquart" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.2933412" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075888v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Zarikian" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Lepeltier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606240v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L Barbier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524090v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Delphin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546197v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933738v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dozias S&#233;bastien" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942869v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946046v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946070v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945957v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944604v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Douat" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680350v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01610921v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340223v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Busco" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vini Vijayarangan" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Dozias" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Is&#233;ni" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385203v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Darny" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Iseni" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Damany" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944556v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945754v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344069v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vandamme" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01154976v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245680v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197807v2" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4779143" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195601v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197797v2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4779438" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245745v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197775v2" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Muji&#263;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Enger" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4779479" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128171v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245747v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#248;rn Tore Gjertsen" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576263v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195599v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195597v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189353v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189343v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576270v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03697165v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Cochran" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576277v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195559v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668578v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delehedde" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. de Concini" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cl&#233;men&#231;on" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Si Ahmed" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra M&#234;me" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090356v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Eric" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680367v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Drza&#322;" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Elas" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668579v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Stupar" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Collomb" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rome" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. And Barbier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948526v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Dezest" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576189v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195266v2" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olav Rune God&#248;" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4779072" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123117v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Marie" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Seguin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9092-4_25" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01128057v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011ORLE2076" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>