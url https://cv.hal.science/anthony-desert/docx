--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -2058,425 +2058,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01525695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Versatility of the ionic assembling method to design highly luminescent PMMA nanocomposites containing [M6Qi8La6]n- octahedral nano-building blocks</w:t>
+                <w:t xml:space="preserve">Charging and aggregation of latex particles in aqueous solutions of ionic liquids: towards an extended Hofmeister series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Amela-Cortes</w:t>
+                <w:t xml:space="preserve">Tamas Oncsik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Molard</w:t>
+                <w:t xml:space="preserve">Gregor Trefalt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Paofai</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anthony Désert</w:t>
+                <w:t xml:space="preserve">Michal Borkovec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Duvail</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Istvan Szilagyi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 45 (1), pp.237-245. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18 (10), pp.7511-7520. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C5DT03734D⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C5CP07238G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01236442v1</w:t>
+                <w:t xml:space="preserve">hal-01300113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facile design of red-emitting waveguides using hybrid nanocomposites made of inorganic clusters dispersed in SU8 photoresist host</w:t>
+                <w:t xml:space="preserve">Versatility of the ionic assembling method to design highly luminescent PMMA nanocomposites containing [M6Qi8La6]n- octahedral nano-building blocks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nolwenn Huby</w:t>
+                <w:t xml:space="preserve">Maria Amela-Cortes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Bigeon</w:t>
+                <w:t xml:space="preserve">Yann Molard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Lagneaux</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Garreau</w:t>
+                <w:t xml:space="preserve">Serge Paofai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Désert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Duvail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.optmat.2015.12.034⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 45 (1), pp.237-245. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C5DT03734D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01253411v1</w:t>
+                <w:t xml:space="preserve">hal-01236442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charging and aggregation of latex particles in aqueous solutions of ionic liquids: towards an extended Hofmeister series</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Facile design of red-emitting waveguides using hybrid nanocomposites made of inorganic clusters dispersed in SU8 photoresist host</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregor Trefalt</w:t>
+                <w:t xml:space="preserve">Nolwenn Huby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michal Borkovec</w:t>
+                <w:t xml:space="preserve">John Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Istvan Szilagyi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Quentin Lagneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Amela-Cortes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 18 (10), pp.7511-7520. </w:t>
+              <w:t xml:space="preserve">Optical Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 52, pp.196-202. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C5CP07238G⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.optmat.2015.12.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01300113v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01253411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regioselective functionalization of dimpled silica particles</w:t>
               </w:r>
@@ -2992,295 +2992,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01172201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of multivalent silica nanoparticles combining both enthalpic and entropic patchiness</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cyril Chomette</w:t>
+                <w:t xml:space="preserve">Charge detection Mass spectrometry for the characterization of Mass and surface area of composite nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Doussineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mona Tréguer-Delapierre</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Taveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Lansalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Faraday Discussions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c4fd00241e⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 119 (20), pp.10844-10849. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jp510081v⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01187264v1</w:t>
+                <w:t xml:space="preserve">hal-01161451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charge detection Mass spectrometry for the characterization of Mass and surface area of composite nanoparticles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tristan Doussineau</w:t>
+                <w:t xml:space="preserve">Synthesis of multivalent silica nanoparticles combining both enthalpic and entropic patchiness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Chomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Muriel Lansalot</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona Tréguer-Delapierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 119 (20), pp.10844-10849. </w:t>
+              <w:t xml:space="preserve">Faraday Discussions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 181, pp.139-146. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jp510081v⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c4fd00241e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01161451v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01187264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regioselective Coating of Tetrapod-like Clusters with Silica</w:t>
               </w:r>
@@ -3400,103 +3400,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Particle aggregation mechanisms in ionic liquids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Istvan Szilagyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamas Szabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregor Trefalt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamas Oncsik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 16 (20), pp.9515. </w:t>
@@ -4700,243 +4700,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04863142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l’influence de la forme et la taille de nano-objets sur le signal en NELIBS (NanoParticle Enhanced Laser Induced Breackdown spectroscopy)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Bessueille-Barbier</w:t>
+                <w:t xml:space="preserve">Colloidal assemblies and glass insertion of chiral plasmonic nanopraticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Mariani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicole Delepine-Gilon</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parola Stephane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5e édition des Journées Pratiques Francophones des Sciences Analytiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, La Faculté de Sciences et Techniques de Mohammadia (FSTM), Université Hassan II Casablanca, May 2023, Casablanca,, Maroc</w:t>
+              <w:t xml:space="preserve">11ème conférence Or-nano (Or-nano Strasbourg 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR Ornano, Oct 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04586377v1</w:t>
+                <w:t xml:space="preserve">hal-04863132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colloidal assemblies and glass insertion of chiral plasmonic nanopraticles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pablo Mariani</w:t>
+                <w:t xml:space="preserve">Etude de l’influence de la forme et la taille de nano-objets sur le signal en NELIBS (NanoParticle Enhanced Laser Induced Breackdown spectroscopy)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Baskali-Bouregaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">linda ayouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Bessueille-Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Parola Stephane</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Delepine-Gilon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème conférence Or-nano (Or-nano Strasbourg 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR Ornano, Oct 2023, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">5e édition des Journées Pratiques Francophones des Sciences Analytiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Faculté de Sciences et Techniques de Mohammadia (FSTM), Université Hassan II Casablanca, May 2023, Casablanca,, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04863132v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04586377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Light extraction and injection enhancement using metallic nanocubes.</w:t>
               </w:r>
@@ -5041,284 +5041,284 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04499979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanostructured Objects designed to improve “NanoParticle Enhanced-LIBS” analysis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chirality transfer from small thiolated molecule to plasmonic Au@Au and Au@Ag nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Mariani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Carone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Désert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parola Stephane</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XII International “Laser Induced Breakdown Spectroscopy” conference LIBS 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Bari, Sep 2022, Bari, Italy</w:t>
+              <w:t xml:space="preserve">Workshop Or-nano on chirality and gold nanostructures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR OrNano, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03966945v1</w:t>
+                <w:t xml:space="preserve">hal-04863123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and self-assembly of anisotropic gold nanostructures and their optical properties</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nanostructured Objects designed to improve “NanoParticle Enhanced-LIBS” analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Gilon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jad Sahili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Desert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Baskali-Bouregaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tessa Reinert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème conférence GdR Or-nano</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">XII International “Laser Induced Breakdown Spectroscopy” conference LIBS 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Bari, Sep 2022, Bari, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04863206v1</w:t>
+                <w:t xml:space="preserve">hal-03966945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasmonic Chiral Au@Ag and Au@Au Nanoparticles and Chiral Plasmonic Glasses</w:t>
+                <w:t xml:space="preserve">Synthesis and self-assembly of anisotropic gold nanostructures and their optical properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Carone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Mariani</w:t>
@@ -5336,384 +5336,384 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Parola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multifunctional, Hybrid and Nanomaterials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Gênes, Italy</w:t>
+              <w:t xml:space="preserve">11ème conférence GdR Or-nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04863189v1</w:t>
+                <w:t xml:space="preserve">hal-04863206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chirality transfer from small thiolated molecule to plasmonic Au@Au and Au@Ag nanoparticles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Plasmonic Chiral Au@Ag and Au@Au Nanoparticles and Chiral Plasmonic Glasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Carone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Mariani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Parola Stephane</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Parola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Or-nano on chirality and gold nanostructures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR OrNano, Jun 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Multifunctional, Hybrid and Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Gênes, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04863123v1</w:t>
+                <w:t xml:space="preserve">hal-04863189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasmonic chirality in Au@Ag and Au@Au nanoparticles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Colloidal assembly of anisotropic gold nanostructures and optical plasmonic properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Carone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pablo Mariani</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Parola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop NANOANDES</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Lima, Peru</w:t>
+              <w:t xml:space="preserve">C’Nano 2020 The Nanoscience meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04739560v1</w:t>
+                <w:t xml:space="preserve">hal-04863167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colloidal assembly of anisotropic gold nanostructures and optical plasmonic properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Plasmonic chirality in Au@Ag and Au@Au nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Désert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parola Stephane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Carone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stephane Parola</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Mariani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">C’Nano 2020 The Nanoscience meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Toulouse, France</w:t>
+              <w:t xml:space="preserve">International Workshop NANOANDES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Lima, Peru</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04863167v1</w:t>
+                <w:t xml:space="preserve">hal-04739560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anisotropy and chirality of colloidal plasmonic nanoparticles</w:t>
               </w:r>
@@ -5887,277 +5887,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04739344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception de nanostructures unidimensionnelles pour l’émission et le guidage de la lumière à une échelle sub-lambda</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design of hybrid 1D nanostructures for sub-wavelength wave-guiding, emission and sensing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Funes</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                <w:t xml:space="preserve">J L Duvail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Funes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anthony Désert</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24ème Congrès Général de la Société Française de Physique - SFP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Orsay - Paris, France</w:t>
+              <w:t xml:space="preserve">C'NANO 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01567681v1</w:t>
+                <w:t xml:space="preserve">hal-01644104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of hybrid 1D nanostructures for sub-wavelength wave-guiding, emission and sensing</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                <w:t xml:space="preserve">Conception de nanostructures unidimensionnelles pour l’émission et le guidage de la lumière à une échelle sub-lambda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Duvail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Funes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Garreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A Désert</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">C'NANO 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Lyon, France</w:t>
+              <w:t xml:space="preserve">24ème Congrès Général de la Société Française de Physique - SFP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Orsay - Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01644104v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01567681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition Metal Cluster Compounds: Luminescence and Design of (nano)Composites</w:t>
               </w:r>
@@ -6268,90 +6268,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polymer-Based Nanowires and Nanotubes: nanosources, wave-guiding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Duvail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Garreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Bigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Huby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Bêche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6976,584 +6976,584 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04863236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear and Chiral Plasmonic Glasses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Chateau</w:t>
+                <w:t xml:space="preserve">Chirality transfer from molecule to plasmonic Au@Au and Au@Ag nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Mariani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Carone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parola Stephane</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Workshop on Nano- and Bio-Photonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Evian-les-Bains, France</w:t>
+              <w:t xml:space="preserve">11ème conférence Or-nano (Or-nano Lyon 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04740965v1</w:t>
+                <w:t xml:space="preserve">hal-04863229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chirality transfer from molecule to plasmonic Au@Au and Au@Ag nanoparticles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nonlinear and chiral plasmonic glasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Carone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Mariani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Parola Stephane</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Parola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème conférence Or-nano (Or-nano Lyon 2022)</w:t>
+              <w:t xml:space="preserve">11ème conférence GdR Or-nano</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04863229v1</w:t>
+                <w:t xml:space="preserve">hal-04863217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear and chiral plasmonic glasses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nonlinear and Chiral Plasmonic Glasses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Chateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Carone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Mariani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lerouge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème conférence GdR Or-nano</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">6th International Workshop on Nano- and Bio-Photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Evian-les-Bains, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04863217v1</w:t>
+                <w:t xml:space="preserve">hal-04740965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chirality transfer from small thiolated molecule to plasmonic gold and silver core-shell nanoparticles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Colloidal assembly of anisotropic gold nanostructures and optical-plasmonic properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Carone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Mariani</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antonio Carone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parola Stephane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Workshop on Metallic Nano-Objects (MNO 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Saint Etienne, France</w:t>
+              <w:t xml:space="preserve">Ecole résidentielle ERIN2C’NANO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Erquy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04863224v1</w:t>
+                <w:t xml:space="preserve">hal-04863210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colloidal assembly of anisotropic gold nanostructures and optical-plasmonic properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chirality transfer from small thiolated molecule to plasmonic gold and silver core-shell nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Mariani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Carone</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pablo Mariani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Désert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parola Stephane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecole résidentielle ERIN2C’NANO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Erquy, France</w:t>
+              <w:t xml:space="preserve">5th International Workshop on Metallic Nano-Objects (MNO 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Saint Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04863210v1</w:t>
+                <w:t xml:space="preserve">hal-04863224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7732,51 +7732,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A7E9A011"/>
+    <w:nsid w:val="375EC2B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7963,51 +7963,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anthony-desert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9512-832X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/159674603" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371785v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Khitous" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Molinaro" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Vidal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephania Abdallah" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony D&#233;sert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CP02133B" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155275v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jad Sahili" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessa Reinert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Baskali-Bouregaa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Desert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Gilon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2023.106697" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736190v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Carone" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Mariani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Parola" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202300119" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068954v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Emilsson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2na00809b" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560419v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Romanelli" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Marcheselli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.1c08824" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762391v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ch&#226;teau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain David" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Berginc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Lopes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chaput" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.1c04422" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03227228v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Khaywah" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Potdevin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois R&#233;veret" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Mahiou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Ouerdane" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c01140" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198188v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Hubert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Chomette" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Madeira" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Perro" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0nh00620c" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591102v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Mendoza" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chateau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Monnereau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhoussain Khrouz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0na00533a" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739647v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lerouge" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Landaburu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Santucci" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.9b12973" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972330v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Khlaifia" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mbarek" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Garreau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Mevellec" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/aaf0c0" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088722v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Paez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-019-04763-5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088940v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konrad Cyprych" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslaw Mysliwiec" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano8121051" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525695v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lund&#233;n" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lopes" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lindgren" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Liotta" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chateau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2017.04.024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BF1VFLCZ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01236442v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Amela-Cortes" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Molard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Paofai" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Duvail" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5DT03734D" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253411v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Huby" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bigeon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lagneaux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2015.12.034" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300113v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamas Oncsik" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Trefalt" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Borkovec" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Szilagyi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CP07238G" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385231v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Rouet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony D&#233;sert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Tr&#233;guer-Delapierre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2016.05.089" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282837v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Morele" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Taveau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lambert" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lansalot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5NR07613G" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378746v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Liotta" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damia Gregori" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lerouge" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Chaput" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10971-016-4116-y" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172201v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chaduc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Parvole" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Doussineau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Antoine" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2015.06.008" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187264v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Sun" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4fd00241e" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161451v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp510081v" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01096739v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Thill" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Spalla" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15421406.2014.967651" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300096v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamas Szabo" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cp00804a" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873653v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Fu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Moulet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Majimel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201304273" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858191v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Angly" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Iazzolino" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Salmon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Leng" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivasankaran Prathap Chandran" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn401764r" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685215v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Fouilloux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2PY20058A" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725895v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la301857h" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560351v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Duguet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Ravaine" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0CS00048E" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011850v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tach&#233;" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Daillant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2010.02.052" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4MC16BZ0-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863137v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Guy" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parola Stephane" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863146v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863142v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Seguin-Llosa" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bagnouls" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586377v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=linda ayouni" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bessueille-Barbier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Delepine-Gilon" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863132v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04499979v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Reveret" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khaywah" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Potdevin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mahiou" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ouerdane" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966945v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863206v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863189v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863123v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739560v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863167v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739578v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739344v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567681v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Funes" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644104v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J L Duvail" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Funes" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garreau" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A D&#233;sert" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341133v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Massuyeau" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L Duvail" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Faulques" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01175672v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B&#234;che" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417632v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Henry" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Gaetani-Liseo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Helbling" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04790199v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Babu" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boyer" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863250v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863241v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863236v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740965v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863229v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863217v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863224v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863210v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00949569v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011BOR14431" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anthony-desert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9512-832X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/159674603" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371785v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Khitous" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Molinaro" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Vidal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephania Abdallah" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony D&#233;sert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CP02133B" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155275v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jad Sahili" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tessa Reinert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Baskali-Bouregaa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Desert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Gilon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2023.106697" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736190v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Carone" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Mariani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Parola" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202300119" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068954v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Emilsson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2na00809b" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560419v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Romanelli" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Marcheselli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.1c08824" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762391v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ch&#226;teau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain David" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Berginc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Lopes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chaput" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.1c04422" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03227228v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Khaywah" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Potdevin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois R&#233;veret" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Mahiou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Ouerdane" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c01140" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198188v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Hubert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Chomette" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Madeira" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Perro" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0nh00620c" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591102v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Mendoza" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chateau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Monnereau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lhoussain Khrouz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0na00533a" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739647v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lerouge" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Landaburu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Santucci" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.9b12973" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01972330v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Khlaifia" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Mbarek" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Garreau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Mevellec" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/aaf0c0" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088722v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Paez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-019-04763-5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088940v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konrad Cyprych" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaroslaw Mysliwiec" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano8121051" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525695v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lund&#233;n" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lopes" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lindgren" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Liotta" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chateau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2017.04.024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BF1VFLCZ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300113v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamas Oncsik" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Trefalt" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Borkovec" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Szilagyi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CP07238G" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01236442v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Amela-Cortes" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Molard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Paofai" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Duvail" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5DT03734D" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01253411v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Huby" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bigeon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lagneaux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2015.12.034" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385231v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Rouet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony D&#233;sert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Tr&#233;guer-Delapierre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2016.05.089" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282837v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Morele" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Taveau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lambert" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lansalot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5NR07613G" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378746v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Liotta" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damia Gregori" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lerouge" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Chaput" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10971-016-4116-y" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172201v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chaduc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Parvole" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Doussineau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Antoine" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2015.06.008" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161451v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp510081v" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187264v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Sun" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4fd00241e" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01096739v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Thill" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Spalla" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15421406.2014.967651" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300096v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamas Szabo" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4cp00804a" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873653v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zheng Fu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Moulet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Majimel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201304273" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858191v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Angly" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Iazzolino" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Salmon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Leng" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sivasankaran Prathap Chandran" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn401764r" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685215v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Fouilloux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2PY20058A" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725895v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la301857h" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560351v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Duguet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Ravaine" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0CS00048E" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011850v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tach&#233;" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Daillant" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2010.02.052" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4MC16BZ0-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863137v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Guy" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parola Stephane" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863146v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863142v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Seguin-Llosa" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Bagnouls" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863132v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586377v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=linda ayouni" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bessueille-Barbier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Delepine-Gilon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04499979v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Reveret" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Khaywah" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Potdevin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mahiou" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ouerdane" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863123v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966945v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863206v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863189v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863167v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739560v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739578v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739344v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644104v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J L Duvail" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Funes" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Garreau" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A D&#233;sert" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567681v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Funes" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341133v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Massuyeau" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L Duvail" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Faulques" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01175672v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B&#234;che" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417632v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Henry" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Gaetani-Liseo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Helbling" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04790199v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Babu" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Boyer" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863250v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863241v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863236v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863229v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863217v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740965v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863210v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863224v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00949569v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011BOR14431" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>