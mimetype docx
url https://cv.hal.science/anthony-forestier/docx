--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -191,1499 +191,1719 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (4)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ce que l’EPS fait à la socialisation des élèves allophones au collège. Anatomie de deux portraits sociologiques entre dispositionnalisme et contextualisme</w:t>
+                <w:t xml:space="preserve">Sackett (Blair) &amp; Lareau (Annette), We Thought It Would Be Heaven. Refugees in an Unequal America, Oakland (CA), University of California Press, 2023, 302 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Forestier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Combaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/sta.pa.0111⟩</w:t>
+              <w:t xml:space="preserve">Politix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, n° 150 (2), pp.169-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pox.150.0169⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05067691v1</w:t>
+                <w:t xml:space="preserve">hal-05549117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What is transformed, resists, or is strengthened in physical education in school contexts? Analyzing the dispositional plasticity of a female migrant student</w:t>
+                <w:t xml:space="preserve">Ce que l’EPS fait à la socialisation des élèves allophones au collège. Anatomie de deux portraits sociologiques entre dispositionnalisme et contextualisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Sempé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Combaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Qualitative Studies in Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.1-15. </w:t>
+              <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 152, pp.31-50. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/09518398.2025.2452651⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/sta.pa.0111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04909097v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05067691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyser les effets socialisateurs des stratégies professionnelles déployées pour enseigner l’EPS à des élèves allophones nouvellement arrivé·es en France</w:t>
+                <w:t xml:space="preserve">What is transformed, resists, or is strengthened in physical education in school contexts? Analyzing the dispositional plasticity of a female migrant student</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Sempé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Combaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Qualitative Studies in Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09518398.2025.2452651⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04578382v1</w:t>
+                <w:t xml:space="preserve">hal-04909097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Analyser les effets socialisateurs des stratégies professionnelles déployées pour enseigner l’EPS à des élèves allophones nouvellement arrivé·es en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Sempé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Combaz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 70, pp.1-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04578382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Choreographing gender: masculine domination and heteronormativity in physical education</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Håkan Larsson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sport, Education and Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 28 (2), pp.132-143. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13573322.2021.1997980⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04578377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carrières des pratiquantes menstruées et matériel hygiénique : entre expériences vécues et techniques corporelles</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">À l’école des « allophones nouvellement arrivé·es en France » : ethnographier les expériences des élèves et les pratiques enseignantes en EPS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Forestier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean Saint-martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès international Les Enjeux des Jeux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Invitation au séminaire scientifique du CRIFPE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre de recherche interuniversitaire sur la formation et la profession enseignante, Feb 2026, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05416288v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05549102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reversing school domination in France. Digging into the socialisation of countries of origin and migratory pathways to understand the atypical school success of allophone students</w:t>
+                <w:t xml:space="preserve">Corps féminins et menstruations en Éducation Physique. Des pratiques professionnelles des enseignant·es aux expériences corporelles des élèves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd IMISCOE Annual Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Convergences Migrations; Campus Condorcet, Jul 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Invitation au séminaire scientifique du GRAPA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe de recherche en activité physique adaptée, Feb 2026, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05233866v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05549134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« L’UPE2A, c’est qu’un an ! Juste un an... Un an, ça passe vite » : des scolarités allophones au prisme du temps.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international OJEMIGR - Penser les trajectoires scolaires et professionnelles des jeunes dans l'immigration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2025, Aubervilliers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05416272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Migrer d’un pays à l’autre : analyser la (trans)formation des dispositions corporelles et du rapport au sport d’une élève allophone afghane</w:t>
+                <w:t xml:space="preserve">Reversing school domination in France. Digging into the socialisation of countries of origin and migratory pathways to understand the atypical school success of allophone students</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème Congrès de l’Association Française de Sociologie | RT 31 Sociologie du sport et des activités physiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Toulouse Jean Jaurès, Jul 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">22nd IMISCOE Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Convergences Migrations; Campus Condorcet, Jul 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05233878v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05233866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyser la plasticité dispositionnelle des élèves allophones en contexte scolaire. Une accommodation progressive et inégale en EPS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Carrières des pratiquantes menstruées et matériel hygiénique : entre expériences vécues et techniques corporelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Paintendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Favier-Ambrosini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Saint-martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIème Congrès international de la Société de Sociologie du Sport de Langue Française (3SLF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Congrès international Les Enjeux des Jeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04908938v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05416288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construire sa « légende » sur le terrain de recherche. Enquêter en sociologie de l’éducation physique dans la communauté scolaire</w:t>
+                <w:t xml:space="preserve">Migrer d’un pays à l’autre : analyser la (trans)formation des dispositions corporelles et du rapport au sport d’une élève allophone afghane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress of Sociology of Sport - International Sociology of Sport Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Ottawa (Canada), France</w:t>
+              <w:t xml:space="preserve">11ème Congrès de l’Association Française de Sociologie | RT 31 Sociologie du sport et des activités physiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Toulouse Jean Jaurès, Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04908900v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05233878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’usage du portrait en sociologie de l’EPS. Analyser ce qui se transforme, ce qui résiste et ce qui se renforce chez une élève allophone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire scientifique du GreHSS, laboratoire Analyse Comparée des Pouvoirs (ACP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Marne-La-Vallée, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04909009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émigrer, immigrer, franchir les frontières. Analyse dispositionnaliste et contextualiste de l’accommodation scolaire des élèves allophones en EPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Congrès de l’Association Française de Sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Lyon 2, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04908917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La « jouer collectif » dans l’accommodation scolaire des lycéen·nes allophones en EPS. Une socialisation inégale dans les sports collectifs</w:t>
+                <w:t xml:space="preserve">Analyser la plasticité dispositionnelle des élèves allophones en contexte scolaire. Une accommodation progressive et inégale en EPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Biennale de l’AFRAPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Brest, France</w:t>
+              <w:t xml:space="preserve">XIIème Congrès international de la Société de Sociologie du Sport de Langue Française (3SLF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04908943v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04908938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Normaliser « par corps » en EPS. Portrait d’un élève migrant dans le système scolaire français</w:t>
+                <w:t xml:space="preserve">Construire sa « légende » sur le terrain de recherche. Enquêter en sociologie de l’éducation physique dans la communauté scolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème Université d’été du RéDoc de l’AISLF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Rennes, France</w:t>
+              <w:t xml:space="preserve">World Congress of Sociology of Sport - International Sociology of Sport Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Ottawa (Canada), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04908954v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04908900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Être une élève portugaise migrante en EPS dans un collège français. Analyse d’un portrait pour saisir la (trans)formation de dispositions plurielles</w:t>
+                <w:t xml:space="preserve">La « jouer collectif » dans l’accommodation scolaire des lycéen·nes allophones en EPS. Une socialisation inégale dans les sports collectifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIIème Colloque du Réseau des Doctorants en Études Sportives (REDESP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">10ème Biennale de l’AFRAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04908976v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04908943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre tradition et innovation dans l’usage de l’ethnographie. Analyse de deux dispositifs méthodologiques « en train de se faire »</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Normaliser « par corps » en EPS. Portrait d’un élève migrant dans le système scolaire français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vème Journées doctorales de l’école doctorale Sociétés, Temps et Territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Saint-Gildas de Rhuys, France</w:t>
+              <w:t xml:space="preserve">12ème Université d’été du RéDoc de l’AISLF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04909001v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04908954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des usages et effets du langage dans la socialisation « par corps » d’un élève migrant en EPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIème Congrès international de la Société de Sociologie du Sport de Langue Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04908961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre tradition et innovation dans l’usage de l’ethnographie. Analyse de deux dispositifs méthodologiques « en train de se faire »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléa Chiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vème Journées doctorales de l’école doctorale Sociétés, Temps et Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Saint-Gildas de Rhuys, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04909001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Être une élève portugaise migrante en EPS dans un collège français. Analyse d’un portrait pour saisir la (trans)formation de dispositions plurielles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Forestier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XIIIème Colloque du Réseau des Doctorants en Études Sportives (REDESP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04908976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’hétérogénéité dans la socialisation « par corps » des élèves migrant·es en EPS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Biennale Romande de la recherche en Education Physique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Lausanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04908987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1693,112 +1913,112 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ethnographier une odyssée scolaire. La socialisation à l’école des élèves allophones nouvellement arrivé·es en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fête de la science de l'Université Rennes 2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04909036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId40"/>
+      <w:footerReference w:type="default" r:id="rId44"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1866,51 +2086,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A828336C"/>
+    <w:nsid w:val="0352D06B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2097,51 +2317,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anthony-forestier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5485-3522" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067691v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Forestier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Semp&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Combaz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.pa.0111" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909097v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09518398.2025.2452651" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578382v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578377v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#229;kan Larsson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13573322.2021.1997980" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416288v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Paintendre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Favier-Ambrosini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Saint-martin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233866v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416272v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233878v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908938v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908900v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909009v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908917v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908943v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908954v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908976v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909001v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;a Chiron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908961v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908987v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909036v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anthony-forestier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5485-3522" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549117v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Forestier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.150.0169" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067691v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Semp&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Combaz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.pa.0111" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909097v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09518398.2025.2452651" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578382v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578377v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#229;kan Larsson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13573322.2021.1997980" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549102v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549134v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416272v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233866v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416288v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Paintendre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Favier-Ambrosini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Saint-martin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233878v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909009v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908917v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908938v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908900v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908943v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908954v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908961v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909001v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;a Chiron" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908976v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908987v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909036v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>