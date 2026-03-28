--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -608,278 +608,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04703069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chromolithographed history: brands’ trade cards and the co-construction of the French “roman national” (1900s-1930s)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’approche historique en marketing et sur la consommation : apports et programmes de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gorge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Galluzzo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Historical Research in Marketing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/JHRM-05-2021-0020⟩</w:t>
+              <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37 (2), pp.80-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/07673701211033877⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04567164v1</w:t>
+                <w:t xml:space="preserve">hal-04061922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Longévité et résilience de l’accès illégal aux contenus culturels. Interroger les persistances et les sorties de carrières pirates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Galluzzo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gérer et Comprendre. Annales des Mines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, N° 145 (3), pp.27-45. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/geco1.145.0027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04726780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’approche historique en marketing et sur la consommation : apports et programmes de recherche</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chromolithographed history: brands’ trade cards and the co-construction of the French “roman national” (1900s-1930s)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Galluzzo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 37 (2), pp.80-98. </w:t>
+              <w:t xml:space="preserve">Journal of Historical Research in Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (1), pp.48-65. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/07673701211033877⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1108/JHRM-05-2021-0020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04061922v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04567164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Au-delà de la musique : comment les fans inventent le récit de leurs idoles</w:t>
               </w:r>
@@ -947,51 +947,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entrepreneurs institutionnels et stratégies de légitimation. Le cas de l’hygiène corporelle en France de 1880 à 1980</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Galluzzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gorge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 35 (4), pp.3-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1531,165 +1531,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les grands magasins et l’avènement de la modernité marchande</w:t>
+                <w:t xml:space="preserve">Le grand magasin ou le spectacle de la marchandise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Galluzzo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le spectacle de la marchandise. Ville, art et commerce – 1860-1914</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Fine éditions d'art; Musée des Beaux-Arts de Caen, 2024, 978-2382031742</w:t>
+              <w:t xml:space="preserve">La saga des grands magasins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 978-2-7118-8069-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04748142v1</w:t>
+                <w:t xml:space="preserve">hal-04878684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le grand magasin ou le spectacle de la marchandise</w:t>
+                <w:t xml:space="preserve">Les grands magasins et l’avènement de la modernité marchande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Galluzzo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La saga des grands magasins</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 978-2-7118-8069-0</w:t>
+              <w:t xml:space="preserve">Le spectacle de la marchandise. Ville, art et commerce – 1860-1914</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fine éditions d'art; Musée des Beaux-Arts de Caen, 2024, 978-2382031742</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04878684v1</w:t>
+                <w:t xml:space="preserve">hal-04748142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2963,51 +2963,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726627v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Pasquier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Galluzzo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ambroise" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.156.0020" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436779v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric R&#233;my" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Roux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Arnould" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#248;ren Askegaard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Beudaert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20515707231221614" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566194v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07673701231220996" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04703069v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Devaux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Aggeri" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Saint-Martin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.2833" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567164v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JHRM-05-2021-0020" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726780v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.145.0027" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061922v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gorge" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07673701211033877" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726787v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061984v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370120910994" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001120v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Favier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Galan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726778v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48748/76CG-F819" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716593v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00913426v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720262v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720255v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748142v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878684v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991496v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738956v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738952v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738954v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235706v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235619v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238020v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238028v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243366v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243403v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243850v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04878670v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726627v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Pasquier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Galluzzo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ambroise" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.156.0020" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04436779v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric R&#233;my" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Roux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Arnould" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#248;ren Askegaard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Beudaert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20515707231221614" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566194v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07673701231220996" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04703069v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Devaux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Aggeri" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Saint-Martin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaderni.2833" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061922v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gorge" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/07673701211033877" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726780v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco1.145.0027" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567164v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JHRM-05-2021-0020" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726787v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061984v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370120910994" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02001120v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Favier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Galan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726778v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48748/76CG-F819" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04716593v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00913426v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720262v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720255v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878684v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748142v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991496v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738956v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738952v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738954v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235706v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235619v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238020v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238028v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243366v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243403v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243850v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04878670v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>