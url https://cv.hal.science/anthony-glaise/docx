--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,1668 +100,1668 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Du chroniqueur littéraire au « journaliste-pédagogue ». Un regard sur Maurice Barrès journaliste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 27 (1), pp.608. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.58282/acta.20528⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05476044v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Rome polluée, envahie par les voluptueux et féroces cultes d'Asie... » (O. Mirbeau) Une lecture de L'Agonie de Jean Lombard (1888)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Glaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Roczniki Humanistyczne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05472608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Du chroniqueur littéraire au « journaliste-pédagogue ». Un regard sur Maurice Barrès journaliste</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Portrait de l'artiste en Ottoman. Deux regards sur Pierre Loti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l’Association internationale des amis de Pierre Loti</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 44, p. 76-85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05472609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Tout Phèdre, à ce qu'il me semblait, tout Polyeucte... » Péguy, lecteur et critique de Corneille et de Racine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Amitié Charles Péguy [Bulletin d'informations et de recherches]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 187-188, p. 327-343</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05062249v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de Y. Sordet, Histoire du livre et de l'édition, Paris, Albin Michel, 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de la Société bibliographique du Canada</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 62</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05062245v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Poëte et l'Exégète. Présences d'Origène dans l'œuvre de Paul Claudel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société Paul Claudel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2, p. 125-139</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05062243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de J.-M. Wavelet, Charles Péguy, le rempailleur de textes, Paris, L'Harmattan, 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Amitié Charles Péguy [Bulletin d'informations et de recherches]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 185, pp.85-87</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05062246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de C. Barral, Le Tact du polémiste. Karl Kraus, Charles Péguy et Lu Xun, Paris, Classiques Garnier, 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Amitié Charles Péguy [Bulletin d'informations et de recherches]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 185, pp.87-90</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05062248v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Barrès : la biographie d'une œuvre'' (compte-rendu d'Emmanuel Godo, Maurice Barrès. Le grand inconnu 1862-1923)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Glaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta fabula : Revue des parutions pour les études littéraires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 27 (1), pp.608. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2024, 25 (5)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Portrait de l'artiste en Ottoman. Deux regards sur Pierre Loti</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04750794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la Cité de Dieu à la Terre du Milieu. Pour une lecture augustinienne de J. R. R. Tolkien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Publications numériques du CÉRÉdI, « Actes de colloques et journées d’étude »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04776749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À la recherche du Figaro perdu. Sur une (re)découverte inespérée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Glaise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l’Association internationale des amis de Pierre Loti</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026, 44, p. 76-85</w:t>
+              <w:t xml:space="preserve">, 2024, 43, pp.43-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 187-188, p. 327-343</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05062244v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François au miroir de Pascal. Une lecture de Sublimitas et miseria hominis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nouvelle revue théologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 146/2, p. 268-285</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 185, pp.85-87</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04526881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les tirailleurs, « témoins du monde nouveau qui sera demain ». Hosties noires, de la déploration lyrique à la rédemption universelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers numériques de la SIELEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1, p. 67-85</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04526877v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de J.-L. Quantin, ''Historial Criticism, Confessional Controversy, and Self-Censorship : Henry Savile and the Lives of John Chrysostom'', Erudition and the Republic of Letters, 6 (2021), p. 138-223</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'études augustiniennes et patristiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 69, pp.233-234</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 2, p. 125-139</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04776758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuscrits médiévaux et sociabilité humaniste. Autour du Bâle, Universitätsbibliothek, B II 15</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réforme, Humanisme, Renaissance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 96/1, p. 127-140</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 185, pp.87-90</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04526893v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de J. Devriendt, ''Les références à Jean Chrysostome dans le Commentaire sur Jean de Maître Eckhart'', dans M.-A. Vannier (dir.), Maître Eckhart, lecteur des Pères grecs, Beauchesne, 2020, p. 109-135</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'études augustiniennes et patristiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 69, pp.245</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, In press, 62</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04776755v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recension de P. Molinié, ''De quoi l'homélie est-elle le sacrement ? Dialogue entre les Pères de l’Église et le magistère contemporain'', Nouvelle Revue Théologique, 142 (2020), p. 578-591</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'études augustiniennes et patristiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 69, pp.207-208</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 30</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04776757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire entrer l'Évangile dans la vie du chrétien : les tentations du Christ chez Jean Chrysostome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Graphè</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 30, p. 59-78</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 25 (5)</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04526897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Réfléchis combien tu recevras de récompenses » : la rhétorique de l'espérance dans les œuvres de Jean Chrysostome adressées à Olympias</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Nord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Hors-série n°44, p. 39-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...64 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04526825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polémiques, traditions et identités : réflexions autour des Discours contre les juifs et les judaïsants de Jean Chrysostome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archimède : archéologie et histoire ancienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Archimède. Archéologie et histoire ancienne, 8, pp.150-158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.47245/archimede.0008.ds2.06⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 146/2, p. 268-285</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03279859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Quod Christus sit Deus in manuscripts : A New Perspective about Chrysostom's Polemical Works ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Studia Patristica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Vol. 11, John Chrysostom through Manuscripts, Editions and History, p. 131-142</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 1, p. 67-85</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04526847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La tragique épopée des Misères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Verger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 69, pp.233-234</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04526914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'accord des Écritures : un gage de confiance pour le chrétien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Glaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Camenulae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...575 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04526920v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04526914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3446,51 +3446,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472608v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Glaise" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476044v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.20528" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472609v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062249v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062246v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062243v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062248v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062245v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776749v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750794v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062244v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526881v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526877v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776758v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526893v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776755v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776757v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526897v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526825v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03279859v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47245/archimede.0008.ds2.06" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526847v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526920v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526914v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472617v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472615v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062252v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776752v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526976v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526955v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526982v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526988v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526992v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527005v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527010v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cl&#233;rice" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526903v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526960v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526800v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526810v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526862v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526855v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472611v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514246v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bawden" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Pinche" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smith David" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476044v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Glaise" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/acta.20528" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472608v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472609v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062249v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062245v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062243v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062246v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062248v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750794v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776749v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062244v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526881v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526877v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776758v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526893v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776755v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776757v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526897v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526825v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03279859v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47245/archimede.0008.ds2.06" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526847v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526914v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526920v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472617v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472615v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062252v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776752v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526976v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526955v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526982v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526988v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526992v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527005v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527010v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cl&#233;rice" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526903v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526960v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526800v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526810v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526862v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526855v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472611v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514246v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bawden" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Pinche" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smith David" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>