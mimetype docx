--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -1521,261 +1521,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03326283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distributing deep neural networks for maximising computing capabilities and power efficiency in swarm</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Victor Gacoin</w:t>
+                <w:t xml:space="preserve">A new algorithm for an incremental sigma-delta converter reconstruction filter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Lelandais-Perrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Benabes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Kolar</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Régis Guinvarc'H</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE International Symposium on Circuits and Systems (ISCAS)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ISCAS.2019.8702672⟩</w:t>
+              <w:t xml:space="preserve">32nd SBC/SBMicro/IEEE/ACM Symposium on Integrated Circuits and Systems Design (SBCCI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Sao Paulo, Brazil. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3338852.3339839⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02434837v1</w:t>
+                <w:t xml:space="preserve">hal-03326322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new algorithm for an incremental sigma-delta converter reconstruction filter</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Benabes</w:t>
+                <w:t xml:space="preserve">Distributing deep neural networks for maximising computing capabilities and power efficiency in swarm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Gacoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Kolar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chengfang Ren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Guinvarc'H</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32nd SBC/SBMicro/IEEE/ACM Symposium on Integrated Circuits and Systems Design (SBCCI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Sao Paulo, Brazil. </w:t>
+              <w:t xml:space="preserve">2019 IEEE International Symposium on Circuits and Systems (ISCAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Sapporo, Japan. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3338852.3339839⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ISCAS.2019.8702672⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03326322v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02434837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Accuracy-Area Tradeoff for Mixed-Signal Computation in Programmable Smart Image Sensors</w:t>
               </w:r>
@@ -2674,51 +2674,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01534347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrated digital architecture for the real-time reconstruction in a VSIP sensor</w:t>
+                <w:t xml:space="preserve">A digital processing architecture for 3D reconstruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Kolar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarik Graba</w:t>
@@ -2749,97 +2749,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Romain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Granado</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Electronics, Circuits and Systems (ICECS 2006)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Nice, France</w:t>
+              <w:t xml:space="preserve">IEEE International Workshop on Computer Architecture for Machine Perception and Sensing (CAMPS2006)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01534351v1</w:t>
+                <w:t xml:space="preserve">hal-01534350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A digital processing architecture for 3D reconstruction</w:t>
+                <w:t xml:space="preserve">An integrated digital architecture for the real-time reconstruction in a VSIP sensor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Kolar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarik Graba</w:t>
@@ -2870,73 +2870,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Romain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Granado</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Workshop on Computer Architecture for Machine Perception and Sensing (CAMPS2006)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, montreal, Canada</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Electronics, Circuits and Systems (ICECS 2006)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01534350v1</w:t>
+                <w:t xml:space="preserve">hal-01534351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3367,51 +3367,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8D5A0FEC"/>
+    <w:nsid w:val="78ED48AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3598,51 +3598,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anthony-kolar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4041-1723" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/143352296" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03323962v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Huang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lelandais-Perrault" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Kolar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;nab&#232;s" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-021-01813-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01943432v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Le Hir" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Vinci dos Santos" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-018-1342-y" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812725v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bisiaux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Benabes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-018-1238-x" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691980v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Escobar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naim Harb" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Valderrama" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micpro.2017.04.001" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665790v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Romain" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jad Ayoub" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Viateur" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Granado" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tbcas.2010.2049265" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534262v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pinna" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ea" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198848v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Faura" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2009/716317" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151361v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Waltsburger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Libessart" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengfang Ren" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Guinvarc'H" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS46773.2023.10181766" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712096v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Pan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Avignon-Meseldzija" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Perros" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Mika" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Boulate" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS53924.2021.9665487" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03326283v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Moudda Azzem" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ben Chouikha" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakeim Talleb" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS49266.2020.9294950" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434837v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Gacoin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2019.8702672" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03326322v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3338852.3339839" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01943422v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/newcas.2018.8585521" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01672180v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2017.8010178" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646639v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2017.8010144" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01357892v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBCCI.2016.7724065" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01222050v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Maris Ferreira" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2800986.2801020" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298073v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534346v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Graba" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534347v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Belhaire" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534351v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534350v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741934v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thevenin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/18232" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534448v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741156v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Duranton" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anthony-kolar" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4041-1723" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/143352296" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03323962v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Huang" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lelandais-Perrault" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Kolar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;nab&#232;s" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-021-01813-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01943432v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Le Hir" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Vinci dos Santos" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-018-1342-y" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812725v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bisiaux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Benabes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10470-018-1238-x" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691980v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Escobar" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naim Harb" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Valderrama" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micpro.2017.04.001" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665790v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Romain" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jad Ayoub" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Viateur" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Granado" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tbcas.2010.2049265" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534262v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pinna" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ea" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198848v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Faura" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2009/716317" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151361v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Waltsburger" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Libessart" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengfang Ren" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Guinvarc'H" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS46773.2023.10181766" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712096v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Pan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Avignon-Meseldzija" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Perros" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Mika" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Boulate" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS53924.2021.9665487" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03326283v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Moudda Azzem" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ben Chouikha" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakeim Talleb" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICECS49266.2020.9294950" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03326322v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3338852.3339839" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434837v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Gacoin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCAS.2019.8702672" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01943422v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/newcas.2018.8585521" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01672180v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2017.8010178" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646639v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NEWCAS.2017.8010144" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01357892v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SBCCI.2016.7724065" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01222050v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Maris Ferreira" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2800986.2801020" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298073v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534346v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarik Graba" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534347v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Belhaire" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534350v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534351v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741934v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thevenin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/18232" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534448v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741156v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Duranton" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>