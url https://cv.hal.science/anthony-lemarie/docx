--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Triggering tumorigenic signaling: Succinate dehydrogenase inhibitor (SDHi) fungicides induce oncometabolite accumulation and metabolic shift in human colon cells</w:t>
+                <w:t xml:space="preserve">Early metabolic reprogramming and carbonic anhydrase IX-mediated extracellular acidification drive radiotherapy-induced glioblastoma cell dedifferentiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carolina Duarte Hospital</w:t>
+                <w:t xml:space="preserve">Perrine Dahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Tête</w:t>
+                <w:t xml:space="preserve">Tom Maillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kloé Debizet</w:t>
+                <w:t xml:space="preserve">Laure Malric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Rives</w:t>
+                <w:t xml:space="preserve">Caroline Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jules Imler</w:t>
+                <w:t xml:space="preserve">Vincent Lubrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environment International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 199, pp.109503. </w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14 (1), pp.1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envint.2025.109503⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40478-025-02161-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05098483v1</w:t>
+                <w:t xml:space="preserve">hal-05519377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early metabolic reprogramming and carbonic anhydrase IX-mediated extracellular acidification drive radiotherapy-induced glioblastoma cell dedifferentiation</w:t>
+                <w:t xml:space="preserve">Triggering tumorigenic signaling: Succinate dehydrogenase inhibitor (SDHi) fungicides induce oncometabolite accumulation and metabolic shift in human colon cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perrine Dahan</w:t>
+                <w:t xml:space="preserve">Carolina Duarte Hospital</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tom Maillet</w:t>
+                <w:t xml:space="preserve">Arnaud Tête</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Malric</w:t>
+                <w:t xml:space="preserve">Kloé Debizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Delmas</w:t>
+                <w:t xml:space="preserve">Clémence Rives</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Lubrano</w:t>
+                <w:t xml:space="preserve">Jules Imler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 14 (1), pp.1. </w:t>
+              <w:t xml:space="preserve">Environment International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 199, pp.109503. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40478-025-02161-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envint.2025.109503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05519377v1</w:t>
+                <w:t xml:space="preserve">hal-05098483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluopyram SDHI pesticide alters fish physiology and behaviour despite low in vitro effects on mitochondria</w:t>
               </w:r>
@@ -655,64 +655,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The STEMRI trial: Magnetic resonance spectroscopy imaging can define tumor areas enriched in glioblastoma stem-like cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Lemarié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lubrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lusque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -815,51 +815,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Albert Lotterie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Lemarie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Tensaouti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -904,1047 +904,1047 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04737422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibiting integrin β8 to differentiate and radiosensitize Glioblastoma-initiating cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Ionizing radiation induces endothelial transdifferentiation of glioblastoma stem-like cells through the Tie2 signaling pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Deshors</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Toulas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Arnauduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Malric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Perrine Dahan</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Siegfried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Cancer Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1158/1541-7786.MCR-18-0386⟩</w:t>
+              <w:t xml:space="preserve">Cell Death and Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (11), pp.816. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41419-019-2055-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04823190v1</w:t>
+                <w:t xml:space="preserve">hal-04920735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ionizing radiation induces endothelial transdifferentiation of glioblastoma stem-like cells through the Tie2 signaling pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Deshors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Toulas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Arnauduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Malric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Siegfried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell Death and Disease</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 10 (11), pp.816. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41419-019-2055-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04823209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The RND1 Small GTPase: Main Functions and Emerging Role in Oncogenesis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christine Toulas</w:t>
+                <w:t xml:space="preserve">Inhibiting integrin β8 to differentiate and radiosensitize Glioblastoma-initiating cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Malric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Monferran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Arnauduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Dahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms20153612⟩</w:t>
+              <w:t xml:space="preserve">Molecular Cancer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 17 (2), pp.384-397. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1158/1541-7786.MCR-18-0386⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04846733v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ionizing radiation induces endothelial transdifferentiation of glioblastoma stem-like cells through the Tie2 signaling pathway</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">The RND1 Small GTPase: Main Functions and Emerging Role in Oncogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Mouly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Gilhodes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Lemarié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Cohen-Jonathan Moyal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Toulas</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Aurore Siegfried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Death and Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41419-019-2055-6⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (15), pp.3612. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms20153612⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04920735v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04846733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FGFR1/FOXM1 pathway: a key regulator of glioblastoma stem cells radioresistance and a prognosis biomarker</w:t>
+                <w:t xml:space="preserve">RND1 regulates migration of human glioblastoma stem-like cells according to their anatomical localization and defines a prognostic signature in glioblastoma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Gouazé-Andersson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Julie Ghérardi</w:t>
+                <w:t xml:space="preserve">Sabrina Boyrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Lemarié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lubrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Dahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oncotarget</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 9 (60), pp.31637-31649. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18632/oncotarget.25827⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 9 (73), pp.33788-33803. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18632/oncotarget.26082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04846463v1</w:t>
+                <w:t xml:space="preserve">hal-01993697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RND1 regulates migration of human glioblastoma stem-like cells according to their anatomical localization and defines a prognostic signature in glioblastoma</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Alpha-6 integrin promotes radioresistance of glioblastoma by modulating DNA damage response and the transcription factor Zeb1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Kowalski-Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrina Boyrie</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Perrine Dahan</w:t>
+                <w:t xml:space="preserve">Anouchka Modesto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Baricault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Gilhodes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Cohen-Jonathan-Moyal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oncotarget</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18632/oncotarget.26082⟩</w:t>
+              <w:t xml:space="preserve">Cell Death and Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41419-018-0853-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01993697v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04843821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alpha-6 integrin promotes radioresistance of glioblastoma by modulating DNA damage response and the transcription factor Zeb1</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">FGFR1/FOXM1 pathway: a key regulator of glioblastoma stem cells radioresistance and a prognosis biomarker</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Baricault</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+                <w:t xml:space="preserve">Valérie Gouazé-Andersson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Julie Ghérardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Lemarié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Gilhodes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elizabeth Cohen-Jonathan-Moyal</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lubrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Death and Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9, </w:t>
+              <w:t xml:space="preserve">Oncotarget</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (60), pp.31637-31649. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41419-018-0853-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.18632/oncotarget.25827⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04843821v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04846463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interest of integrins targeting in glioblastoma according to tumor heterogeneity and cancer stem cell paradigm: an update</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Malric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Monferran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Gilhodes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Boyrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Dahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oncotarget</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 8 (49), pp.86947-86968. </w:t>
@@ -2129,51 +2129,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metformin Inhibits Growth of Human Glioblastoma Cells and Enhances Therapeutic Response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Sesen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Dahan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Scotland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2557,51 +2557,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnese Cristini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josee Guirouilh-Barbat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Monferran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Lemarié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2691,51 +2691,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Martinez Gala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Monferran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Malric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3932,90 +3932,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glioblastoma Stem-like Cell Detection using Advanced MR Imaging: results from the STEMRI trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lubrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tanguy Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Lemarié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Filleron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4235,90 +4235,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ionizing radiation induces endothelial transdifferentiation of glioblastoma stem-like cells through the Tie2 signaling pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Deshors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Toulas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Arnauduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Malric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AM/CHEC 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -5604,402 +5604,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04940439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RND1 regulates migration of human glioblastoma stem-like cells according to their anatomical localization and defines a prognostic signature in glioblastoma</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L Malric</w:t>
+                <w:t xml:space="preserve">Implication of FGFR1/FOXM1 pathway in the regulation of glioblastoma stem cells radioresistance and as a prognosis biomarker.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Gouazé-Andersson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Julie Ghérardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Lemarié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Gilhodes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lubrano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3d SUNRISE Meeting: Stem Cells &amp; Cancer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Nice, France</w:t>
+              <w:t xml:space="preserve">3rd SUNRISE Meeting - New advanced in cancer stem cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04992294v1</w:t>
+                <w:t xml:space="preserve">hal-04846276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implication of FGFR1/FOXM1 pathway in the regulation of glioblastoma stem cells radioresistance and as a prognosis biomarker.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vincent Lubrano</w:t>
+                <w:t xml:space="preserve">Combined diffusion and perfusion MRI in Glioblastoma predicts glial stem cells proliferation and aggressiveness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ja Lotterie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Lemarie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Toulas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd SUNRISE Meeting - New advanced in cancer stem cells</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Nice, France</w:t>
+              <w:t xml:space="preserve">27th ISMRM meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, MONTREAL, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04846276v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04992290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined diffusion and perfusion MRI in Glioblastoma predicts glial stem cells proliferation and aggressiveness</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A Lemarie</w:t>
+                <w:t xml:space="preserve">RND1 regulates migration of human glioblastoma stem-like cells according to their anatomical localization and defines a prognostic signature in glioblastoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Boyrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Delmas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C Toulas</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Lubrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Dahan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Malric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th ISMRM meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, MONTREAL, Canada</w:t>
+              <w:t xml:space="preserve">3d SUNRISE Meeting: Stem Cells &amp; Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04992290v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04992294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of β8 integrin in stemness maintenance and radioresistance of glioblastoma-initiating cells</w:t>
               </w:r>
@@ -6596,51 +6596,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02804053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (1)</w:t>
+        <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -6725,138 +6725,260 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ANSES. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04873181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">OPINION of the French Agency for Food, Environmental and Occupational Health &amp; Safety on &amp;quot;Updating data on succinate dehydrogenase inhibitor (SDHI)-based plant protection substances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Emond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Bortoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bouillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Claudepierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Agence nationale de sécurité sanitaire de l'alimentation, de l'environnement et du travail (ANSES). 2023, 50 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-05468521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourir ou s’adapter : comment les cellules humaines répondent aux agents chimio et radio-thérapeutiques en fonction de l’hétérogénéité cellulaire et tumorale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Lemarié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cancer. Université toulouse 3 Paul Sabatier, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04873346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6866,245 +6988,245 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New compound, preferably antagonist of beta-8 integrin or inhibitor of expression of beta-8 integrin used for treating resistant glioblastoma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Lemarie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Malric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Toulas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Cohen Jonathan Moyal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : WO2017182834A1. 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04992318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New compound, preferably antagonist of beta-8 integrin or inhibitor of expression of beta-8 integrin used for treating resistant glioblastoma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Lemarie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Malric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Toulas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Cohen Jonathan Moyal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : EP3009147-A1. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04992314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId221"/>
+      <w:footerReference w:type="default" r:id="rId222"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7251,51 +7373,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098483v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Duarte Hospital" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud T&#234;te" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klo&#233; Debizet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rives" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Imler" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2025.109503" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519377v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Dahan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Maillet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Malric" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Delmas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lubrano" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-025-02161-2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815837v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bouly" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Jacquin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chapeau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bonmatin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Cousseau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2024.117400" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819674v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Frances" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lumeau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bery" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gayral" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Stuani" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-06760-y" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04299950v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lemari&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lusque" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Pablo Cerapio" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adi0114" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04737422v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Duval" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Albert Lotterie" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lemarie" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Tensaouti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers14112803" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823190v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Monferran" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Arnauduc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1541-7786.MCR-18-0386" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823209v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Deshors" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Toulas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Siegfried" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-019-2055-6" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846733v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Mouly" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gilhodes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Cohen-Jonathan Moyal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20153612" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920735v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846463v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouaz&#233;-Andersson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Julie Gh&#233;rardi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.25827" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01993697v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Boyrie" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.26082" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843821v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Kowalski-Chauvel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchka Modesto" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Baricault" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Cohen-Jonathan-Moyal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-018-0853-x" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866555v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.20372" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01359569v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hardonni&#232;re" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Saunier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Fernier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gallais" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep30776" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851709v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sesen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Scotland" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Saland" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Thi Dang" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0123721" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629476v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-L Mahul-Mellier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Huc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lemari&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Irshad" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hwang" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cdd.2014.196" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00941168v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cammas" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah J. Scotland" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertand Elefterion" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms15022172" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048228v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Mamouni" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnese Cristini" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josee Guirouilh-Barbat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.01525-13" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851727v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dahan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Martinez Gala" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Delmas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Malric" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cddis.2014.509" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940780v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gu&#233;raud" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H&#233;li&#232;s-Toussaint" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tiv.2012.03.017" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8THZ1BVT-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866571v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lemarie" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Grimm" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/onc.2011.167" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565452v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Grimm" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelos Pazarentzos" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Mahul-Mellier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cdd.2010.93" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852069v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mito.2009.03.004" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7VNR5KWH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852056v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Irshad" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Kassouf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cdd.2009.21" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00673108v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bourdonnay" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Morzadec" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fardel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vernhet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699559v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.177.5.3019" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699564v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine M&#233;rino" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Micheau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/jpet.105.092874" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866201v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lagadic-Gossmann" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Allain" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2004.03.020" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HD5MSXLM-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852271v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Filleron" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bas.2024.103489" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852285v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Duval" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-A. Lotterie" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lemarie" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delmas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Howells" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bas.2021.100512" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852304v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Evrard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.morpho.2021.05.039" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852328v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Lulka" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Hanoun" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1538-7445.PANCA16-A23" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865824v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gayral" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Saland" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Lulka" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vignolle-Vidoni" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hanoun" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/hum.2015.29008.abstracts" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865842v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dahan" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martinez Gala" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Monferran" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Malric" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-8140(15)41070-9" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865856v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-8140(15)34597-7" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZKP9K37B-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873203v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992301v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lemari&#233;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Lubrano" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lusque" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Cerapio" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992298v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Maillet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hagimont" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Nicaise" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992296v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940439v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Deshors" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Arnauduc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Cohen-Jonathan-Moyal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992294v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Boyrie" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846276v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992290v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Duval" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja Lotterie" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Toulas" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992292v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Monferran" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866023v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992310v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744416v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Pazarentzos" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804053v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Pazarentzos E, Mahul-Mellier Al And Grimm S." TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873181v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Emond" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baron" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bortoli" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouillaud" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claudepierre" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04873346v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992318v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Cohen Jonathan Moyal" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992314v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519377v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Dahan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Maillet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Malric" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Delmas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lubrano" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-025-02161-2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05098483v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Duarte Hospital" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud T&#234;te" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klo&#233; Debizet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rives" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Imler" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2025.109503" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815837v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bouly" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Jacquin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chapeau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bonmatin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Cousseau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoenv.2024.117400" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819674v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Frances" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lumeau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bery" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gayral" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Stuani" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-06760-y" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04299950v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lemari&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lusque" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan-Pablo Cerapio" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adi0114" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04737422v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Duval" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Albert Lotterie" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Lemarie" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Tensaouti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers14112803" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920735v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Deshors" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Toulas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Arnauduc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Siegfried" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-019-2055-6" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823209v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823190v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Monferran" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1541-7786.MCR-18-0386" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846733v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Mouly" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gilhodes" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Cohen-Jonathan Moyal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20153612" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01993697v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Boyrie" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.26082" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843821v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Kowalski-Chauvel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouchka Modesto" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Baricault" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Cohen-Jonathan-Moyal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-018-0853-x" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846463v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gouaz&#233;-Andersson" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Julie Gh&#233;rardi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.25827" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866555v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.20372" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01359569v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hardonni&#232;re" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Saunier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Fernier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gallais" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep30776" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851709v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Sesen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Scotland" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Saland" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Thi Dang" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0123721" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629476v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-L Mahul-Mellier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Huc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lemari&#233;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Irshad" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hwang" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cdd.2014.196" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00941168v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cammas" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah J. Scotland" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertand Elefterion" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms15022172" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048228v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenza Mamouni" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnese Cristini" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josee Guirouilh-Barbat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.01525-13" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851727v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dahan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Martinez Gala" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Delmas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Malric" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cddis.2014.509" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940780v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gu&#233;raud" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H&#233;li&#232;s-Toussaint" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tiv.2012.03.017" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8THZ1BVT-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866571v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lemarie" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Grimm" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/onc.2011.167" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565452v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Grimm" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelos Pazarentzos" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Mahul-Mellier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cdd.2010.93" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852069v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mito.2009.03.004" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7VNR5KWH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852056v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Irshad" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Kassouf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cdd.2009.21" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00673108v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bourdonnay" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Morzadec" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fardel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vernhet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699559v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.177.5.3019" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00699564v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine M&#233;rino" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Micheau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/jpet.105.092874" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866201v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lagadic-Gossmann" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Allain" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2004.03.020" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HD5MSXLM-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852271v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Filleron" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bas.2024.103489" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852285v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Duval" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-A. Lotterie" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lemarie" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delmas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Howells" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bas.2021.100512" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852304v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Evrard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.morpho.2021.05.039" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852328v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Lulka" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Hanoun" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1538-7445.PANCA16-A23" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865824v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gayral" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Saland" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Lulka" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vignolle-Vidoni" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hanoun" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/hum.2015.29008.abstracts" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865842v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dahan" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martinez Gala" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Monferran" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Malric" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-8140(15)41070-9" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865856v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-8140(15)34597-7" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZKP9K37B-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873203v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992301v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lemari&#233;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Lubrano" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lusque" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Cerapio" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992298v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Maillet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hagimont" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Nicaise" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992296v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940439v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Deshors" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Arnauduc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Cohen-Jonathan-Moyal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846276v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992290v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Duval" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ja Lotterie" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Toulas" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992294v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Boyrie" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992292v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Monferran" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866023v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992310v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744416v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Pazarentzos" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804053v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Pazarentzos E, Mahul-Mellier Al And Grimm S." TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873181v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Emond" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baron" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bortoli" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bouillaud" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claudepierre" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05468521v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04873346v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992318v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Cohen Jonathan Moyal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992314v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>