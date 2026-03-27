--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anthony Martin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multipartite quantum correlated bright frequency combs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Bensemhoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Cassina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Gonzalez-Arciniegas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Fauzi Melalkia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Patera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Res.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7 (3), pp.033173. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/cc69-5gq2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04917183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate and precise optical phase sensor based on a non-linear quantum Sagnac interferometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dalidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Sauder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Res.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7 (3), pp.033175. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/y1pg-nx49⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04874515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entanglement-based clock syntonization for quantum key distribution networks. Demonstration over a 50 km-long link</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Sauder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 126 (17), pp.174003. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0256758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04940097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution quantique de clef sur réseau déployé : enjeux et défis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Etesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photoniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 130, pp.35-40. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/photon/202513035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04979467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum-like nonlinear interferometry with frequency-engineered classical light</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dalidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Sauder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sci.Rep.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (1), pp.27654. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-025-09533-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04725567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-photon interference at a telecom wavelength for quantum networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathis Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dalidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantum Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2058-9565/adbb87⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04981596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multipartite Entanglement in Bright Frequency Combs from Microresonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Bensemhoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Gonzalez-Arciniegas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Pfister</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Etesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 493, pp.129272. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physleta.2023.129272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04258822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Photonics for Quantum Communications and Metrology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia D’Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Etesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PRX Quantum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5 (1), pp.010101. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PRXQuantum.5.010101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04799978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satellite-based Quantum Information Networks: Use cases, Architecture, and Roadmap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent de Forges de Parny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Debaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sacha Gressani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alek Lagarrigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6 (1), pp.12. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s42005-022-01123-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plug-and-play measurement of chromatic dispersion by means of two-photon interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dalidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattis Riesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi-Ely Ahmedou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Applied</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (2), pp.024026. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevApplied.20.024026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04126218v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operational entanglement-based quantum key distribution over 50 km of real-field optical fibres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Sauder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathis Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Applied</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (4), pp.044006. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevApplied.20.044006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03760678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local and scalable detection of genuine multipartite single-photon path entanglement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Caspar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enky Oudot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavel Sekatski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Maring</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 6, pp.671. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22331/q-2022-03-22-671⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03469468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Configurable heralded two-photon Fock-states on a chip</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Hua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Vergyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Sauder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (1), pp.415-424. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.403552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02920312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heralded Distribution of Single-Photon Path Entanglement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Caspar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Verbanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Oudot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Maring</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Samara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (11), pp.110506. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.110506⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04414381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum optical frequency up-conversion for polarisation entangled qubits: towards interconnected quantum information devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Vergyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djeylan Aktas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc P. de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 27 (18), pp.25603. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.27.025603⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02408631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposal for witnessing non-classical light with the human eye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaury Dodel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Mayinda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enky Oudot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavel Sekatski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1, pp.7. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22331/q-2017-04-25-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04207796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum Nonlocality with Arbitrary Limited Detection Efficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pütz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djeylan Aktas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Fedrici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116, pp.010401. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.010401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01254373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenging preconceptions about Bell tests with photon pairs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Caprara Vivoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavel Sekatski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Bancal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles C. W. Lim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bradley G. Christensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91 (1), pp.012107. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.91.012107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04207682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demonstration of Quantum Nonlocality in presence of Measurement Dependence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djeylan Aktas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pütz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rob Thew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 114, pp.220404. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.114.220404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01161453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing different approaches for generating random numbers device-independently using a photon pair source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Caprara Vivoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavel Sekatski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Bancal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles C. W. Lim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 17 (2), pp.023023. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/17/2/023023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04207741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revealing Genuine Optical-Path Entanglement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Monteiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Caprara Vivoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thiago Guerreiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Bancal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 114 (17), pp.170504. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.114.170504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04207733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization entangled photon-pair source based on quantum nonlinear photonics and interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Delord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djeylan Aktas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 327, pp.7-16. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optcom.2014.03.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization entangled photon-pair source based on quantum nonlinear photonics and interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Delord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Aktas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 327, pp.7-16. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optcom.2014.03.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01315227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A versatile source of polarisation entangled photons for quantum network applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laser Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 10, pp.045202. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1612-2011/10/4/045202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross time-bin photonic entanglement for quantum key distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Vernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexios Beveratos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerio Scarani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 87 (2), pp.020301. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.87.020301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00786241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-photon interference between disparate sources for quantum networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Mcmillan A.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Clark A.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brin Bell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3, pp.2032. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep02032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00838185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the genesis and evolution of Integrated Quantum Optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laser and Photonics Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (1), pp.115-143. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/lpor.201100010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00613987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Elliptically Polarized Maximally Entangled States for Bell Inequality Tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanloup Smirr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleni Diamanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laser Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 22 (6), pp.1105-1112. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S1054660X12060060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00718097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-quality polarization entanglement state preparation and manipulation in standard telecommunication channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavian Danila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrald Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 14, pp.085015. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/14/8/085015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00730932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A quantum relay chip based on telecommunication integrated optics technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barry Ostrowsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 14 (2), pp.025002. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/14/2/025002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00718053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-local geometric phase in two-photon interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christoph Flesch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Samuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supurna Sinha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPL - Europhysics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 97, pp.10003. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1209/0295-5075/97/10003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614759v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization entangled photon-pair source based on a type-II PPLN waveguide emitting at a telecom wavelength</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrald Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Sohler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barry Ostrowsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 12 (Issue 10 (October 2010)), pp.103005. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/12/10/103005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00511969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated optical source of polarization entangled photons at 1310 nm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Cristofori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Aboussouan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrald Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Sohler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 17 (2), pp.1033-1041. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.17.001033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00441115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation of polarization-entangled photons using type-II doubly periodically poled lithium niobate waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krishna Thyagarajan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lugani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ghosh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Sinha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 80 (5), pp.052321.1-052321.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00441066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (33)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bright Multimode Entanglement out of a SiN Microring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bensemhoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. D’auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Melalkia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Esposito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Désières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 23rd International Conference on Transparent Optical Networks (ICTON)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Bucharest, Romania. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTON59386.2023.10207428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04752241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement dependence and limited detection nonlocality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Aktas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pütz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Thew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fedrici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Colloquium of the GDR “Quantum Information, Foundations &amp; Applications” (IQFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, Nov 2015, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01326361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-quality polarization entanglement engineering in standard telecom channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrald Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Sohler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque sur les Lasers et l'Optique Quantique (COLOQ'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Villetaneuse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross time-bin photonic entanglement for quantum key distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Vernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexios Beveratos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerio Scarani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque sur les Lasers et l'Optique Quantique (COLOQ'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Villetaneuse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A versatile source of polarization entangled photons for quantum network applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque sur les Lasers et l'Optique Quantique (COLOQ'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Villetaneuse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photonic entanglement engineering for quantum network applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque du GDR Atomes Froids, "Atomes froids et ingénierie quantique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engineering polarization entanglement at telecom wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Optics (FIO'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Rochester, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00847653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra narrowband telecom polarization entanglement source for future long-distance quantum networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Conference on Quantum Communication, Measurement, and Computing (QCMC 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'information quantique photonique : le point de vue de l'expérimentateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nice Physics Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Valbonne Sophia-Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engineering polarisation entanglement for quantum network applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantum 2012, 6th Workshop on Advances in Foundations of Quantum Mechanics and Quantum Information with Atoms and Photons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Torino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-quality polarization entanglement engineering in standard ITU telecom channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavian Danila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrald Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Colloque du GDR "Information Quantique, Fondements &amp; Applications" (GDR - IQFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarisation entanglement engineering at telecom wavelength using guided-wave optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Integrated Optics (ECIO'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interférence quantique à deux photons télécoms issus de sources différentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Mcmillan A.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Clark A.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brin Bell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32ème Journée Nationale de l'Optique Guidée (JNOG 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross time-bin photonic entanglement for QKD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Vernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexios Beveratos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerio Scarani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Colloque du GDR "Information Quantique, Fondements &amp; Applications" (GDR - IQFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization entanglement engineering at telecom wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantum Inf.ormation and Measurements (QIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enabling quantum communication using integrated nonlinear optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barry Ostrowsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Complex Systems: OCS11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00848264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum communication based on integrated nonlinear optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Quantum Manipulation of Atoms and Photons (QMAP2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00848266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental demonstration of a non-local Pancharatnam phase in intensity interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Flesch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supurna Sinha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Samuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque du GDR "Information Quantique, Fondements &amp; Applications" (GDR - IQFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narrowband polarization entanglement sources based on integrated optics for telecom quantum applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Photonics Society, Summer Topicals on "Entanglement Distribution in quantum communication and Beyond"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Source de paires de photons intriqués en polar. émis en bande étroite aux longueurs d'ondes des télécoms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Colloque sur les Lasers et l'Optique Quantique (COLOQ'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New time-bin entanglement scheme based on a type-II PPLN waveguide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Vernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Colloque du GDR "Information Quantique, Fondements &amp; Applications" (GDR - IQFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra narrowband polarisation entangled photon-pair source for lond distance quantum networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque du GDR "Information Quantique, Fondements &amp; Applications" (GDR - IQFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fully fibered polarization entangled photon pair source at a telecom wavelength for long distance Q-networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Transparent Optical Networks (ICTON'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narrowband polarization entangled photon-pairs source in the telecom C-band for long distance Quantum networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International workshop on quantum manipulation of atoms and photons (QMAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Shanghai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of elliptically polarized, maximally entangled states</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Smirr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Laser Physics Workshop (LPHYS'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Sarajevo, Bosnia and Herzegovina</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narrowband polarization entangled telecom photon pair source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Colloque du GDR "Information Quantique, Fondements &amp; Applications" (GDR - IQFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Storing polarization entangled qubits at a telecom wavelength in a cold rubidium atomic ensemble via a quantum interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Liljekvist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque du GDR "Information Quantique, Fondements &amp; Applications" (GDR - IQFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relais quantique intégré sur niobate de lithium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barry Ostrowsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque du GDR "Information Quantique, Fondements &amp; Applications" (GDR - IQFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-quality polarization entangled photon pair source based on a type-II PPLN waveguide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abu Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrald Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Conference on Integrated Optics (ECIO'10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization entangled photon-pair source based on a type-II PPLN/W emitting at a telecom wavelength</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrald Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Sohler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Transparent Optical Networks (ICTON'10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guided-wave optics : an enabling technology for quantum communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barry Ostrowsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anders Kastberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Aboussouan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amaris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00849135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guided-wave optics for long distance quantum communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barry Ostrowsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heraeus Seminar on quantum communication based on Integrated Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Bad Honnef, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guided-wave optics for real quantum relay applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barry Ostrowsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantum 2010 : 5th Workshop on Advances in Foundations of Quantum Mechanics and Quantum Infor- mation with atoms and photons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Torino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deployed quantum key distribution network: further, longer and more users</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Lecaron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Sauder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Chabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05373528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-photon interference at a telecom wavelength for quantum networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathis Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dalidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04874521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution broadband characterization of resonance dispersion in an optical microresonator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dalidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Bensemhoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Sauder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Medina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compact and efficient quantum frequency conversion of a fiber-pigtailed single-photon source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathis Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dalidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Pastier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Billard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multipartite Entanglement in Bright Frequency Combs from Microresonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Bensemhoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Gonzalez-Arciniegas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Pfister</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Etesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated quantum photonics: State of the Art & Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Etesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Haykal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Puces photoniques pour la communication quantique longue distance.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Optique [physics.optics]. Université Nice Sophia Antipolis, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00683569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId221"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Anthony Martin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (34)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate and precise optical phase sensor based on a non-linear quantum Sagnac interferometer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dalidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Sauder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Res.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7 (3), pp.033175. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/y1pg-nx49⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04874515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multipartite quantum correlated bright frequency combs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Bensemhoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Cassina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Gonzalez-Arciniegas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Fauzi Melalkia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giuseppe Patera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Rev.Res.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7 (3), pp.033173. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/cc69-5gq2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04917183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entanglement-based clock syntonization for quantum key distribution networks. Demonstration over a 50 km-long link</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Sauder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 126 (17), pp.174003. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0256758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04940097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum-like nonlinear interferometry with frequency-engineered classical light</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dalidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Sauder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sci.Rep.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (1), pp.27654. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-025-09533-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04725567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution quantique de clef sur réseau déployé : enjeux et défis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Etesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photoniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 130, pp.35-40. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/photon/202513035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04979467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-photon interference at a telecom wavelength for quantum networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathis Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dalidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantum Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2058-9565/adbb87⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04981596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multipartite Entanglement in Bright Frequency Combs from Microresonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Bensemhoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Gonzalez-Arciniegas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Pfister</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Etesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phys.Lett.A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 493, pp.129272. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.physleta.2023.129272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04258822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated Photonics for Quantum Communications and Metrology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia D’Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Etesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PRX Quantum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5 (1), pp.010101. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PRXQuantum.5.010101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04799978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Satellite-based Quantum Information Networks: Use cases, Architecture, and Roadmap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent de Forges de Parny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Debaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sacha Gressani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alek Lagarrigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6 (1), pp.12. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s42005-022-01123-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plug-and-play measurement of chromatic dispersion by means of two-photon interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dalidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mattis Riesner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidi-Ely Ahmedou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Applied</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (2), pp.024026. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevApplied.20.024026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04126218v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Operational entanglement-based quantum key distribution over 50 km of real-field optical fibres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Sauder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathis Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Applied</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20 (4), pp.044006. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevApplied.20.044006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03760678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Local and scalable detection of genuine multipartite single-photon path entanglement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Caspar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enky Oudot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavel Sekatski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Maring</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 6, pp.671. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22331/q-2022-03-22-671⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03469468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Configurable heralded two-photon Fock-states on a chip</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Hua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tommaso Lunghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Vergyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Sauder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29 (1), pp.415-424. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.403552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02920312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heralded Distribution of Single-Photon Path Entanglement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Caspar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Verbanis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Oudot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Maring</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Samara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125 (11), pp.110506. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.125.110506⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04414381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum optical frequency up-conversion for polarisation entangled qubits: towards interconnected quantum information devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panagiotis Vergyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djeylan Aktas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc P. de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 27 (18), pp.25603. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.27.025603⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02408631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposal for witnessing non-classical light with the human eye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amaury Dodel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Mayinda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enky Oudot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavel Sekatski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1, pp.7. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22331/q-2017-04-25-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04207796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum Nonlocality with Arbitrary Limited Detection Efficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pütz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Gisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djeylan Aktas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Fedrici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 116, pp.010401. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.116.010401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01254373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenging preconceptions about Bell tests with photon pairs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Caprara Vivoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavel Sekatski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Bancal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles C. W. Lim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bradley G. Christensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 91 (1), pp.012107. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.91.012107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04207682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demonstration of Quantum Nonlocality in presence of Measurement Dependence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djeylan Aktas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pütz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rob Thew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 114, pp.220404. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.114.220404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01161453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing different approaches for generating random numbers device-independently using a photon pair source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Caprara Vivoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavel Sekatski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Bancal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles C. W. Lim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 17 (2), pp.023023. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/17/2/023023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04207741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revealing Genuine Optical-Path Entanglement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Monteiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Caprara Vivoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thiago Guerreiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Daniel Bancal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 114 (17), pp.170504. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.114.170504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04207733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization entangled photon-pair source based on quantum nonlinear photonics and interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Delord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djeylan Aktas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 327, pp.7-16. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optcom.2014.03.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization entangled photon-pair source based on quantum nonlinear photonics and interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Delord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Aktas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 327, pp.7-16. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.optcom.2014.03.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01315227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A versatile source of polarisation entangled photons for quantum network applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laser Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 10, pp.045202. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1612-2011/10/4/045202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00845658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross time-bin photonic entanglement for quantum key distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Vernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexios Beveratos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerio Scarani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 87 (2), pp.020301. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.87.020301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00786241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-photon interference between disparate sources for quantum networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Mcmillan A.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Clark A.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brin Bell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 3, pp.2032. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep02032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00838185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Elliptically Polarized Maximally Entangled States for Bell Inequality Tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanloup Smirr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleni Diamanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laser Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 22 (6), pp.1105-1112. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1134/S1054660X12060060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00718097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the genesis and evolution of Integrated Quantum Optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Laser and Photonics Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (1), pp.115-143. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/lpor.201100010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00613987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-quality polarization entanglement state preparation and manipulation in standard telecommunication channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavian Danila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrald Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 14, pp.085015. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/14/8/085015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00730932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-local geometric phase in two-photon interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christoph Flesch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Samuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supurna Sinha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPL - Europhysics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 97, pp.10003. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1209/0295-5075/97/10003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00614759v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A quantum relay chip based on telecommunication integrated optics technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barry Ostrowsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 14 (2), pp.025002. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/14/2/025002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00718053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization entangled photon-pair source based on a type-II PPLN waveguide emitting at a telecom wavelength</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrald Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Sohler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barry Ostrowsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 12 (Issue 10 (October 2010)), pp.103005. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/12/10/103005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00511969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated optical source of polarization entangled photons at 1310 nm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Cristofori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Aboussouan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrald Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Sohler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 17 (2), pp.1033-1041. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.17.001033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00441115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation of polarization-entangled photons using type-II doubly periodically poled lithium niobate waveguides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krishna Thyagarajan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lugani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ghosh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Sinha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 80 (5), pp.052321.1-052321.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00441066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (33)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bright Multimode Entanglement out of a SiN Microring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bensemhoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. D’auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Melalkia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Esposito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Désières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 23rd International Conference on Transparent Optical Networks (ICTON)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Bucharest, Romania. pp.1-2, </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICTON59386.2023.10207428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-04752241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurement dependence and limited detection nonlocality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Aktas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Pütz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Thew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Fedrici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Colloquium of the GDR “Quantum Information, Foundations &amp; Applications” (IQFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, Nov 2015, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01326361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photonic entanglement engineering for quantum network applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque du GDR Atomes Froids, "Atomes froids et ingénierie quantique"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A versatile source of polarization entangled photons for quantum network applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque sur les Lasers et l'Optique Quantique (COLOQ'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Villetaneuse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross time-bin photonic entanglement for quantum key distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Vernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexios Beveratos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerio Scarani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque sur les Lasers et l'Optique Quantique (COLOQ'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Villetaneuse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-quality polarization entanglement engineering in standard telecom channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrald Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Sohler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque sur les Lasers et l'Optique Quantique (COLOQ'13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Villetaneuse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engineering polarisation entanglement for quantum network applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantum 2012, 6th Workshop on Advances in Foundations of Quantum Mechanics and Quantum Information with Atoms and Photons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Torino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'information quantique photonique : le point de vue de l'expérimentateur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nice Physics Days</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Valbonne Sophia-Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra narrowband telecom polarization entanglement source for future long-distance quantum networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th Conference on Quantum Communication, Measurement, and Computing (QCMC 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engineering polarization entanglement at telecom wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Optics (FIO'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Rochester, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00847653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-quality polarization entanglement engineering in standard ITU telecom channels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Octavian Danila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrald Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Colloque du GDR "Information Quantique, Fondements &amp; Applications" (GDR - IQFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interférence quantique à deux photons télécoms issus de sources différentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Mcmillan A.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Clark A.</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brin Bell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32ème Journée Nationale de l'Optique Guidée (JNOG 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarisation entanglement engineering at telecom wavelength using guided-wave optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Conference on Integrated Optics (ECIO'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross time-bin photonic entanglement for QKD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Vernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexios Beveratos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerio Scarani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Colloque du GDR "Information Quantique, Fondements &amp; Applications" (GDR - IQFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization entanglement engineering at telecom wavelengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lutfi Arif Ngah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantum Inf.ormation and Measurements (QIM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enabling quantum communication using integrated nonlinear optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barry Ostrowsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optical Complex Systems: OCS11</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00848264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum communication based on integrated nonlinear optics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Quantum Manipulation of Atoms and Photons (QMAP2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00848266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental demonstration of a non-local Pancharatnam phase in intensity interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Flesch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supurna Sinha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Samuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque du GDR "Information Quantique, Fondements &amp; Applications" (GDR - IQFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Source de paires de photons intriqués en polar. émis en bande étroite aux longueurs d'ondes des télécoms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Colloque sur les Lasers et l'Optique Quantique (COLOQ'12)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New time-bin entanglement scheme based on a type-II PPLN waveguide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Vernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Colloque du GDR "Information Quantique, Fondements &amp; Applications" (GDR - IQFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narrowband polarization entanglement sources based on integrated optics for telecom quantum applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Photonics Society, Summer Topicals on "Entanglement Distribution in quantum communication and Beyond"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra narrowband polarisation entangled photon-pair source for lond distance quantum networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque du GDR "Information Quantique, Fondements &amp; Applications" (GDR - IQFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fully fibered polarization entangled photon pair source at a telecom wavelength for long distance Q-networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Transparent Optical Networks (ICTON'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narrowband polarization entangled photon-pairs source in the telecom C-band for long distance Quantum networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International workshop on quantum manipulation of atoms and photons (QMAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Shanghai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of elliptically polarized, maximally entangled states</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Smirr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th International Laser Physics Workshop (LPHYS'11)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Sarajevo, Bosnia and Herzegovina</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Storing polarization entangled qubits at a telecom wavelength in a cold rubidium atomic ensemble via a quantum interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jim Liljekvist</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque du GDR "Information Quantique, Fondements &amp; Applications" (GDR - IQFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relais quantique intégré sur niobate de lithium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barry Ostrowsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc de Micheli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er Colloque du GDR "Information Quantique, Fondements &amp; Applications" (GDR - IQFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00863036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narrowband polarization entangled telecom photon pair source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Colloque du GDR "Information Quantique, Fondements &amp; Applications" (GDR - IQFA)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guided-wave optics for long distance quantum communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barry Ostrowsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heraeus Seminar on quantum communication based on Integrated Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Bad Honnef, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858657v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization entangled photon-pair source based on a type-II PPLN/W emitting at a telecom wavelength</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrald Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wolfgang Sohler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Transparent Optical Networks (ICTON'10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-quality polarization entangled photon pair source based on a type-II PPLN waveguide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Issautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abu Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harrald Herrmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th European Conference on Integrated Optics (ECIO'10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2010, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00862878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guided-wave optics : an enabling technology for quantum communications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barry Ostrowsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anders Kastberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Aboussouan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Amaris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00849135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guided-wave optics for real quantum relay applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Kaiser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Barry Ostrowsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quantum 2010 : 5th Workshop on Advances in Foundations of Quantum Mechanics and Quantum Infor- mation with atoms and photons</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Torino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00858643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deployed quantum key distribution network: further, longer and more users</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Lecaron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Pelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Sauder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Chabé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05373528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-photon interference at a telecom wavelength for quantum networking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathis Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labonté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dalidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Tanzilli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04874521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-resolution broadband characterization of resonance dispersion in an optical microresonator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dalidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Bensemhoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Sauder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Medina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compact and efficient quantum frequency conversion of a fiber-pigtailed single-photon source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathis Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dalidet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Pastier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Billard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05406408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multipartite Entanglement in Bright Frequency Combs from Microresonators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Bensemhoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Gonzalez-Arciniegas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Pfister</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Etesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04224725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrated quantum photonics: State of the Art & Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginia d'Auria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Doutre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Etesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Haykal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03877419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Puces photoniques pour la communication quantique longue distance.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Optique [physics.optics]. Université Nice Sophia Antipolis, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00683569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId221"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917183v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bensemhoun" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Cassina" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Gonzalez-Arciniegas" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Fauzi Melalkia" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Patera" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/cc69-5gq2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874515v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dalidet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labont&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Sauder" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Tanzilli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Martin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/y1pg-nx49" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940097v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Pelet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Sauder" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Alibart" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0256758" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979467v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia d'Auria" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Etesse" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202513035" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725567v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-09533-7" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981596v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Cohen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2058-9565/adbb87" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258822v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gonzalez-Arciniegas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pfister" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physleta.2023.129272" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799978v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia D&#8217;Auria" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Doutre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PRXQuantum.5.010101" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584422v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent de Forges de Parny" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Debaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Gressani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alek Lagarrigue" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-022-01123-7" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126218v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattis Riesner" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi-Ely Ahmedou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Walter" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.20.024026" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760678v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.20.044006" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469468v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik Caspar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enky Oudot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Sekatski" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maring" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2022-03-22-671" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920312v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Hua" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Lunghi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Vergyris" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.403552" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04414381v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Caspar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Verbanis" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Oudot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Maring" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Samara" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.110506" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408631v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kaiser" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djeylan Aktas" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc P. de Micheli" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.27.025603" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207796v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Dodel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Mayinda" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2017-04-25-7" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254373v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles P&#252;tz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gisin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fedrici" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.010401" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207682v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Caprara Vivoli" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Bancal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles C. W. Lim" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley G. Christensen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.91.012107" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161453v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Thew" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.220404" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207741v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/17/2/023023" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207733v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Monteiro" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Guerreiro" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.170504" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054158v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lutfi Arif Ngah" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Issautier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Delord" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2014.03.056" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315227v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Kaiser" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Issautier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Delord" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Aktas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845658v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1612-2011/10/4/045202" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786241v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Vernier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexios Beveratos" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Scarani" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.87.020301" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838185v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mcmillan A." TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Clark A." TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brin Bell" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep02032" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613987v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Micheli" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lpor.201100010" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718097v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanloup Smirr" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Diamanti" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1054660X12060060" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730932v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavian Danila" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harrald Herrmann" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/14/8/085015" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718053v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Barry Ostrowsky" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/14/2/025002" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614759v2" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christoph Flesch" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Samuel" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supurna Sinha" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/97/10003" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00511969v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Sohler" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/12/10/103005" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441115v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Cristofori" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aboussouan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.17.001033" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441066v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Thyagarajan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lugani" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ghosh" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sinha" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04752241v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bensemhoun" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. D&#8217;auria" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Melalkia" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Esposito" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. D&#233;si&#232;res" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON59386.2023.10207428" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326361v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aktas" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. P&#252;tz" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thew" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fedrici" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862994v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862998v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863001v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862881v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847653v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863017v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858386v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858361v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863013v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863019v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862914v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863012v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862867v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848264v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848266v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863049v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Flesch" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858381v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858616v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863032v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863058v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858627v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858373v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858385v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Smirr" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862873v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863043v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Liljekvist" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863036v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862878v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abu Thomas" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858633v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849135v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Kastberg" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858657v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858643v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373528v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Lecaron" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Raymond" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chab&#233;" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874521v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406433v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Medina" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406408v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Pastier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Billard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224725v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labont" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877419v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Haykal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00683569v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874515v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dalidet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labont&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Sauder" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Tanzilli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Martin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/y1pg-nx49" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917183v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bensemhoun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Cassina" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Gonzalez-Arciniegas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Fauzi Melalkia" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Patera" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/cc69-5gq2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940097v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Pelet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Sauder" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Alibart" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0256758" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04725567v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-09533-7" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979467v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia d'Auria" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Etesse" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/202513035" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981596v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Cohen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2058-9565/adbb87" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258822v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gonzalez-Arciniegas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pfister" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physleta.2023.129272" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799978v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia D&#8217;Auria" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Doutre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PRXQuantum.5.010101" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584422v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent de Forges de Parny" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Debaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Gressani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alek Lagarrigue" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-022-01123-7" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126218v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattis Riesner" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidi-Ely Ahmedou" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Walter" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.20.024026" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760678v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.20.044006" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469468v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik Caspar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enky Oudot" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Sekatski" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Maring" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2022-03-22-671" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920312v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Hua" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Lunghi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Vergyris" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.403552" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04414381v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Caspar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Verbanis" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Oudot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Maring" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Samara" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.125.110506" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02408631v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Kaiser" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djeylan Aktas" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc P. de Micheli" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.27.025603" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207796v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Dodel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Mayinda" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22331/q-2017-04-25-7" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254373v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles P&#252;tz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gisin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fedrici" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.116.010401" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207682v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Caprara Vivoli" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Bancal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles C. W. Lim" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradley G. Christensen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.91.012107" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161453v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rob Thew" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.220404" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207741v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/17/2/023023" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207733v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Monteiro" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Guerreiro" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.170504" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054158v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lutfi Arif Ngah" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Issautier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Delord" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2014.03.056" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315227v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Kaiser" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Issautier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Delord" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Aktas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845658v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1612-2011/10/4/045202" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00786241v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Vernier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexios Beveratos" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Scarani" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.87.020301" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838185v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mcmillan A." TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Clark A." TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brin Bell" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep02032" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718097v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanloup Smirr" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Diamanti" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1054660X12060060" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00613987v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Micheli" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lpor.201100010" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730932v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavian Danila" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harrald Herrmann" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/14/8/085015" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614759v2" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christoph Flesch" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Samuel" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Supurna Sinha" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/97/10003" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00718053v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Barry Ostrowsky" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/14/2/025002" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00511969v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Sohler" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/12/10/103005" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441115v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Cristofori" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Aboussouan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.17.001033" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441066v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Thyagarajan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lugani" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ghosh" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sinha" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04752241v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bensemhoun" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. D&#8217;auria" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Melalkia" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Esposito" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. D&#233;si&#232;res" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTON59386.2023.10207428" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326361v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aktas" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. P&#252;tz" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Martin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Thew" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fedrici" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862881v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863001v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862998v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862994v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858361v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858386v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863017v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847653v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863013v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862914v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863019v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863012v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862867v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848264v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00848266v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863049v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Flesch" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858616v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863032v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858381v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863058v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858627v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858373v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858385v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Smirr" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863043v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Liljekvist" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00863036v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862873v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858657v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858633v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862878v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abu Thomas" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849135v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Kastberg" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00858643v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373528v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Lecaron" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Raymond" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chab&#233;" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04874521v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406433v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Medina" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406408v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Pastier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Billard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224725v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labont" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03877419v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Haykal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00683569v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>