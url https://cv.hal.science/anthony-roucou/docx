--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -208,291 +208,291 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terahertz Frequency Comb High-Resolution Heterodyne Spectrometer</w:t>
+                <w:t xml:space="preserve">Millimeter-wave measurements in high finesse cavity of nitro-derivatives traces: A new insight in the explosive vapor sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mhamad Chrayteh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Francis Hindle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Terahertz Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (4), </w:t>
+              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 436, pp.137629. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TTHZ.2025.3572249⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.snb.2025.137629⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04811272v2</w:t>
+                <w:t xml:space="preserve">hal-05078997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Millimeter-wave measurements in high finesse cavity of nitro-derivatives traces: A new insight in the explosive vapor sensing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Terahertz Frequency Comb High-Resolution Heterodyne Spectrometer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Hindle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mhamad Chrayteh</w:t>
+                <w:t xml:space="preserve">Alexandra Khabbaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Simon</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Jean-Francois Lampin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Mouret</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 436, pp.137629. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Terahertz Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.snb.2025.137629⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TTHZ.2025.3572249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05078997v1</w:t>
+                <w:t xml:space="preserve">hal-04811272v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High resolution far-infrared synchrotron spectroscopy of 2-furfural conformers: Fundamental and hot bands</w:t>
               </w:r>
@@ -530,51 +530,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pirali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 161 (1), pp.014308. </w:t>
@@ -612,51 +612,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A biogenic organic molecule involved in the formation of secondary organic aerosols: Microwave and millimeter-wave spectroscopy of 3-methylcatechol backed by quantum chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiujuan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -763,51 +763,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assignment of the methanol OH-stretch overtone spectrum using the pattern recognition method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Libert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian M. Hays</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -897,90 +897,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gas Analysis with High-Resolution Fabry-Perot Spectrometry in the 550-650 GHz Range</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Elmaleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cuisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roucou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Hindle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Terahertz Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 13 (6), pp.633-635. </w:t>
@@ -1018,51 +1018,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave spectra of dinitrotoluene isomers: a new step towards the detection of explosive vapors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mhamad Chrayteh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dréan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1070,51 +1070,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Goubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent H. Coudert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 25 (24), pp.16307-16318. </w:t>
@@ -1204,51 +1204,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Claus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Goubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 28 (10), pp.4165. </w:t>
@@ -1325,51 +1325,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sathapana Chawananon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Kleiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1414,472 +1414,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03688186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The rotationally resolved symmetric 2OH excitation in H2O-CO2 observed using pulsed supersonic expansion and CW-CRDS</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intramolecular H-Bond Dynamics of Catechol Investigated by THz High-Resolution Spectroscopy of Its Low-Frequency Modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Bruckhuisen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dhont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roucou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.S. Bogomolov</w:t>
+                <w:t xml:space="preserve">Atef Jabri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Roucou</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">N. Moazzen-Ahmadi</w:t>
+                <w:t xml:space="preserve">Hamdi Bayoudh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cplett.2021.138606⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (12), pp.3645. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules26123645⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03337903v1</w:t>
+                <w:t xml:space="preserve">hal-03261642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The fundamental rotational transition of NO+</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oskar Asvany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Markus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roucou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephan Schlemmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sven Thorwirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molecular Spectroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 378, pp.111447. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jms.2021.111447⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04535232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intramolecular H-Bond Dynamics of Catechol Investigated by THz High-Resolution Spectroscopy of Its Low-Frequency Modes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anthony Roucou</w:t>
+                <w:t xml:space="preserve">The rotationally resolved symmetric 2OH excitation in H2O-CO2 observed using pulsed supersonic expansion and CW-CRDS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.S. Bogomolov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Roucou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raghed Bejjani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atef Jabri</w:t>
+                <w:t xml:space="preserve">M. Herman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamdi Bayoudh</w:t>
+                <w:t xml:space="preserve">N. Moazzen-Ahmadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 26 (12), pp.3645. </w:t>
+              <w:t xml:space="preserve">Chemical Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 774, pp.138606. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/molecules26123645⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cplett.2021.138606⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03261642v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03337903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">STARGATE: A new instrument for high-resolution photodissociation spectroscopy of cold ionic species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raghed Bejjani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Urbain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1956,51 +1956,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large Amplitude Torsions in Nitrotoluene Isomers Studied by Rotational Spectroscopy and Quantum Chemistry Calculations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Goubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2080,325 +2080,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04568655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jet-cooled rovibrational spectroscopy of methoxyphenols using two complementary FTIR and QCL based spectrometers</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Manuel Goubet</w:t>
+                <w:t xml:space="preserve">Conformational landscape and inertial defect of methoxyphenol isomers studied by mm-wave spectroscopy and quantum chemistry calculations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atef Jabri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
+                <w:t xml:space="preserve">Cédric Bray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Bocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Cuisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 151 (19), pp.194302. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.5128196⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 150, pp.104303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5089426⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02356097v1</w:t>
+                <w:t xml:space="preserve">hal-03173780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conformational landscape and inertial defect of methoxyphenol isomers studied by mm-wave spectroscopy and quantum chemistry calculations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cédric Bray</w:t>
+                <w:t xml:space="preserve">Jet-cooled rovibrational spectroscopy of methoxyphenols using two complementary FTIR and QCL based spectrometers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Asselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Bruckhuisen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaël Mouret</w:t>
+                <w:t xml:space="preserve">Anthony Roucou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Goubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Bocquet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Cuisset</w:t>
+                <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 150, pp.104303. </w:t>
+              <w:t xml:space="preserve">, 2019, 151 (19), pp.194302. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.5089426⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.5128196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03173780v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the Detection of Explosive Taggants: Microwave and Millimetre-Wave Gas-Phase Spectroscopies of 3-Nitrotoluene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Kleiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2406,51 +2406,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Goubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabath Bteich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemPhysChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 19 (9), pp.1056 - 1067. </w:t>
@@ -2488,103 +2488,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Full Conformational Landscape of 3‐Methoxyphenol Revealed by Room Temperature mm‐wave Rotational Spectroscopy Supported by Quantum Chemical Calculations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Fontanari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atef Jabri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ChemPhysChem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 19 (13), pp.1572-1578. </w:t>
@@ -2622,77 +2622,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High resolution study of the ν2 and ν5 rovibrational fundamental bands of thionyl chloride: Interplay of an evolutionary algorithm and a line-by-line analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sven Thorwirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Fontanari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2769,51 +2769,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High resolution spectroscopy of six SOCl2 isotopologues from the microwave to the far-infrared</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Martin-Drumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Brown</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3099,51 +3099,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan A. Claus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Goubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th colloquium on High Resolution Molecular Spectroscopy - HRMS 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Dijon, France</w:t>
@@ -3310,77 +3310,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The rotationally resolved symmetric 2OH excitation in H₂O-CO₂ observed using pulsed supersonic expansion and CW-CRDS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bogomolov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Glorieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raghed Bejjani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Herman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3422,51 +3422,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-resolution photodissociation spectroscopy of N2O+</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Urbain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3517,51 +3517,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-resolution photodissociation spectroscopy of N2O+</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Urbain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3612,51 +3612,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large amplitude torsions in nitrotoluene isomers studied by rotational spectroscopy and quantum chemistry calculations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Goubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3733,77 +3733,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homemade instrument to study ions by high-resolution photodissociation spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raghed Bejjani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Urbain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantin Moshkunov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3854,64 +3854,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HOMEMADE INSTRUMENT TO STUDY IONS BY HIGH-RESOLUTION PHOTODISSOCIATION SPECTROSCOPY</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raghed Bejjani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Urbain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3962,77 +3962,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homemade instrument to study ions by high-resolution photodissociation spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raghed Bejjani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Urbain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantin Moshkunov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4083,51 +4083,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the detection of explosive taggants: microwave and millimeter-wave gas phase spectroscopies of 3-Nitrotoluene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Kleiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4135,51 +4135,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Goubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabath Bteich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thematic doctoral school METAMORPHOSE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Louvain-la-neuve, Belgium</w:t>
@@ -4208,64 +4208,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction to the THz high resolution gas phase spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cuisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4297,1096 +4297,1096 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04535402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary algorithm-based analysis of the rovibrational SCl2 stretching bands of thionyle chloride</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Analysis of the 3-methoxyphenol conformers stability by mean of high–resolution THz spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Cuisset</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sven Thorwirth</w:t>
+                <w:t xml:space="preserve">Cédric Bray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Fontanari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Coeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th THz Days (GdR TeraNanoMir)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Dunkerque, France</w:t>
+              <w:t xml:space="preserve">The 25th International Colloquium on High Resolution Molecular Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04535390v1</w:t>
+                <w:t xml:space="preserve">hal-04535379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution study of the v2 and v5 rovibrational fundamental bands of thionyl chloride: interplay of an evolutionary algorithm and a line by line analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analysis of the 3-methoxyphenol conformers stability by mean of high–resolution THz spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roucou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Fontanari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Bray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Roucou</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sven Thorwirth</w:t>
+                <w:t xml:space="preserve">Francis Hindle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 25th International Colloquium of High Resolution Molecular Spectroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Helsinki, Finland</w:t>
+              <w:t xml:space="preserve">International Conference on Aerosol Cycle 2017 (Labex CaPPA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Villeneuve d’Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04535387v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04535395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the 3-methoxyphenol conformers stability by mean of high–resolution THz spectroscopy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">High resolution study of the v2 and v5 rovibrational fundamental bands of thionyl chloride: interplay of an evolutionary algorithm and a line by line analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Francis Hindle</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dhont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Cuisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sven Thorwirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Aerosol Cycle 2017 (Labex CaPPA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Villeneuve d’Ascq, France</w:t>
+              <w:t xml:space="preserve">The 25th International Colloquium of High Resolution Molecular Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04535395v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04535387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolutionary algorithm-based analysis of the rovibrational SCl2 stretching bands of thionyle chloride</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dhont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Cuisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Dhont</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sven Thorwirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 12th SOLEIL Users’ Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Palaiseau (Ecole Polytechnique), France</w:t>
+              <w:t xml:space="preserve">9th THz Days (GdR TeraNanoMir)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04535397v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04535390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution study of the nu2 and nu5 rovibrational fundamental bands of thionyl chloride: interplay of an evolutionary algorithm and a line by line analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Evolutionary algorithm-based analysis of the rovibrational SCl2 stretching bands of thionyle chloride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Leo Meerts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pirali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sven Thorwirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plenary Meeting - Young Researchers Forum (GdR SPECMO),</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Villeneuse d'Ascq, France</w:t>
+              <w:t xml:space="preserve">The 12th SOLEIL Users’ Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Palaiseau (Ecole Polytechnique), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04535394v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04535397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pure rotational spectroscopy of 3-nitrotoluene: a case of very low-barrier for internal rotation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">High resolution study of the nu2 and nu5 rovibrational fundamental bands of thionyl chloride: interplay of an evolutionary algorithm and a line by line analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Francis Hindle</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dhont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Cuisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Bocquet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Kleiner</w:t>
+                <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sven Thorwirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 25th International Colloquium of High Resolution Molecular Spectroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Helsinki, Finland</w:t>
+              <w:t xml:space="preserve">Plenary Meeting - Young Researchers Forum (GdR SPECMO),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Villeneuse d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04535382v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04535394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the 3-methoxyphenol conformers stability by mean of high–resolution THz spectroscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pure rotational spectroscopy of 3-nitrotoluene: a case of very low-barrier for internal rotation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roucou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Roucou</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Francis Hindle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Bocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Kleiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plenary Meeting - Young Researchers Forum (GdR SPECMO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Villeneuve d’Ascq, France</w:t>
+              <w:t xml:space="preserve">The 25th International Colloquium of High Resolution Molecular Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Helsinki, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04535393v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04535382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the 3-methoxyphenol conformers stability by mean of high–resolution THz spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roucou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Fontanari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Bray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Roucou</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Cécile Coeur</w:t>
+                <w:t xml:space="preserve">Francis Hindle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 25th International Colloquium on High Resolution Molecular Spectroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Helsinki, Finland</w:t>
+              <w:t xml:space="preserve">Plenary Meeting - Young Researchers Forum (GdR SPECMO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Villeneuve d’Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04535379v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04535393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High resolution spectroscopy of SOCl2 and its isotopologues: from the microwave to the far-infrared</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roucou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Roucou</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Francis Hindle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.C. Mccarthy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5454,277 +5454,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution Mid-Infrared spectroscopy of Volatile Organic Compounds from Fourier Transform and Quantum Cascade Laser measurements: case of 2-furfural</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Robert Georges</w:t>
+                <w:t xml:space="preserve">High resolution spectroscopy of explosive taggants using intracavity millimeter-wave spectrometer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mhamad Chrayteh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Hindle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée SOLEIL@SU</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sorbonne Université, Paris, Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">76th International Symposium on Molecular Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Urbana Champaign, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04295146v1</w:t>
+                <w:t xml:space="preserve">hal-04441489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution spectroscopy of explosive taggants using intracavity millimeter-wave spectrometer</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Francis Hindle</w:t>
+                <w:t xml:space="preserve">High resolution Mid-Infrared spectroscopy of Volatile Organic Compounds from Fourier Transform and Quantum Cascade Laser measurements: case of 2-furfural</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Asselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sathapana Chawananon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Goubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">76th International Symposium on Molecular Spectroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Urbana Champaign, United States</w:t>
+              <w:t xml:space="preserve">Journée SOLEIL@SU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sorbonne Université, Paris, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04441489v1</w:t>
+                <w:t xml:space="preserve">hal-04295146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High resolution Mid-Infrared spectroscopy of Volatile Organic Compounds from Fourier Transform and Quantum Cascade Laser measurements: case of 2-furfural</w:t>
               </w:r>
@@ -5762,51 +5762,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Goubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR NanoTeraMIR Meeting 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire de Physico-Chimie de l'Atmosphère (LPCA), May 2023, Dunkerque (59140), France</w:t>
@@ -5835,51 +5835,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multidimensional tunneling in 2-nitrotoluene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cuisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5937,342 +5937,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04445596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution terahertz spectroscopy of atmospheric compounds</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">MICROWAVE SPECTRA OF DINITROTOLUENE ISOMERS: A NEW STEP TOWARDS THE DETECTION OF EXPLOSIVE VAPORS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mhamad Chrayteh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Dréan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Goubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Cuisset</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Plénières du GDR EMIE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PhLAM (Université de Lille); LPCA (Université du Littoral Côte d'Opale), Jun 2022, Dunkerque, France</w:t>
+              <w:t xml:space="preserve">75th International Symposium on Molecular Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Urbana Champaign, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04535361v1</w:t>
+                <w:t xml:space="preserve">hal-04441505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MICROWAVE SPECTRA OF DINITROTOLUENE ISOMERS: A NEW STEP TOWARDS THE DETECTION OF EXPLOSIVE VAPORS</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Manuel Goubet</w:t>
+                <w:t xml:space="preserve">High-resolution terahertz spectroscopy of atmospheric compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Roucou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Roucou</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Francis Hindle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dhont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Bocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75th International Symposium on Molecular Spectroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Urbana Champaign, United States</w:t>
+              <w:t xml:space="preserve">Journées Plénières du GDR EMIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PhLAM (Université de Lille); LPCA (Université du Littoral Côte d'Opale), Jun 2022, Dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04441505v1</w:t>
+                <w:t xml:space="preserve">hal-04535361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave spectra of dinitrotoluene isomers: a new step towards the detection of explosive vapors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mhamad Chrayteh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dréan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Goubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cuisset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6310,51 +6310,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-resolution photodissociation spectroscopy of N2O+</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Urbain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6405,51 +6405,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large amplitude torsions in nitrotoluene isomers studied by rotational spectroscopy and quantum chemistry calculations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Goubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6520,333 +6520,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04441617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HIGH-RESOLUTION GAS PHASE THz SPECTROSCOPY OF THE CATECHOL LOW FREQUENCY MODES INVOLVING AN INTRAMOLECULAR HYDROGEN BOND</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Construction of scientific instruments to study the spectrum of cold ionic species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raghed Bejjani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hamdi Bayoudh</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Urbain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdessamad Benidar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Molecular Spectroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Urbana Champaign, United States</w:t>
+              <w:t xml:space="preserve">Journée de la spectroscopy moléculaire Rennes 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04441668v1</w:t>
+                <w:t xml:space="preserve">hal-03430899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction of scientific instruments to study the spectrum of cold ionic species</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">HIGH-RESOLUTION GAS PHASE THz SPECTROSCOPY OF THE CATECHOL LOW FREQUENCY MODES INVOLVING AN INTRAMOLECULAR HYDROGEN BOND</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Bruckhuisen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dhont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Robert Georges</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atef Jabri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamdi Bayoudh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de la spectroscopy moléculaire Rennes 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Rennes, France</w:t>
+              <w:t xml:space="preserve">International Symposium on Molecular Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Urbana Champaign, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03430899v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04441668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-resolution photo-fragmentation spectroscopy of N2O+</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Urbain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raghed Bejjani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Lauzin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6878,816 +6878,816 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04535284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rotational spectroscopy of nitrotoluene isomers towards the detection of explosive taggants.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Conformational analysis of methoxyphenol isomers using high-resolution spectroscopy and quantum chemistry calculations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Dhont</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atef Jabri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atef Jabri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Fontanari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Asselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JSM-Créteil 2019 - Journées de Spectroscopie Moléculaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Créteil, France</w:t>
+              <w:t xml:space="preserve">The XIX Symposium on High Resolution Molecular Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Nizhny Novgorod, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02397159v1</w:t>
+                <w:t xml:space="preserve">hal-02397271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rotational spectroscopy of nitrotoluene isomers towards the detection of explosive taggants.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Goubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Kleiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bteich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 26th Colloquium on High Resolution Molecular Spectroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire Interdisciplinaire Carnot de Bourgogne (ICB), Aug 2019, Dijon, France</w:t>
+              <w:t xml:space="preserve">JSM-Créteil 2019 - Journées de Spectroscopie Moléculaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Créteil, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02397281v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02397159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conformational analysis of methoxyphenol isomers using high-resolution spectroscopy and quantum chemistry calculations.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Rotational spectroscopy of nitrotoluene isomers towards the detection of explosive taggants.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Pierre Asselin</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Goubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Kleiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bteich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The XIX Symposium on High Resolution Molecular Spectroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Nizhny Novgorod, Russia</w:t>
+              <w:t xml:space="preserve">The 26th Colloquium on High Resolution Molecular Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire Interdisciplinaire Carnot de Bourgogne (ICB), Aug 2019, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02397271v1</w:t>
+                <w:t xml:space="preserve">hal-02397281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High resolution study of the nu2 and nu5 rovibrational fundamental bands of thionyl chloride : interplay of an evolutionary algorithm and a line-by-line analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dhont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Cuisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sven Thorwirth</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniele Fontanari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Molecular Spectroscopy - 73rd Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Urbana-champaign, United States</w:t>
+              <w:t xml:space="preserve">Thematic doctoral school METAMORPHOSE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Louvain -la-Neuve, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04535331v1</w:t>
+                <w:t xml:space="preserve">hal-04535401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the detection of explosive taggants: microwave and millimeter-wave gas phase spectroscopies of 3-Nitrotoluene</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">High resolution study of the nu2 and nu5 rovibrational fundamental bands of thionyl chloride : interplay of an evolutionary algorithm and a line-by-line analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Gaël Mouret</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dhont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sven Thorwirth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Fontanari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Molecular Spectroscopy - 73rd Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2018, Urbana-champaign, France. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, Jun 2018, Urbana-champaign, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04535329v1</w:t>
+                <w:t xml:space="preserve">hal-04535331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution study of the nu2 and nu5 rovibrational fundamental bands of thionyl chloride : interplay of an evolutionary algorithm and a line-by-line analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Towards the detection of explosive taggants: microwave and millimeter-wave gas phase spectroscopies of 3-Nitrotoluene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sven Thorwirth</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Kleiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabath Bteich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Goubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thematic doctoral school METAMORPHOSE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Symposium on Molecular Spectroscopy - 73rd Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Urbana-champaign, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15278/isms.2018.TK02⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04535401v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04535329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Internal rotation potential and pure rotational spectroscopy of 3-nitrotoluene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Kleiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7695,124 +7695,124 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabath Bteich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Goubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plenary Meeting - Young Researchers Forum (GdR SPECMO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Villeneuse d'Ascq, France</w:t>
+              <w:t xml:space="preserve">9th THz Days (GdR TeraNanoMir)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04535339v1</w:t>
+                <w:t xml:space="preserve">hal-04535335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Internal rotation potential and pure rotational spectroscopy of 3-nitrotoluene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Kleiner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7820,465 +7820,465 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabath Bteich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Goubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th THz Days (GdR TeraNanoMir)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Dunkerque, France</w:t>
+              <w:t xml:space="preserve">Plenary Meeting - Young Researchers Forum (GdR SPECMO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Villeneuse d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04535335v1</w:t>
+                <w:t xml:space="preserve">hal-04535339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Internal rotation potential and pure rotational spectroscopy of 3-nitrotoluene</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Evolutionary algorithm-based analysis of the nu5 and nu2 bands of SOCl2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Leo Meerts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Dhont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Cuisset</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th International Conference on High Resolution Molecular Spectroscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04535353v1</w:t>
+                <w:t xml:space="preserve">hal-04535357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution spectroscopy of SOCl2 and its isotopologues: from the microwave to the far-infrared</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Internal rotation potential and pure rotational spectroscopy of 3-nitrotoluene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Olivier Pirali</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Kleiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabath Bteich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Goubet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th SOLEIL USER'S MEETING</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, Palaiseau (Ecole Polytechnique), France</w:t>
+              <w:t xml:space="preserve">24th International Conference on High Resolution Molecular Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04535360v1</w:t>
+                <w:t xml:space="preserve">hal-04535353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary algorithm-based analysis of the nu5 and nu2 bands of SOCl2</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">High resolution spectroscopy of SOCl2 and its isotopologues: from the microwave to the far-infrared</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Aline Martin-Drumel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gordon Brown</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sven Thorwirth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pirali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th International Conference on High Resolution Molecular Spectroscopy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2016, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">11th SOLEIL USER'S MEETING</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Palaiseau (Ecole Polytechnique), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04535357v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04535360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8309,51 +8309,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un Capteur qui a du chien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cuisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gex, Jean-Pierre. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Voir l’Invisible</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Edition du Puits Fleuri, pp.94-95, 2019, 2867396506</w:t>
@@ -8414,51 +8414,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectroscopie haute résolution de spectres rotationnellement denses dédiée à la détection en phase gazeuse de molécules d'intérêt environnemental et défense</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roucou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Physique [physics]. Université du Littoral Côte d'Opale, 2018. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2018DUNK0482⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -8575,51 +8575,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="91F1D14A"/>
+    <w:nsid w:val="9A188B29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8806,51 +8806,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anthony-roucou" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7709-0927" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/23328415X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/111154981788567740659" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811272v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Hindle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Khabbaz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Roucou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Lampin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Mouret" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTHZ.2025.3572249" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-05078997v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mhamad Chrayteh" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Simon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2025.137629" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649822v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sathapana Chawananon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Goubet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pirali" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Georges" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0213834" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04523948v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiujuan Wang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Bruckhuisen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Roca" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colwyn Bracquart" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2024.138048" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799031v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Libert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian M. Hays" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Glorieux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Robert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CP00757C" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04219536v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Elmaleh" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cuisset" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTHZ.2023.3307586" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172070v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dr&#233;an" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent H. Coudert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cp01577g" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115228v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Asselin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Claus" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28104165" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688186v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kleiner" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dhont" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27113591" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337903v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Bogomolov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Roucou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raghed Bejjani" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Herman" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Moazzen-Ahmadi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2021.138606" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535232v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oskar Asvany" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Markus" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Schlemmer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Thorwirth" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jms.2021.111447" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261642v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Jabri" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Bayoudh" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26123645" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337900v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Urbain" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Moshkunov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Vanlancker" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0039627" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568655v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabath Bteich" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202000591" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356097v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aline Martin-Drumel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5128196" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173780v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bray" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Bocquet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5089426" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896444v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201701266" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04220467v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Fontanari" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201800148" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04218554v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Leo Meerts" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4996655" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535199v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Martin-Drumel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brown" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thorwirth" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pirali" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4942024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744987v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias M. Neeman" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deguine" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441439v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan A. Claus" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194870v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Deguine" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535374v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bogomolov" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Herman" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535370v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lauzin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535368v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535372v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535376v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430883v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535378v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535406v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535402v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535390v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535387v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535395v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535397v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535394v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535382v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535393v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535379v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coeur" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535399v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Mccarthy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295146v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441489v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295116v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445596v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535361v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441505v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03696799v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535278v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441617v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441668v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430899v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessamad Benidar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535284v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397159v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goubet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kleiner" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bteich" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397281v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397271v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535331v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535329v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15278/isms.2018.TK02" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535401v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535339v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535335v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535353v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535360v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon Brown" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535357v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535245v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02001872v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018DUNK0482" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anthony-roucou" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7709-0927" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/23328415X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/111154981788567740659" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-05078997v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mhamad Chrayteh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Simon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Hindle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Mouret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Roucou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2025.137629" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811272v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Khabbaz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Lampin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTHZ.2025.3572249" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649822v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sathapana Chawananon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Goubet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pirali" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Georges" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0213834" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04523948v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiujuan Wang" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Bruckhuisen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Roca" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colwyn Bracquart" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2024.138048" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799031v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Libert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian M. Hays" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Glorieux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Robert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CP00757C" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04219536v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Elmaleh" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cuisset" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TTHZ.2023.3307586" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172070v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dr&#233;an" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent H. Coudert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cp01577g" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115228v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Asselin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Claus" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28104165" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688186v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kleiner" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dhont" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27113591" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261642v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Jabri" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Bayoudh" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26123645" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535232v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oskar Asvany" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Markus" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Schlemmer" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven Thorwirth" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jms.2021.111447" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337903v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Bogomolov" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Roucou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raghed Bejjani" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Herman" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Moazzen-Ahmadi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2021.138606" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337900v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Urbain" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Moshkunov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Vanlancker" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0039627" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568655v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabath Bteich" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.202000591" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173780v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bray" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Bocquet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5089426" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356097v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aline Martin-Drumel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5128196" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896444v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201701266" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04220467v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Fontanari" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.201800148" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04218554v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Leo Meerts" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4996655" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535199v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Martin-Drumel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brown" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thorwirth" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pirali" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4942024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744987v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias M. Neeman" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deguine" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441439v2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan A. Claus" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194870v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Deguine" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535374v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bogomolov" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Herman" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535370v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Lauzin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535368v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535372v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535376v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430883v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535378v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535406v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535402v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535379v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Coeur" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535395v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535387v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535390v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535397v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535394v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535382v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535393v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535399v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Mccarthy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441489v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295146v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295116v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445596v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441505v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535361v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03696799v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535278v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441617v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430899v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessamad Benidar" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441668v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535284v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397271v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397159v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Goubet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kleiner" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bteich" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397281v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535401v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535331v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535329v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15278/isms.2018.TK02" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535335v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535339v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535357v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535353v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535360v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon Brown" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535245v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02001872v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018DUNK0482" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>