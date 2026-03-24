--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1109,187 +1109,178 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of TimeGAN-Generated Scenarios on Optimal Design for Renewable Energy Systems</w:t>
+                <w:t xml:space="preserve">Répartition optimale d'acteurs énergétiques en communautés d'autoconsommation collective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haje Ebnou</w:t>
+                <w:t xml:space="preserve">Youen Froger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Florian Dupriez-Robin</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Blavette</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Auger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 IEEE PowerTech Kiel</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium de Génie Electrique 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05177126v1</w:t>
+                <w:t xml:space="preserve">hal-05158358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Allocation of Agents among Collective Self-Consumption Communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youen Froger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1320,240 +1311,249 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Auger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2025 IEEE Kiel PowerTech</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Kiel, Germany. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PowerTech59965.2025.11180587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05158464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Répartition optimale d'acteurs énergétiques en communautés d'autoconsommation collective</w:t>
+                <w:t xml:space="preserve">Influence of TimeGAN-Generated Scenarios on Optimal Design for Renewable Energy Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Youen Froger</w:t>
+                <w:t xml:space="preserve">Haje Ebnou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Dupriez-Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Auger</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Blavette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2025 IEEE PowerTech Kiel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Kiel (Allemagne), Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerTech59965.2025.11180436⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05158358v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05177126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthetic Scenario Generation for Microgrid Design: A Methodological Approach Using TimeGAN</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haje Ebnou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Blavette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Dupriez-Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1620,278 +1620,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04770244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelle méthode d'équilibrage des états de santé des batteries lithium-ion d'un microgrid AC</w:t>
+                <w:t xml:space="preserve">Optimizing Hybrid Power Systems for Sustainable Maritime Transportation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sidlawendé Ouoba</w:t>
+                <w:t xml:space="preserve">Boubakr Rahmani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azeddine Houari</w:t>
+                <w:t xml:space="preserve">Guénaël Le Solliec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Machmoum</w:t>
+                <w:t xml:space="preserve">Maxime Woznicki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE2023)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2023 IEEE PES Innovative Smart Grid Technologies Europe (ISGT EUROPE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Grenoble, France. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISGTEUROPE56780.2023.10408247⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05028390v1</w:t>
+                <w:t xml:space="preserve">hal-04437998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing Hybrid Power Systems for Sustainable Maritime Transportation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nouvelle méthode d'équilibrage des états de santé des batteries lithium-ion d'un microgrid AC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guénaël Le Solliec</w:t>
+                <w:t xml:space="preserve">Sidlawendé Ouoba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Woznicki</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Auger</w:t>
+                <w:t xml:space="preserve">Azeddine Houari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Machmoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 IEEE PES Innovative Smart Grid Technologies Europe (ISGT EUROPE)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lille, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04437998v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05028390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental validation of an optimized power allocation strategy for multi-stack fuel cell</w:t>
               </w:r>
@@ -2301,51 +2301,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvy Bourguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Machmoum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 Offshore Energy and Storage Summit (OSES)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, BREST, France. pp.1-8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2792,51 +2792,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Répartition optimale d'acteurs énergétiques en communautés d'autoconsommation collective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youen Froger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2913,51 +2913,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Allocation of Agents among Collective Self-Consumption Communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youen Froger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3684,51 +3684,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="521FB8F8"/>
+    <w:nsid w:val="2229DBD8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3915,51 +3915,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anthony-roy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4759-606X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/248887416" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214573v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Roy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Olivier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Auger" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-in502" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940234v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Auvity" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvy Bourguet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.136001" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03334284v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecmx.2021.100107" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989287v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Schaeffer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13205314" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418774v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dupriez-Robin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Tuan Tran" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2019.116536" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417775v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en11071904" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177126v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haje Ebnou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Blavette" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180436" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158464v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youen Froger" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180587" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158358v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770244v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGTEUROPE62998.2024.10863278" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028390v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidlawend&#233; Ouoba" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azeddine Houari" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Machmoum" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437998v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubakr Rahmani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;l Le Solliec" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Woznicki" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGTEUROPE56780.2023.10408247" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878911v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Igourzal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE51582.2022.9831524" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460680v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON48115.2021.9589438" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03286668v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568053v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Lemiale" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodica Loisel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OSES.2019.8867351" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418886v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927682" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418844v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418784v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRERA.2018.8566784" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158407v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158478v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504660v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03286674v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100264v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02514912v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585372v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anthony-roy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4759-606X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/248887416" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214573v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Roy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Olivier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Auger" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-in502" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940234v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Auvity" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvy Bourguet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.136001" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03334284v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecmx.2021.100107" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989287v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Schaeffer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13205314" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418774v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dupriez-Robin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Tuan Tran" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2019.116536" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417775v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en11071904" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158358v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youen Froger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158464v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180587" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05177126v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haje Ebnou" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Blavette" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180436" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770244v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGTEUROPE62998.2024.10863278" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437998v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boubakr Rahmani" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;l Le Solliec" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Woznicki" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISGTEUROPE56780.2023.10408247" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028390v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidlawend&#233; Ouoba" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azeddine Houari" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Machmoum" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03878911v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Igourzal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE51582.2022.9831524" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03460680v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON48115.2021.9589438" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03286668v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568053v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Lemiale" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodica Loisel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OSES.2019.8867351" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418886v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927682" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418844v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418784v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRERA.2018.8566784" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158407v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158478v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504660v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03286674v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100264v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02514912v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585372v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>