--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1005,161 +1005,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03442350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The advantages of using a geochemical transport model including thermodynamic equilibrium, kinetic control and surface complexation to simulate the durability of concretes exposed to chlorides and sulphates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelisation of chloride reactive transport in concrete including thermodynamic equilibrium, kinetic control and surface complexation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">van Quan Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Soive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Muriel Gasc-Barbier</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Baroghel-Bouny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19648189.2018.1446363⟩</w:t>
+              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 110, pp.70-85. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2018.05.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01842279v1</w:t>
+                <w:t xml:space="preserve">hal-01865242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A numerical model including thermodynamic equilibrium, kinetic control and surface complexation in order to explain cation type effect on chloride binding capability of concrete</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Quan Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Soive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1177,223 +1177,223 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhafid Khelidj</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 191, pp.608 - 618. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2018.10.058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01923534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelisation of chloride reactive transport in concrete including thermodynamic equilibrium, kinetic control and surface complexation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The advantages of using a geochemical transport model including thermodynamic equilibrium, kinetic control and surface complexation to simulate the durability of concretes exposed to chlorides and sulphates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Soive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Véronique Baroghel-Bouny</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Van-Quan Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Gasc-Barbier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cement and Concrete Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 110, pp.70-85. </w:t>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.1 - 12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cemconres.2018.05.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2018.1446363⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01865242v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">External sulfate attack of cementitious materials: New insights gained through numerical modeling including dissolution/precipitation kinetics and surface complexation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Soive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Quan Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 83, pp.263 - 272. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1949,593 +1949,593 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low carbon concretes: natural diffusion and migration in a non steady state regime</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+                <w:t xml:space="preserve">Coupled reactive transport and poromechanics modelling of external sulfate attack in cementitious materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syed Yasir Alam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Soive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Loukili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FIB Symposium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">12th International Conference on Fracture Mechanics for Concrete and Concrete Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Vienne, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21012/FC12.1346⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05386567v1</w:t>
+                <w:t xml:space="preserve">hal-05386586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation chimio-mécanique de pâtes de ciment exposées aux attaques sulfatiques externes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Low carbon concretes: natural diffusion and migration in a non steady state regime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gayelle Fahed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Soive</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Loukili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres Universitaires de Génie Civil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, Marseille, France</w:t>
+              <w:t xml:space="preserve">FIB Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05386577v1</w:t>
+                <w:t xml:space="preserve">hal-05386567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled reactive transport and poromechanics modelling of external sulfate attack in cementitious materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modélisation chimio-mécanique de pâtes de ciment exposées aux attaques sulfatiques externes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Soive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syed Yasir Alam</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anthony Soive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Loukili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Conference on Fracture Mechanics for Concrete and Concrete Structures</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Rencontres Universitaires de Génie Civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Marseille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21012/FC12.1346⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05386586v1</w:t>
+                <w:t xml:space="preserve">hal-05386577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of curing under stress on the geotechnical behavior of a treated silty soil</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chemo-mechanical modeling of an OPC Cement paste exposed to external sulfate attack : an approach based on sulfates adsorbed in C-S-H and micromechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Soive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Dermenonville</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syed Yasir Alam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Berrabeh Safae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Loukili</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIII ECSMGE 2024</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">78TH RILEM annuel Week and Rilem Conference on sustainable materials and structures : Meeting the major challenges of the 21ST century - SMS 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04706115v1</w:t>
+                <w:t xml:space="preserve">hal-05386562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemo-mechanical modeling of an OPC Cement paste exposed to external sulfate attack : an approach based on sulfates adsorbed in C-S-H and micromechanics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of curing under stress on the geotechnical behavior of a treated silty soil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Pigeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Soive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Berrabeh Safae</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Dermenonville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Loukili</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">78TH RILEM annuel Week and Rilem Conference on sustainable materials and structures : Meeting the major challenges of the 21ST century - SMS 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XVIII ECSMGE 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Lisboa, Portugal. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1201/9781003431749-490⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05386562v1</w:t>
+                <w:t xml:space="preserve">hal-04706115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of slag and fly ash on Laboratory NDT measurements for long curing period</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gayelle Fahed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2586,51 +2586,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi ionic penetration in Slag or Fly Ash Cementitious Matrices: Mechanisms and Modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gayelle Fahed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Soive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3169,51 +3169,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de la dégradation de la couche passive des aciers du béton armé en milieu maritime : modèle thermochimique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">van Quan Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Soive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3919,51 +3919,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386581v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Zadi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Soive" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Turcry" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaric Zanibellato" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Mahieux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coasts5040037" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386550v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neven Ukrainczyk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bernard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arezou Babaahmadi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liming Huang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Zausinger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02809-4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431412v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Yasir Alam" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Loukili" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.43.1.65" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360313v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Pigeot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dufour" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Dermenonville" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/10.26168/ajce.41.1.21" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343753v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11852-023-00940-4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343761v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harifidy Ranaivomanana" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Corvec" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouali Amiri" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.40.3.3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442350v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonnet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid Khelidj" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Baroghel-Bouny" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21650373.2021.1961325" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842279v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Quan Tran" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gasc-Barbier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2018.1446363" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923534v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Quan Tran" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.10.058" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865242v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2018.05.007" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865245v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2017.07.024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213437v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Baroghel Bouny" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Dierkens" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Wang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Soive" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Saillio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21650373.2013.797938" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913242v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2012.02.060" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GTRG1KH2-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005418v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Schuller" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ganesh" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Messineo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moneti" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. D. L. Blommaert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416836v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Omont" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.F. Gilmore" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Aracil" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. August" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20030437" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386567v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayelle Fahed" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386577v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386586v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21012/FC12.1346" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706115v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003431749-490" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386562v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berrabeh Safae" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351081v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351118v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719805v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154242v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343836v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319940v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Tabare" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343837v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daza Louis Zadi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167656v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343774v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardus Koenders" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kei-Ichi Imamoto" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-96422-1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343782v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddie Koenders" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-96422-1_5" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343779v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-96422-1_3" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343776v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-96422-1_1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386581v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Zadi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Soive" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Turcry" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaric Zanibellato" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Mahieux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/coasts5040037" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386550v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neven Ukrainczyk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bernard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arezou Babaahmadi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liming Huang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Zausinger" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-025-02809-4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05431412v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Yasir Alam" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Loukili" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.43.1.65" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04360313v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Pigeot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dufour" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Dermenonville" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/10.26168/ajce.41.1.21" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343753v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11852-023-00940-4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343761v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harifidy Ranaivomanana" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Corvec" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouali Amiri" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26168/ajce.40.3.3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442350v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bonnet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid Khelidj" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Baroghel-Bouny" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21650373.2021.1961325" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865242v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Quan Tran" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconres.2018.05.007" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923534v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2018.10.058" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842279v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Quan Tran" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gasc-Barbier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2018.1446363" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865245v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2017.07.024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213437v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Baroghel Bouny" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Dierkens" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Wang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Soive" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Saillio" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21650373.2013.797938" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913242v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2012.02.060" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GTRG1KH2-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005418v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Schuller" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ganesh" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Messineo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moneti" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. D. L. Blommaert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00416836v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Omont" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.F. Gilmore" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Aracil" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. August" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/0004-6361:20030437" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386586v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21012/FC12.1346" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386567v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gayelle Fahed" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386577v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386562v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berrabeh Safae" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706115v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9781003431749-490" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351081v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351118v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719805v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05154242v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343836v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02319940v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Tabare" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343837v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daza Louis Zadi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167656v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343774v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardus Koenders" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kei-Ichi Imamoto" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-96422-1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343782v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddie Koenders" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-96422-1_5" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343779v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-96422-1_3" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343776v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-96422-1_1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>