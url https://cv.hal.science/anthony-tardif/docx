--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,4816 +66,4885 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (68)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (69)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le point de départ de la prescription de l'action directe de l'assureur de l'employeur intérimaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, n°13, pp. 43-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05566723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Portée d'un revirement de jurisprudence concernant le déficit fonctionnel permanent de la victime d'un risque professionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, n°5, pp. 42-43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05481658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préjudice d'anxiété et transfert d'entreprise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 30, pp.49-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05228470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les incidences de l'action civile de l'employeur sur la responsabilité contractuelle du salarié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semaine sociale Lamy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 2133, pp.16-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05020214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suppression législative de la condition de cohabitation des parents civilement responsables : la responsabilité parentale au milieu du gué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 38, pp. 15-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05386239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La légitimité de la présomption de paternité légitime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de la Recherche Juridique - Droit prospectif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 2024-02, pp.711-719</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05033578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Water and civil liability : the importance of procedural aspects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dariusz Piatek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Iuris Dictio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 36, Julio-diciembre, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dariusz Piatek</w:t>
-[...31 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-05454925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Affaire des prothèses PIP : l'incidence du facteur temps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Journal des Accidents et des Catastrophes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 244</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05386245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pétition d'hérédité : l'apport du droit suisse pour le droit français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue juridique Personnes &amp; Famille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 297, pp.41-45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04966347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Précisions autour du point de départ du délai de prescription du préjudice d'anxiété des travailleurs de l'amiante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semaine sociale Lamy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 2164, pp. 18-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05415757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risques technologiques et risques naturels : retour sur l'année 2024-2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Arbousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Desfougeres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Steinmetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit de l'environnement [La revue jaune]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 342, pp. 240-247</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Arbousset</w:t>
-[...74 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-05422890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les conséquences du défaut d'information concernant une panne mécanique sur le régime de responsabilité contractuelle du garagiste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lexbase Contrats responsabilité immobilier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05285312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indemnisation de la perte de chance : un rappel salutaire des conditions d'indemnisation de la chance perdue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Journal des Accidents et des Catastrophes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 250</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05386249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La présomption irréfragable de connaissance des vices cachés à l'épreuve du droit fondamental à un procès équitable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 221, pp.18-20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04866953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La portée de la renonciation expresse au droit au bail d'habitation par le conjoint survivant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue juridique Personnes &amp; Famille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 239, pp.34-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04866842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">La présomption irréfragable de connaissance des vices cachés à l'épreuve du droit fondamental à un procès équitable</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présomption et prescription en matière de garantie des vices cachés du vendeur professionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Defrénois, la revue du notariat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17, pp.12-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04866871v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les conditions de la responsabilité du prêteur du fait d'un crédit accordé frauduleusement à une entreprise en difficulté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, pp.36-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04866893v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clôture anticipée de la période d'observation de l'entreprise en redressement judiciaire : l'appréciation souveraine du juge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 5, pp.23-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04866909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extension de la condition de cohabitation au parent bénéficiaire du droit de visite et d'hébergement personnes et familles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit de la famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9, pp.29-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04866850v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Précisions autour de l'intensité des présomptions de faute et de causalité pesant sur le garagiste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 40, pp.17-19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04866833v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le maintien de l'indemnité de fin de mandat en cas de concours de fautes de l'agent commercial et de son mandant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 221, pp.18-20</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Présomption et prescription en matière de garantie des vices cachés du vendeur professionnel</w:t>
+              <w:t xml:space="preserve">, 2023, 212, pp.13-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04867051v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La reconnaissance du préjudice d'atteinte à la dignité des travailleurs de l'amiante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 215, pp.15-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04866998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Licéité de la preuve et contentieux familial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit de la famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6, pp.16-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04867011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les potentialités de la responsabilité extracontractuelle en matière de réparation du préjudice d'anxiété des travailleurs de l'amiante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Journal des Accidents et des Catastrophes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 229</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05450854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Responsabilité civile et rupture du couple</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit de la famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3, pp.16-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04867042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recevabilité de l'action en réparation engagée par un créancier contre le dirigeant d'une société en procédure collective : la portée de la faute séparable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 50, pp.27-29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04866965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La condition de cohabitation des parents civilement responsables devant le Conseil constitutionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droit de la famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 7, pp.31-32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04866990v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'interdiction française de l'insémination post mortem devant la CEDH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Defrénois, la revue du notariat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 17, pp.12-15</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Les conditions de la responsabilité du prêteur du fait d'un crédit accordé frauduleusement à une entreprise en difficulté</w:t>
+              <w:t xml:space="preserve">, 2023, 45, pp.27-29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04866974v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Responsabilité civile des dirigeants sociaux : l'attribution de la qualité de tiers au groupement à l'associé cogérant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des Sociétés [Journal des Sociétés]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 06, pp.370</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04118384v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Responsabilité civile du préposé: vers un alignement des responsabilités délictuelle et contractuelle du salarié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, pp.17-19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868327v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Secret des naissances et mémoire des morts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue juridique Personnes &amp; Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, pp.33-36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868185v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La numérotation des codes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 208, pp.48-50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868083v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'application de la théorie de la garde de la structure au propriétaire d'un véhicule impliqué</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Journal des Accidents et des Catastrophes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'identification de la faute grave privatrice d'indemnité de fin de mandat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 209, pp.16-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868076v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarification autour de l'intensité des obligations contractuelles du garagiste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 15, pp.36-38</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Clôture anticipée de la période d'observation de l'entreprise en redressement judiciaire : l'appréciation souveraine du juge</w:t>
+              <w:t xml:space="preserve">, 2022, 38, pp.37-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les biens de subsistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Defrénois, la revue du notariat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22, pp.19-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La convocation des parties devant le pôle social du tribunal judiciaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4, pp.39</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868307v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La présomption d'imputabilité des lésions et arrêts intervenus postérieurement à un accident du travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 5, pp.23-25</w:t>
-[...110 lines deleted...]
-                <w:t xml:space="preserve">Précisions autour de l'intensité des présomptions de faute et de causalité pesant sur le garagiste</w:t>
+              <w:t xml:space="preserve">, 2022, 24, pp.51-52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Tribunal des conflits, juge de la responsabilité: le délai déraisonnable d'une procédure menée successivement devant les juges judiciaires et administratifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 207, pp.44-47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868133v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réparation du préjudice d'anxiété des travailleurs de l'amiante devant le Conseil d'Etat: vers un dialogue des juges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29, pp.51-53</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faute administrative et faute civile: destins croisés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de la Recherche Juridique - Droit prospectif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2022/1, pp.15-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868119v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Responsabilité civile des dirigeants sociaux : la détermination des critères de la faute séparable des fonctions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gazette du Palais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 40, pp.17-19</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">La reconnaissance du préjudice d'atteinte à la dignité des travailleurs de l'amiante</w:t>
+              <w:t xml:space="preserve">, 2022, 33, pp.21-23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868095v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La portée de l’expertise médicale technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2, pp.23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les présomptions de faute en droits privé et public de la responsabilité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 215, pp.15-17</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Le maintien de l'indemnité de fin de mandat en cas de concours de fautes de l'agent commercial et de son mandant</w:t>
+              <w:t xml:space="preserve">, 2022, 199, pp.46-50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811161v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La détermination des titulaires de l’action en nullité d’un legs pour insanité d’esprit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Répertoire du notariat Defrénois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 47, pp.13-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811173v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La présomption irréfragable de faute inexcusable de l'employeur en cas d'accident du travail survenu à la suite d'un signalement du salarié victime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 50, pp.49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’essor de la garde juridique des choses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actu-Juridique.fr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit fondamental d'agir en justice et clauses pénales testamentaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Répertoire du notariat Defrénois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 38, pp.23-26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814304v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Définition de la faute inexcusable de l’employeur dans la survenance d’un risque professionnel : l’occasion manquée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gazette du Palais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 28, pp.9-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Procédure d’instruction des maladies professionnelles : quand « contradictoire » rime avec « contradiction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10, pp.26-30</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le formalisme de la déclaration d'appel dans les procédures sans représentation obligatoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, pp.29-32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’inclusion du légataire universel parmi les héritiers titulaires de l’action en révocation d’une donation pour ingratitude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 102-103, pp.18-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814360v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconnaissance du préjudice d'anxiété des salariés non éligibles à l'ACAATA: de l'extension a maxima à l'encadrement ex cathedra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1415, pp.50-52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Retour sur les conditions d'octroi de l'immunité disciplinaire du salarié lanceur d'alerte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Joly Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, pp.12-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La cohérence de l’irrecevabilité de l’action récursoire des organismes de sécurité sociale à l’égard du conjoint de l’assuré victime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jurisprudence Sociale Lamy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 513, pp.4-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une notion teintée d’opportunisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Argus de l'assurance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 945, pp.12-14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811193v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Responsabilité civile des dirigeants sociaux vis-à-vis des tiers au groupement : le retour de la « faute introuvable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1236, pp.34-37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le refus de versement des dividendes à l’héritier non associé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37, pp.14-19</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La prévention des dommages potentiels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de la Recherche Juridique - Droit prospectif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1, pp.99-116</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variations autour des clauses d'exclusion de garantie du risque assuré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Horizons du droit : Revue de l’association française des docteurs en droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les potentialités du contrôle de conventionnalité en matière d'abus de la liberté d'expression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsabilité civile et assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814628v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Responsabilité personnelle du préposé: conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsabilité civile et assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814623v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’immunité civile des dirigeants sociaux à la lumière des recours en contribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Lamy Droit des affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 159, pp.54-59</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814607v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Garagiste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Responsabilité civile et assurances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 385, pp.1-24</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’effacement confirmé de l’article 1240 du Code civil parmi les règles de responsabilité limitant la liberté d’expression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 223, pp.20-26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’indivision perpétuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites affiches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 144, pp.9-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La charge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de la Recherche Juridique - Droit prospectif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2, pp.883-896</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814355v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’abandon d’un bien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue de la Recherche Juridique - Droit prospectif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4, pp.1443-1459</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04814590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le contrôle de proportionnalité des clauses pénales testamentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Tardif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Lamy Droit civil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 212, pp.13-15</w:t>
-[...3241 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, 2017, 151, pp.43-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04814635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4885,198 +4954,198 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les présomptions de faute en droit pénal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Beaussonie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Présomptions et responsabilités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mare et Martin, pp.51-63, 2024, 978 2 84934 828 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Beaussonie</w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">, Mare et Martin, pp.51-63, 2024, 978 2 84934 828 4</w:t>
+                <w:t xml:space="preserve">hal-04595340v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Principe constitutionnel de responsabilité ou principe constitutionnel de réparation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jacques Mestre; Guillaume Maire; David Richard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droits fondamentaux et Constitutions sous le regard universel des docteurs en droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.487-489, 2022, 9782275102955</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04868356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId84"/>
+      <w:footerReference w:type="default" r:id="rId85"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5223,51 +5292,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05481658v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Tardif" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05228470v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05020214v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05386239v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05033578v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05454925v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dariusz Piatek" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05386245v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04966347v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05415757v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05422890v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Arbousset" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Desfougeres" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lacroix" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Steinmetz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285312v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05386249v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866842v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866953v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866871v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866893v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866909v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866850v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866833v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866998v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04867051v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05450854v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04867011v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04867042v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866965v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866990v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866974v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04118384v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868239v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868076v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868327v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868185v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868083v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868197v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868292v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868307v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868253v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868133v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868273v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868119v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868095v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04811156v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04811161v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04811205v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04811173v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04811167v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814343v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814304v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814337v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04811198v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814360v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814328v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814330v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814538v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04811193v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814364v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814368v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814628v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814623v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814553v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814616v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814607v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814578v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814560v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814598v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814355v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814590v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814635v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595340v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Beaussonie" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868356v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05566723v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Tardif" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05481658v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05228470v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05020214v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05386239v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05033578v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05454925v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dariusz Piatek" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05386245v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04966347v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05415757v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05422890v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Arbousset" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Desfougeres" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lacroix" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Steinmetz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285312v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05386249v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866953v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866842v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866871v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866893v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866909v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866850v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866833v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04867051v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866998v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04867011v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-05450854v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04867042v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866965v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866990v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04866974v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04118384v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868327v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868185v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868083v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868239v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868076v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868197v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868292v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868307v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868253v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868133v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868273v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868119v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868095v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04811156v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04811161v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04811173v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04811167v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814343v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814304v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814337v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04811205v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04811198v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814360v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814328v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814330v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814538v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04811193v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814364v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814368v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814553v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814616v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814628v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814623v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814607v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814578v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814560v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814598v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814355v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814590v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04814635v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595340v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Beaussonie" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uha.hal.science/hal-04868356v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>