--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -150,289 +150,406 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (2)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comprehensive theoretical evaluation of the end-to-end performance of SoftCast-based linear video delivery schemes</w:t>
+                <w:t xml:space="preserve">Avatar Standardization Efforts for Interoperable Metaverse Services: Towards a Seamless Avatar-As-a-Service Ecosystem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Gharbi</w:t>
+                <w:t xml:space="preserve">Wei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
+                <w:t xml:space="preserve">Giuseppe Valenzise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Corlay</w:t>
+                <w:t xml:space="preserve">Fuzheng Yang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signal Processing: Image Communication</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 98, pp.116369. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Services Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.1-18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.image.2021.116369⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TSC.2026.3668856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03335975v1</w:t>
+                <w:t xml:space="preserve">hal-05540710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal information based GoP adaptation for linear video delivery schemes</w:t>
+                <w:t xml:space="preserve">A comprehensive theoretical evaluation of the end-to-end performance of SoftCast-based linear video delivery schemes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Gharbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M Gharbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Signal Processing: Image Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 98, pp.116369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.image.2021.116369⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03335975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Temporal information based GoP adaptation for linear video delivery schemes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Trioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Corlay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Gharbi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Signal Processing: Image Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2020, 82, 115734, 14 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.image.2019.115734⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03321530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -442,2792 +559,2792 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving Reconstruction Fidelity in Generative Face Video Coding using High-Frequency Shuttling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goluck Konuko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Valenzise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Visual Communications and Image Processing (VCIP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Tokyo, Japan. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/vcip63160.2024.10849880⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04861049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance of Linear Coding and Transmission in Low-Latency Computer Vision Offloading</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakub Žadník</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kieffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markku Mäkitalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 IEEE Wireless Communications and Networking Conference (WCNC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Dubai, United Arab Emirates. pp.1-6, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WCNC57260.2024.10571040⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04664803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation du décodage par liste de vidéos corrompues basée sur une architecture CNN</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Sur la faisabilité d’une compensation efficace de la latence en utilisant l’extrapolation des images vidéo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hind Kanj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Trioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Cagnazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22ème édition de la conférence COmpression et REprésentation des Signaux Audiovisuels, CORESA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2023, Lille, France. 4 p</w:t>
+              <w:t xml:space="preserve">, Jun 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04246635v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04246701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sur la faisabilité d’une compensation efficace de la latence en utilisant l’extrapolation des images vidéo</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hind Kanj</w:t>
+                <w:t xml:space="preserve">Optimisation du décodage par liste de vidéos corrompues basée sur une architecture CNN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yujing Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Coulombe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22ème édition de la conférence COmpression et REprésentation des Signaux Audiovisuels, CORESA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2023, Lille, France</w:t>
+              <w:t xml:space="preserve">, Jun 2023, Lille, France. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04246701v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04246635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compensation de la latence Glass-to-Glass via extrapolation du flux vidéo : faisabilité et cas d'usage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hind Kanj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Cagnazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GRETSI 2023 - XXIXème Colloque Francophone de Traitement du Signal et des Images</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Grenoble, France. pp.133-136</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04371281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glass-to-glass delay reduction: encoding rate reduction vs. video frame extrapolation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hind Kanj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Cagnazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 IEEE 25th International Workshop on Multimedia Signal Processing, MMSP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, Sep 2023, Poitier, France. pp.1-6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/MMSP59012.2023.10337718⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04246725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep learning assisted quality ranking for list decoding of videos subject to transmission errors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Guichemerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Coulombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 19th International Conference on Wireless and Mobile Computing, Networking and Communications (WiMob)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Montreal, Canada. pp.135-142, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/WiMob58348.2023.10187827⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04189076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Tutorial] Linear Video Coding and Transmission Schemes for Next Generation Video Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Cagnazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kieffer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Visual Communications and Image Processing, VCIP 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, Dec 2022, Suzhou, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04371225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Comparative Study of the Whitening Methods in Linear Video Coding and Transmission Schemes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hind Kanj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Gharbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 11th International Symposium on Signal, Image, Video and Communications (ISIVC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, El Jadida, Morocco. pp.1-6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ISIVC54825.2022.9800738⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03707050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards zero-latency video transmission through frame extrapolation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melan Vijayaratnam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Cagnazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Valenzise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kieffer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29th IEEE International Conference on Image Processing, ICIP 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Bordeaux, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/icip46576.2022.9897958⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03721273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Invited tutorial] Soft Video Delivery: Getting seamless quality adaptation in mobile and latency-critical applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vers une transmission vidéo sans latence par l'extrapolation d'images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melan Vijayaratnam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Cagnazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Valenzise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kieffer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th IEEE International Conference on Image Processing, ICIP 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">GRETSI 2022 - XXIIXème Colloque Francophone de Traitement du Signal et des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03775264v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03721301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une transmission vidéo sans latence par l'extrapolation d'images</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">[Invited tutorial] Soft Video Delivery: Getting seamless quality adaptation in mobile and latency-critical applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Trioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Cagnazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kieffer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2022 - XXIIXème Colloque Francophone de Traitement du Signal et des Images</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
+              <w:t xml:space="preserve">29th IEEE International Conference on Image Processing, ICIP 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03721301v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03775264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance assessment of the adaptive GoP-size extension of the wireless softCast video scheme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Gharbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th International Symposium on Signal, Image, Video and Communications, ISIVC 2020, postponed event</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Saint-Etienne, France. pp.1-6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ISIVC49222.2021.9487549⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03336004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Analytical Model of the End-to-End Performance for Linear Video Delivery Under Bandwidth Constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Gharbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21e édition du colloque CORESA (COmpression et REprésentation des Signaux Audiovisuels)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Nice (Sophia Antipolis), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CRC-Based Multi-Error Correction of H.265 Encoded Videos in Wireless Communications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Boussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Coulombe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 International Conference on Visual Communications and Image Processing (VCIP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Munich, Germany. pp.1-5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/VCIP53242.2021.9675400⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03541959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Perceptual Study of the Decoding Process of the SoftCast Wireless Video Broadcast Scheme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Valenzise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Cagnazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kieffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 IEEE Workshop on Multimedia Signal Processing (MMSP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Tampere, Finland. 6 p., </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/MMSP53017.2021.9733474⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03321849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Setting up an IoT lecture for centrale lille: a LoRa (WAN)TM-based labwork, from data transmission to data visualization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Pernod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boumatar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Dusch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème Colloque Enseignement des Technologies et des Sciences de l'Information et des Systèmes, CETSIS 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Valenciennes (Virtuel), France. pp.135-140</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03336203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subjective and objective quality assessment of the softcast video transmission scheme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Valenzise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Cagnazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Kieffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Visual Communications and Image Processing (VCIP 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Macau, China. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/vcip49819.2020.9301778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02997050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodes de prétraitement pour les systèmes de codage vidéo linéaire basé SoftCast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Gharbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVIIème Colloque Francophone de Traitement du Signal et des Images, GRETSI 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02423792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A reduced complexity/side information preprocessing method for high quality softcast-based video delivery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Gharbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th European Workshop on Visual Information Processing (EUVIP 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Roma, Italy. pp.205-210, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/EUVIP47703.2019.8946224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03335991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles méthodes de codage vidéo linéaire pour les transmissions vidéo sans-fil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Gharbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21èmes Journées Nationales du Réseau Doctoral en Microélectronique, JNRDM 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Montpellier, France. pp.31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03574182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de l'influence du contenu vidéo dans une transmission Pseudo-Analogique de type SoftCast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Gharbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CORESA 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02423790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A comparative preprocessing study for softcast video transmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Gharbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 9th International Symposium on Signal, Image, Video and Communications (ISIVC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Rabat, Morocco. pp.54-59, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ISIVC.2018.8709171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03335982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3237,370 +3354,370 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Schémas hybrides pour la transmission vidéo avec très faible latence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hind Kanj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Gharbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mardi des chercheurs 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Valenciennes (Nord), France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04139144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of the end-to-end performances for soft video delivery under bandwidth constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Gharbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème Edition Franco-Belge du Mardi des Chercheurs, MdC 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Wallers-Arenberg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03576514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive GoP for broadcast linear video coding under bandwidth constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Coudoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Gharbi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de la section électronique du club EEA, « Véhicule autonome - Transport intelligent »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03574669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3610,114 +3727,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude et optimisation d’un système de vidéotransmission conjoint Source-Canal basé « SoftCast »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Trioux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traitement du signal et de l'image [eess.SP]. Université Polytechnique Hauts-de-France, 2019. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2019UPHF0018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02483990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId73"/>
+      <w:footerReference w:type="default" r:id="rId77"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3785,51 +3902,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2567C203"/>
+    <w:nsid w:val="5DF095D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4016,51 +4133,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anthony-trioux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3457-3301" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335975v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Trioux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gharbi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Coudoux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Corlay" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.image.2021.116369" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321530v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.image.2019.115734" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04861049v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goluck Konuko" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Valenzise" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/vcip63160.2024.10849880" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664803v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub &#381;adn&#237;k" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kieffer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markku M&#228;kitalo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC57260.2024.10571040" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246635v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujing Zhang" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Coulombe" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246701v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Kanj" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cagnazzo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04371281v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246725v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMSP59012.2023.10337718" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189076v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Guichemerre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMob58348.2023.10187827" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04371225v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707050v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIVC54825.2022.9800738" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721273v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melan Vijayaratnam" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icip46576.2022.9897958" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775264v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721301v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336004v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIVC49222.2021.9487549" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518741v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541959v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Boussard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Coulombe" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VCIP53242.2021.9675400" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03321849v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMSP53017.2021.9733474" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336203v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pernod" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boumatar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dusch" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02997050v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/vcip49819.2020.9301778" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02423792v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335991v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUVIP47703.2019.8946224" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03574182v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02423790v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335982v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIVC.2018.8709171" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139144v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03576514v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03574669v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02483990v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019UPHF0018" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/anthony-trioux" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3457-3301" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-05540710v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Trioux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Zhang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Valenzise" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fuzheng Yang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSC.2026.3668856" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335975v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gharbi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Coudoux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Corlay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.image.2021.116369" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321530v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.image.2019.115734" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04861049v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goluck Konuko" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/vcip63160.2024.10849880" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04664803v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakub &#381;adn&#237;k" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Kieffer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markku M&#228;kitalo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC57260.2024.10571040" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246701v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hind Kanj" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cagnazzo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246635v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujing Zhang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Coulombe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04371281v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246725v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMSP59012.2023.10337718" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189076v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Guichemerre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMob58348.2023.10187827" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04371225v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707050v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIVC54825.2022.9800738" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721273v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melan Vijayaratnam" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icip46576.2022.9897958" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721301v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775264v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336004v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIVC49222.2021.9487549" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518741v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541959v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Boussard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Coulombe" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VCIP53242.2021.9675400" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03321849v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMSP53017.2021.9733474" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03336203v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pernod" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boumatar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dusch" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02997050v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/vcip49819.2020.9301778" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02423792v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335991v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUVIP47703.2019.8946224" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03574182v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-02423790v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335982v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIVC.2018.8709171" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139144v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03576514v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03574669v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02483990v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019UPHF0018" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>