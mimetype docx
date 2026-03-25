--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -673,433 +673,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04992869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Training an AI hyperelastic constitutive model with experimental data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément Jailin</w:t>
+                <w:t xml:space="preserve">Adaptive modeling and learning of material laws for effective data assimilation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Chamoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Benady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Farahbakhsh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Baranger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Poncelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PhotoMechanics - iDICs 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Clermont - Ferrand, France</w:t>
+              <w:t xml:space="preserve">16th World Congress on Computational Mechanics and 4th Pan American Congress on Computational Mechanics (WCCM-PANAM 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Vancouver (BC), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04720898v1</w:t>
+                <w:t xml:space="preserve">hal-04424741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apprentissage non-supervisé de lois de comportement non- linéaires avec réseau de neurones thermodynamiquement consistent par minimisation de l'erreur en relation de comportement modifiée</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Use of the modified constitutive relation error to learn constitutive relations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Baranger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Benady</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Baranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chamoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
+              <w:t xml:space="preserve">ECCM21 - 21st European Conference on Composite Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04822948v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04654555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of the modified constitutive relation error to learn constitutive relations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Training an AI hyperelastic constitutive model with experimental data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Jailin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Benady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Baranger</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Chamoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCM21 - 21st European Conference on Composite Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Nantes, France</w:t>
+              <w:t xml:space="preserve">PhotoMechanics - iDICs 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Clermont - Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04654555v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive modeling and learning of material laws for effective data assimilation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Apprentissage non-supervisé de lois de comportement non- linéaires avec réseau de neurones thermodynamiquement consistent par minimisation de l'erreur en relation de comportement modifiée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Benady</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Baranger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chamoin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Martin Poncelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th World Congress on Computational Mechanics and 4th Pan American Congress on Computational Mechanics (WCCM-PANAM 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Vancouver (BC), Canada</w:t>
+              <w:t xml:space="preserve">16ème Colloque National en Calcul de Structures (CSMA 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS; CSMA; ENS Paris-Saclay; CentraleSupélec, May 2024, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04424741v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04822948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physics-Augmented Neural Networks for Constitutive Modeling: Toward an Application for Structural Health Monitoring</w:t>
               </w:r>
@@ -1174,407 +1174,407 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04361347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A modified Constitutive Relation Error (mCRE) framework to learn nonlinear constitutive models from strain measurements with thermodynamics-consistent Neural Networks</w:t>
+                <w:t xml:space="preserve">A modified Constitutive Relation Error framework to learn nonlinear constitutive laws using physics-augmented Neural Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Benady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Chamoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Baranger</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Chamoin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XI Conference on Adaptive Modeling and Simulation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Gothenburg, France</w:t>
+              <w:t xml:space="preserve">IACM Mechanistic Machine Learning and Digital Engineering for Computational Science Engineering and Technology.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, El Paso, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04205273v1</w:t>
+                <w:t xml:space="preserve">hal-04205263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A modified Constitutive Relation Error framework to learn nonlinear constitutive laws using physics-augmented Neural Networks</w:t>
+                <w:t xml:space="preserve">A modified Constitutive Relation Error (mCRE) framework to learn nonlinear constitutive models from strain measurements with thermodynamics-consistent Neural Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Benady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Baranger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chamoin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Baranger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IACM Mechanistic Machine Learning and Digital Engineering for Computational Science Engineering and Technology.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, El Paso, United States</w:t>
+              <w:t xml:space="preserve">XI Conference on Adaptive Modeling and Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Gothenburg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04205263v1</w:t>
+                <w:t xml:space="preserve">hal-04205273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réseaux de neurones informés par la physique pour l’apprentissage de lois de comportement</w:t>
+                <w:t xml:space="preserve">Réseaux de neurones informés par la physique pour l’apprentissage de lois de comportement.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Benady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chamoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Baranger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IA POUR LES SCIENCES DE L'INGÉNIERIE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Online, France</w:t>
+              <w:t xml:space="preserve">25ème Congrès Français de Mécanique 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03929866v1</w:t>
+                <w:t xml:space="preserve">hal-03727610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réseaux de neurones informés par la physique pour l’apprentissage de lois de comportement.</w:t>
+                <w:t xml:space="preserve">Réseaux de neurones informés par la physique pour l’apprentissage de lois de comportement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Benady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chamoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Baranger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25ème Congrès Français de Mécanique 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">IA POUR LES SCIENCES DE L'INGÉNIERIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03727610v1</w:t>
+                <w:t xml:space="preserve">hal-03929866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physics-informed neural networks derived from a mCRE functional for constitutive modelling</w:t>
               </w:r>
@@ -1776,77 +1776,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chamoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Benady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sahar Farahbakhsh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Baranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Poncelet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th World Congress on Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Yokohama, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1897,247 +1897,247 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scientific machine learning and physics-augmented neural networks for hybrid digital twins</w:t>
+                <w:t xml:space="preserve">Physics-augmented neural networks for constitutive modeling: training with the modified Constitutive Relation Error</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Benady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Baranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chamoin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du GDR I-GAIA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">MORTech 2023 – 6th International Workshop on Model Reduction Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04425617v1</w:t>
+                <w:t xml:space="preserve">hal-04361330v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physics-augmented neural networks for constitutive modeling: training with the modified Constitutive Relation Error</w:t>
+                <w:t xml:space="preserve">Scientific machine learning and physics-augmented neural networks for hybrid digital twins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Benady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Lehmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afsal Pulikkathodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Baranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Chamoin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MORTech 2023 – 6th International Workshop on Model Reduction Techniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Gif-sur-Yvette, France</w:t>
+              <w:t xml:space="preserve">Journée du GDR I-GAIA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04361330v2</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04425617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2719,51 +2719,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390111v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Jailin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Benady" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baranger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.342" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696392v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Legroux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-024-01106-5" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368755v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chamoin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2024.116967" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424259v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992869v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720898v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822948v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654555v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424741v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Farahbakhsh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Poncelet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361347v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205273v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205263v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929866v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727610v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727613v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929841v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel Baranger" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000251v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425617v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lehmann" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afsal Pulikkathodi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361330v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425882v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;tienne Charbonnel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Diaz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-88574-7_10" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361339v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255767v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Zembra" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390111v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Jailin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Roux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Benady" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Baranger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.342" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696392v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Legroux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-024-01106-5" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368755v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Chamoin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cma.2024.116967" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424259v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04992869v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424741v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Farahbakhsh" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Poncelet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04654555v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720898v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822948v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361347v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205263v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205273v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727610v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929866v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727613v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929841v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuel Baranger" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000251v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361330v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425617v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lehmann" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afsal Pulikkathodi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425882v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;tienne Charbonnel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Diaz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-88574-7_10" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361339v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255767v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgar Zembra" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>