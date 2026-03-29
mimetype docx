--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Antoine Bioy </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">antoine-bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-1680-900X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">059846399</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (79)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therapeutic Use of Auto-Induced Cognitive Trance in a Chronic Pain Setting: A Case Study Using Mixed Methodology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Collignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminata Bicego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Elisabeth Faymonville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Gosseries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bonhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OBM Integrative and Complementary Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 010 (01), pp.1-20. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21926/obm.icm.2501012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05185058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the biopsychosocial model to the integrative approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Piano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Conradi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Barfety-Servignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Mick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 38 (1), pp.3-18. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/dea.2025.0316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05238728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soins de support, médecines complémentaires et médecine intégrative : De l'évolution des conceptions aux applications de terrain en oncologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Suissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Zedet Saunders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de l'hypnose et de la Santé Intégrative </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, n° 33 (2), pp.24-36. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jhsi.033.0024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04863836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche phénoménologique de la transe hypnotique et processus clinique du changement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Information Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 101 (1), pp.9-15. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/ipe.2025.2828⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05185066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Introducing a New Concept to Explain Pilot Adaptation to Abnormal and Emergency Situations”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Plat-Robain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Collinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lantos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Richarme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Pezzatini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation Research Procedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 88, pp.157-166. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.trpro.2025.05.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05185054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The development of the therapeutic alliance during the first five hypnotherapy sessions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Lignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Servillat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Complementary Therapies in Clinical Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 57, pp.101894. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ctcp.2024.101894⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05185075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scoping review on shamanistic trances practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nolwenn Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminata Bicego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Complementary Medicine and Therapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24 (1), pp.381. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12906-024-04678-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05185072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenomenology of auto-induced cognitive trance using text mining: a prospective and exploratory group study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Vanhaudenhuyse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Carmen Castillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Martial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jitka Annen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminata Bicego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroscience of Consciousness</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2024 (1), </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nc/niae036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05185063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-propos. La science légitime, la pratique valide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Psy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2 (62), pp.135-136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques enjeux pour les psychothérapies aujourd'hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Psy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1 (62), pp.29-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La danse classique ou la domestication de la transe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Cheymol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Duriez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amp.2023.03.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addictions et milieu carcéral : quels intérêts de l’hypnose dans ces prises en charge ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Chevance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychotropes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Vol. 29 (1), pp.75-87. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/psyt.291.0075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therapeutic alliance, pain and body-mediated practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Bachelart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristell Clerc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleurs : Évaluation - Diagnostic - Traitement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (4), pp.173-181. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.douler.2023.06.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présence thérapeutique : le Soi émergent, entre incarnation et virtualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfonso Santarpia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSN – Psychiatrie, Sciences humaines, Neurosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 3 (21), pp.65-81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douleur et retentissement psychologique en période Covid-19 : deux enquêtes sur un an de pandémie Covid-19 en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Barfety-Servignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bera-Louville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Delêtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Liegeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Psy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 62 (1), pp.73-83. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ppsy/2023621073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04419999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douleur et attachement : une revue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bachelart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36 (2), pp.113-123. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/dea-2022-0260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fatigue relationnelle : l’identifier pour mieux l’éviter…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A, Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 35 (1), pp.37-42. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/dea-2022-0196⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude observationnelle des comportements familiaux durant la phase palliative terminale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Guastella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psycho-Oncologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 16 (2), pp.234-242. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/pson-2022-0196⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical Perspectives on the Notion of Presence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfonso Santarpia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2022.783417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ÉTUDE EXPLORATOIRE DES ÉVÉNEMENTS DE VIE ET EXPÉRIENCES TRAUMATIQUES DANS LA TRAJECTOIRE DE VIE DES FEMMES CRIMINELLES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Léveillée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Carmen Castillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Chahraoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue québécoise de psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43 (2), pp.119-134. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1092111ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects épistémologiques des méthodes qualitatives en psychologie clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Chahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Plagnol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-C. Castillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5 (3), pp.273-281. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.inan.2021.09.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interest of a standardized hypnotic message for the reduction of pain and anxiety in cancer patients treated by capsaicin patch for neuropathic pain: a randomized controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Salleron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Complementary Medicine and Therapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (1), pp.154. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12906-021-03329-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects épistémologiques des méthodes qualitatives en psychologie clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Charaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Plagnol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Carmen Castillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5 (3), pp.273-280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COVID-19 et adaptation des dispositifs de suivi psychologique en réanimation médicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Roumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Chahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Trauma and Dissociation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5 (2), pp.100201. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejtd.2021.100201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early Hypnotic Intervention After Traumatic Events in Children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Wood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Clinical Hypnosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 62 (4), pp.380-391. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00029157.2019.1659128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complementary and alternative medicine agency To promote the development of practices while fighting against health abuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Suissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Berrut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Nizard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 18 (4), pp.357-358. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/pnv.2020.0893⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperactivité et fibromyalgie : la douleur en relais ? À propos d’un cas clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bichet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 32 (4), pp.210-213. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/dea-2020-0079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Échelle de Relation d’Objet et de Cognition Sociale de Westen : résultats préliminaires sur une population française d’adolescentes suicidantes hospitalisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bénony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vatageot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Lignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Marnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Évolution Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 85 (3), pp.329-348. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.evopsy.2020.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03116438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobilité psychique et douleur chronique : étude phénoménologique du vécu de 14 personnes souffrant de douleur chronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lionet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 32 (3), pp.165-170. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/dea-2019-0072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pratique clinique des psychologues en soins palliatifs, un référentiel francais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sigolene Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Gaucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2 (560), pp.129-136. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/bupsy.560.0129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impact psychologique de la douleur en soins palliatifs : entre majoration de l’angoisse de mort et renforcement du sentiment d’existence, un impact psychologique complexe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Bondier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mathieu-Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 176 (2), pp.157-162. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amp.2017.05.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche psychothérapeutique des phénomènes psychosomatiques et de la corporéité à l’Île de La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Rassaby-Darsanesing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Lavaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 45, pp.102-114. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/psyc/201845102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syndrome d’Antigone dans le deuil compliqué : impact du rite funéraire et place de l’hypnose thérapeutique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Leplus-Habeneck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSN – Psychiatrie, Sciences humaines, Neurosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/psn.164.0029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vécu des situations à risque d’erreur en réanimation : une étude qualitative auprès des médecins et infirmiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Chahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Quenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Capellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63 (1), pp.11-21. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psfr.2016.10.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Suitability of a Transcultural Clinical Approach to Psychosomatic Disturbances in Reunion Island</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Rassaby-Darsanesing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Lavaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Viodé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologia: Teoria e Pesquisa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 34, </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/0102.3772e34427⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incertitude et présentification en hypnose clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-S. Leplus-Habeneck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psycho-Oncologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12 (4), pp.263-266. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/pson-2019-0065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État des lieux des pratiques actuelles de l’hypnose au sein des centres hospitaliers universitaires français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chabridon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Nekrouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 43 (5), pp.498-501. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.encep.2016.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps adolescent confronté à l’incertitude : une analyse qualitative longitudinale auprès d’adolescents atteints de cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Roizot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Viodé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psycho-Oncologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11 (2), pp.80-84. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11839-017-0621-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies d’adaptation face à la douleur chronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62 (815), pp.36-37. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2017.03.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche psychothérapeutique des phénomènes psychosomatiques et de la corporéité à l'Île de La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Rassaby-Darsanesing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-C Lavaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01470595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypnose et neuropsychologie : quelles perspectives cliniques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Coutté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NPG: Neurologie - Psychiatrie - Gériatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15 (85), pp.31-35. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.npg.2014.07.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le psychologue, un clinicien étayé sur un référentiel spécifique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Journal des psychologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1 (324), pp.28-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail métaphorique en hypnothérapie dans un cadre de thérapie familiale : éléments cliniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers critiques de thérapie familiale et de pratiques de réseaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, n° 55 (2), pp.11. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ctf.055.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychologue, universitaire et chercheur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Journal des psychologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 324 (1), pp.48. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jdp.324.0048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychological experience of patients 3 months after a stay in the intensive care unit: A descriptive and qualitative study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Chahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Quenot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 30 (3), pp.599-605. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcrc.2015.02.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Place de l’autohypnose dans la prise en charge de la douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Armelle Mubiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleurs : Évaluation - Diagnostic - Traitement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 16 (3), pp.116-123. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.douler.2015.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fibromyalgie aura-t-elle le même destin que la spasmophilie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleurs : Évaluation - Diagnostic - Traitement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 15 (4), pp.143-145. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.douler.2014.07.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Importance du traumatisme psychique en clinique de la douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-C. Defontaine-Catteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27 (2), pp.67-67. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11724-014-0390-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repères psychologiques et développementaux chez le patient drépanocytaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Armelle Mubiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleurs : Évaluation - Diagnostic - Traitement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 15 (6), pp.278-287. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.douler.2014.10.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entendre, évaluer et répondre au traumatisme psychique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Conradi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Barfety-Servignat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27 (2), pp.75-81. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11724-014-0387-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vécu psychologique des patients trois mois après la sortie de réanimation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Chahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aubeline Vinay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Quenot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Intensive Réanimation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02871230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Place du traumatisme psychique en clinique de la douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. -C. Defontaine-Catteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27 (2), pp.68-74. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11724-014-0381-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Error in Intensive Care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Chahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 42 (11), pp.2370-2378. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/CCM.0000000000000508⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origine, conception actuelle et indications de l’hypnose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Crocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Bachelart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 171 (9), pp.658-661. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amp.2013.08.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’hypnose ericksonienne et sa pratique dans le trauma psychique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Bachelart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Crocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 171 (9), pp.667-670. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amp.2013.08.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypnose, douleur et soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Wood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 12 (3), pp.131-135. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medpal.2012.12.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les thérapies par l’hypnose dans les armées, quelques jalons dans l’histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Crocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Bachelart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 171 (9), pp.662-666. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amp.2013.08.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Être psy en soins palliatifs dans 10 ans ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bendrihen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Dauchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Doucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danièle Leboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11 (5), pp.271-274. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medpal.2012.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution du concept d’alliance thérapeutique en psychanalyse, de Freud à Renik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bénony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Chahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Bachelart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Évolution Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 77 (3), pp.342-351. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.evopsy.2012.02.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vécu psychologique des soignants en réanimation : une étude exploratoire et qualitative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Chahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Françaises d'Anesthésie et de Réanimation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (4), pp.342-348. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.annfar.2011.01.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les courants intégratifs en psychothérapie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bachelart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Bénony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 169 (8), pp.485-489. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amp.2010.11.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'analogie comme vecteur de l'hypnose, une illustration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychotherapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 31 (3), pp.175. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/psys.113.0175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Place et fonctions du psychologue en structure douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Bachelart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nègre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleurs : Évaluation - Diagnostic - Traitement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (4), pp.189-195. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.douler.2010.09.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress et douleurs viscérales: une revue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bachelart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 23 (4), pp.226-231. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11724-010-0217-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Mon doulèr, mon soufrans »: représentations et vécu psychique de la douleur viscérale à l’île de La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Imiza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 23 (4), pp.192-197. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11724-010-0219-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’alliance thérapeutique : historique, recherches et perspectives cliniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Bachelart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Psy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 49 (4), pp.317-326. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ppsy/2010494317⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douleurs viscérales: des classifications psychopathologiques à l’écoute des analogies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 23 (4), pp.219-225. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11724-010-0214-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les thérapies non médicamenteuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleurs : Évaluation - Diagnostic - Traitement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 10, pp.S79-S82. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.douler.2008.10.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sigmund Freud et l’hypnose : une histoire complexe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Psy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 47 (2), pp.171-184. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ppsy/2008472171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture et dépendance du psychologue en soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 7 (4), pp.199-202. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medpal.2008.05.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypnosis and Pain in Children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Wood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Pain and Symptom Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 35 (4), pp.437-446. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jpainsymman.2007.05.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iatrogénie et hypnose dans le champ de la douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Wood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 21 (3), pp.169-173. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11724-008-0098-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques de l’hypnose chez l’enfant douloureux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Wood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 21 (1), pp.20-26. </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11724-008-0078-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle pratique de l’hypnose pour les soins palliatifs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Wood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5 (6), pp.328-332. </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1636-6522(06)74300-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le syndrome de Lazare: une problématique de la rémission. Réflexions autour de la maladie cancéreuse chez l’adulte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">É. Cavro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bungener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Francophone de Psycho-Oncologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 4 (2), pp.74-79. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10332-005-0059-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives de l'hypnose au regard de la psychanalyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal-Henri Keller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Denis Fauxpoint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Évolution Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 70 (1), pp.151-160. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.evopsy.2004.07.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypnose, psychothérapie et psychologie clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Psy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 44 (5), pp.346-354. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ppsy/2005445346⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choice preferences without inferences: subconscious priming of risk attitudes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Peter Erb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Hilton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Behavioral Decision Making</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 15 (3), pp.251-262. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/bdm.416⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en charge graduée du syndrome douloureux chronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Nègre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 14 (3), pp.169-174. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BF03007546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects psychologiques des transes et part de la culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transe &amp; Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Liege/Belgium, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde : santé intégrative et maladies chroniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Suissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Toledano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Nizard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salon Medintenchs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Salon Medintechs, Mar 2022, Paris, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04864534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présence thérapeutique et travail autour des valeurs dans la clinique de l'effondrement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Mimethys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, La Baule (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intuition et transe : premiers résultats d'une recherche universitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Robiou Du Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Forum Confédération Francophone d'Hypnose et Thérapies Brèves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04243403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douleur et trauma ; l'approche de MC Defontaine-Catteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congrès SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les méthodes mixtes appliquées à l’étude des dispositifs en santé utilisant les pratiques de transes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comprendre les processus de changement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Liege/Belgium, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définir les transes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum de la Confédération Francophone Hypnose et Thérapies Brèves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Casques de réalité virtuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème journée d’hypnose soignante</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conscience de soi et autohypnose en impesanteur : premiers pas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum de la Confédération Francophone Hypnose et Thérapies Brèves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Montepellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fatigue relationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congres SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prescription, une situation qui a du cachet.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congrès national SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Visio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrative Hypnosis : humanistic approach in hypnosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congress of the North Texas Society of Clinical Hypnosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Dallas (TX), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confinés, covidés, je n'hypnotiserai plus jamais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congrès national SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Visio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Place de l'hypnose dans le bien veilllir.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">rencontres Korian</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrez dans la transe !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées inter-universitaires « hypnoses et transes »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conscience de soi et autohypnose en impesanteur : premiers pas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum de la Confédération Francophone Hypnose et Thérapies Brèves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connecting Capabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Parrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">University College London</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Londres (Grande Bretagne), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The practice of psychologists working in palliative care a french guidelines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th World Congress of the European Association for Palliative Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAPC, 2019, Berlin (DE), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’hypnose, une dynamique relationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la société de psychiatrie de l’Est.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux de la recherche scientifiques en sciences humaines à propos des MAC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er colloque MAC du ministère de la Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actualité de l’hypnose après Chertok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Gais Savoirs de l’IMEC – Léon Chertok au risque de l’hypnose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dissociation peut-elle être thérapeutique?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès National SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Strasboug, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04452160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de la douleur et de l’anxiété : apprentissage de l’autohypnose auprès de 10 adultes atteints de drépanocytose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème conférence internationale caribéenne sur la drépanocytose et les thalassémies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Cayenne (Guyane), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi les dispositifs utilisant la transe en douleur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque interuniversitaire douleur et cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-douleur et psy : mise en perspective en pratique psychologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congrès national SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-douleur et psy : mise en perspective en pratique psychologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès le la SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place de l’empathie dans l’hypnose : l’histoire de Prude,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Maillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFPO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenomenological experience and neurophysiological correlates of trance in healthy individuals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Gosseries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIAL Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Porto, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hypnose comme processus de désapprentissage de la douleur lors du travail de l’accouchement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chalut-Natal Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congrès national SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vécu du confinement Covid-19 et douleurs : une étude de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Barfety-Servignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Deletre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Liegeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congres national SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Visio, France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vécu du confinement Covid-19 : une analyse phénoménologique auprès de 12 patients douloureux chroniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Deletre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Barfety-Servignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Liegeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congres national SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Visio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du confinement Covid 19 auprès de patients douloureux chroniques : premières données auprès de 289 patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Liegeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Barfety-Servignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Deletre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congres national SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Visio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilité d'un groupe d&hypnothérapie par visioconférence de patients douloureux chroniques durant le confinement COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congres national SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Visio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profil cognitif des états dissociatifs : Etude exploratoire à la croisée de la neuropsychologie et de la psychiatrie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Collinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaick Besozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amelie Coquelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès National de Neuropsychologie Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de la douleur et de l’anxiété : apprentissage de l’autohypnose auprès de 10 adultes atteints de drépanocytose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congres SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypnose et neuropsychologie : étude de cas dans une prise en charge en remédiation cognitive chez un patient cérébrolésé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Collinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bezozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès National de Neuropsychologie Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypnose et huiles essentielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Delaunay-Bennet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudie Bourry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le grand livre des transes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre et pratiquer l'hypnose profonde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Goldschmidt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">17 cas cliniques en psychopathologie de la douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Barfety-Servignat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">16 cas cliniques en psychopathologie de la douleur: Psychopathologie. Entretien clinique. Tableaux cliniques typiques détaillés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Barfety-Servignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, 9782100835768</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04437613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">17 cas cliniques en hypnothérapie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre l’hypnose profonde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Goldschmidt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’approche qualitative en psychologie clinique et Psychopathologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Carmen Castillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Koenig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychologie Clinique et Psychopathologie - 3ème édition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Fouques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide mémoire d’Hypnose - 2ème éditions revue et augmentée.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Célestin-Lhopiteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Wood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">15 cas pratiques en hypnose pédiatrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Wood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Audrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinique et psychopathologie de la douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Lignier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antoine Bioy; Baptiste Lignier. </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.240, 2020, Psychothérapies, 9782100809998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hypnose - 2nde édition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUF. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide mémoire d’Hypnose - 2ème éditions revue et augmentée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La révolution de l'hypnose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Elisabeth Faymonville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La révolution de l’hypnose.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Elisabeth Faymonville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donatien Mallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Belloir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2èmd., 2017, Aide-Mémoire, 9782100759910. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dunod.bioyv.2017.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychologie clinique et psychopathologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Fouques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2016, 978-2-10-074722-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01754738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phénoménologie des états de transe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Collignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Grand Livre des transes et des états non ordinaires de conscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">États de conscience modifiés, transes et intuitions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Robiou Du Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Grand Livre des transes et des états non ordinaires de conscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04243264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypnosis in academia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauricio Neubern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hypnosis in academia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réalité virtuelle et hypnothérapie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiquer les cyberpsychothérapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 1. Repères en psychopathologie de la douleur.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Barfety-Servignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16 cas cliniques en psychopathologie de la douleur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9782100835768</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04437605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'alliance thérapeutique en hypnothérapie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'alliance thérapeutique.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La thérapie humaniste.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Press. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le psychologue en clinique de la douleur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.162, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche en psychologie dans le champs des soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">InPress. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie et soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.103-114, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les thérapies à médiation par le corps : l'hypnothérapie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">InPress. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le psychologue en clinique de la douleur.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.164-168, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseignement, Formation et Recherche en clinique de la douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Barfety-Servignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Baudic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Masselin-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Lignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Véronique Barfety- Servignat; Séverine Conradi; Anne Masselin-Dubois; Société Française d’étude et de traitement de la douleur (SFETD). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le psychologue en clinique de la douleur sous la direction de Barfety-Servignat V, Conradi S et Masselin-Dubois A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SFETD, Éditions In Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Concept-psy, Psychologie, 978-2-84835-641-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04437624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to pain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Wood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxford Textbook of Palliative Care in Children</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.192-203, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches psychocorporelles et psychothérapies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Barfety-Servignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Vulser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine de la douleur pour le praticien, collectif sous la direction d’Alain Serrie, Claire Delorme, Marie-Louise Navez</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9782294760679</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04437638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to pain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Wood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxford Textbook of Palliative Care in Children (2nd ed.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, pp.192-203, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects actuels de l’hypnose thérapeutique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouveaux modèles du soin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.99-111, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’approche hypnotique en clinique de la douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prendre le charge la douleur avec les thérapies non médicamenteuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Pequeno Teatro da Hipnose&amp;quot;: Uma leitura clínica do funcionamento hipnótico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clínicas do Transe: Etnopsicologia, Hipnose e Espiritualidade no Brasil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ed. Juruá., pp.49-68, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les présidents de la Ve république et les droits des femmes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Roman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les présidents de la Ve République et les libertés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS éditions, pp. 267-286., 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03241392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audition et note de synthèse pour le rapport : Comprendre la place de l’irrationalité dans le soin : quelles conséquences pour la pratique et la formation des soignants ? Par l’Académie Nationale de Médecine (commission 3)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Suissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04864023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Il est urgent de structurer les médecines complémentaires et alternatives ». Tribune collective, Journal Le Monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Suissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Denormandie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Firmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04864298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RAPPORT ANNUEL - GROUPE D'EXPERTS Les pratiques complémentaires et la santé Intégrative en France. Focus sur 23 dispositifs innovants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Chaboche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Suissa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agence des médecines complémentaires adaptées (A-MCA). 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04864314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport annuel d'experts : Les pratiques complémentaires en France. Constats, attentes et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Suissa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agence des Médecines Complémentaires Adaptées (A-MCA). 2023, 41pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04863758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d'experts : Qualité/Sécurité des pratiques. 65 principes pour la qualité/sécurité des pratiques (praticiens, organisations, usagers)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Suissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Denormandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agence des Médecines Complémentaires Adaptées (A-MCA). 2022, 132pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04863754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId406"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Antoine Bioy </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">antoine-bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-1680-900X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">059846399</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (80)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santé mentale et psychédéliques : révolution ou promesse utopique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Lucas Duguey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Fauvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Psy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 64 (4), pp.383-398. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ppsy/2025055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05556193v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the biopsychosocial model to the integrative approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Piano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Conradi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Barfety-Servignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Mick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 38 (1), pp.3-18. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/dea.2025.0316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05238728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therapeutic Use of Auto-Induced Cognitive Trance in a Chronic Pain Setting: A Case Study Using Mixed Methodology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Collignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminata Bicego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Elisabeth Faymonville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Gosseries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bonhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OBM Integrative and Complementary Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 010 (01), pp.1-20. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21926/obm.icm.2501012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05185058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soins de support, médecines complémentaires et médecine intégrative : De l'évolution des conceptions aux applications de terrain en oncologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Suissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Zedet Saunders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de l'hypnose et de la Santé Intégrative </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître, n° 33 (2), pp.24-36. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jhsi.033.0024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04863836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche phénoménologique de la transe hypnotique et processus clinique du changement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Information Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 101 (1), pp.9-15. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/ipe.2025.2828⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05185066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Introducing a New Concept to Explain Pilot Adaptation to Abnormal and Emergency Situations”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Plat-Robain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Collinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Lantos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Richarme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Pezzatini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation Research Procedia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 88, pp.157-166. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.trpro.2025.05.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05185054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scoping review on shamanistic trances practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nolwenn Marie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminata Bicego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Grégoire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Rousseaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Complementary Medicine and Therapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24 (1), pp.381. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12906-024-04678-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05185072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The development of the therapeutic alliance during the first five hypnotherapy sessions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Lignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Servillat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Complementary Therapies in Clinical Practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 57, pp.101894. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ctcp.2024.101894⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05185075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenomenology of auto-induced cognitive trance using text mining: a prospective and exploratory group study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Vanhaudenhuyse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Carmen Castillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Martial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jitka Annen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminata Bicego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroscience of Consciousness</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 2024 (1), </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nc/niae036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05185063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douleur et retentissement psychologique en période Covid-19 : deux enquêtes sur un an de pandémie Covid-19 en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Barfety-Servignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bera-Louville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Delêtre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Liegeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Psy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 62 (1), pp.73-83. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ppsy/2023621073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04419999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douleur et attachement : une revue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bachelart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36 (2), pp.113-123. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/dea-2022-0260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La danse classique ou la domestication de la transe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Cheymol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Duriez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amp.2023.03.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addictions et milieu carcéral : quels intérêts de l’hypnose dans ces prises en charge ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Chevance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychotropes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Vol. 29 (1), pp.75-87. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/psyt.291.0075⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-propos. La science légitime, la pratique valide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Psy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 2 (62), pp.135-136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques enjeux pour les psychothérapies aujourd'hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Psy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 1 (62), pp.29-36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Therapeutic alliance, pain and body-mediated practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Bachelart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristell Clerc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleurs : Évaluation - Diagnostic - Traitement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (4), pp.173-181. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.douler.2023.06.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présence thérapeutique : le Soi émergent, entre incarnation et virtualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfonso Santarpia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSN – Psychiatrie, Sciences humaines, Neurosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 3 (21), pp.65-81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude observationnelle des comportements familiaux durant la phase palliative terminale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Guastella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psycho-Oncologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 16 (2), pp.234-242. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/pson-2022-0196⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fatigue relationnelle : l’identifier pour mieux l’éviter…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A, Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 35 (1), pp.37-42. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/dea-2022-0196⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical Perspectives on the Notion of Presence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Malet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alfonso Santarpia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2022.783417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ÉTUDE EXPLORATOIRE DES ÉVÉNEMENTS DE VIE ET EXPÉRIENCES TRAUMATIQUES DANS LA TRAJECTOIRE DE VIE DES FEMMES CRIMINELLES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Léveillée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Carmen Castillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Chahraoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue québécoise de psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43 (2), pp.119-134. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7202/1092111ar⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">COVID-19 et adaptation des dispositifs de suivi psychologique en réanimation médicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Roumier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Chahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Trauma and Dissociation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5 (2), pp.100201. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejtd.2021.100201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects épistémologiques des méthodes qualitatives en psychologie clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Chahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Plagnol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-C. Castillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5 (3), pp.273-281. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.inan.2021.09.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interest of a standardized hypnotic message for the reduction of pain and anxiety in cancer patients treated by capsaicin patch for neuropathic pain: a randomized controlled trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Salleron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Complementary Medicine and Therapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (1), pp.154. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12906-021-03329-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects épistémologiques des méthodes qualitatives en psychologie clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Charaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Plagnol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Carmen Castillo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5 (3), pp.273-280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early Hypnotic Intervention After Traumatic Events in Children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Wood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Clinical Hypnosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 62 (4), pp.380-391. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00029157.2019.1659128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complementary and alternative medicine agency To promote the development of practices while fighting against health abuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Suissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Berrut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Nizard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 18 (4), pp.357-358. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1684/pnv.2020.0893⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03980776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperactivité et fibromyalgie : la douleur en relais ? À propos d’un cas clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Bichet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 32 (4), pp.210-213. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/dea-2020-0079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04298528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Échelle de Relation d’Objet et de Cognition Sociale de Westen : résultats préliminaires sur une population française d’adolescentes suicidantes hospitalisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bénony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Vatageot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Lignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Marnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Évolution Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 85 (3), pp.329-348. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.evopsy.2020.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03116438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobilité psychique et douleur chronique : étude phénoménologique du vécu de 14 personnes souffrant de douleur chronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lionet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 32 (3), pp.165-170. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/dea-2019-0072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pratique clinique des psychologues en soins palliatifs, un référentiel francais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sigolene Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Gaucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2 (560), pp.129-136. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/bupsy.560.0129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02118512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vécu des situations à risque d’erreur en réanimation : une étude qualitative auprès des médecins et infirmiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Chahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Quenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Capellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63 (1), pp.11-21. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psfr.2016.10.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01579846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Suitability of a Transcultural Clinical Approach to Psychosomatic Disturbances in Reunion Island</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Rassaby-Darsanesing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Lavaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Viodé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psicologia: Teoria e Pesquisa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 34, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/0102.3772e34427⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incertitude et présentification en hypnose clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-S. Leplus-Habeneck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psycho-Oncologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12 (4), pp.263-266. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/pson-2019-0065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche psychothérapeutique des phénomènes psychosomatiques et de la corporéité à l’Île de La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Rassaby-Darsanesing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Lavaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 45, pp.102-114. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/psyc/201845102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syndrome d’Antigone dans le deuil compliqué : impact du rite funéraire et place de l’hypnose thérapeutique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Leplus-Habeneck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PSN – Psychiatrie, Sciences humaines, Neurosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/psn.164.0029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’impact psychologique de la douleur en soins palliatifs : entre majoration de l’angoisse de mort et renforcement du sentiment d’existence, un impact psychologique complexe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Bondier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mathieu-Nicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régis Aubry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 176 (2), pp.157-162. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amp.2017.05.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État des lieux des pratiques actuelles de l’hypnose au sein des centres hospitaliers universitaires français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chabridon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Nekrouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 43 (5), pp.498-501. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.encep.2016.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps adolescent confronté à l’incertitude : une analyse qualitative longitudinale auprès d’adolescents atteints de cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Roizot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Viodé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psycho-Oncologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11 (2), pp.80-84. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11839-017-0621-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies d’adaptation face à la douleur chronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soins</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 62 (815), pp.36-37. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.soin.2017.03.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche psychothérapeutique des phénomènes psychosomatiques et de la corporéité à l'Île de La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I Rassaby-Darsanesing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-C Lavaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01470595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le psychologue, un clinicien étayé sur un référentiel spécifique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Journal des psychologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1 (324), pp.28-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le travail métaphorique en hypnothérapie dans un cadre de thérapie familiale : éléments cliniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers critiques de thérapie familiale et de pratiques de réseaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, n° 55 (2), pp.11. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ctf.055.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypnose et neuropsychologie : quelles perspectives cliniques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Coutté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NPG: Neurologie - Psychiatrie - Gériatrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15 (85), pp.31-35. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.npg.2014.07.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychologue, universitaire et chercheur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Journal des psychologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 324 (1), pp.48. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/jdp.324.0048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychological experience of patients 3 months after a stay in the intensive care unit: A descriptive and qualitative study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Chahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Quenot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Critical Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 30 (3), pp.599-605. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcrc.2015.02.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Place de l’autohypnose dans la prise en charge de la douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Armelle Mubiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleurs : Évaluation - Diagnostic - Traitement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 16 (3), pp.116-123. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.douler.2015.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Repères psychologiques et développementaux chez le patient drépanocytaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Armelle Mubiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleurs : Évaluation - Diagnostic - Traitement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 15 (6), pp.278-287. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.douler.2014.10.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entendre, évaluer et répondre au traumatisme psychique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Conradi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Barfety-Servignat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27 (2), pp.75-81. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11724-014-0387-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Importance du traumatisme psychique en clinique de la douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-C. Defontaine-Catteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27 (2), pp.67-67. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11724-014-0390-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fibromyalgie aura-t-elle le même destin que la spasmophilie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleurs : Évaluation - Diagnostic - Traitement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 15 (4), pp.143-145. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.douler.2014.07.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vécu psychologique des patients trois mois après la sortie de réanimation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Chahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aubeline Vinay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Quenot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Intensive Réanimation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02871230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Place du traumatisme psychique en clinique de la douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. -C. Defontaine-Catteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27 (2), pp.68-74. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11724-014-0381-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Error in Intensive Care</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Chahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Mariage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critical Care Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 42 (11), pp.2370-2378. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/CCM.0000000000000508⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’hypnose ericksonienne et sa pratique dans le trauma psychique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Bachelart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Crocq</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 171 (9), pp.667-670. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amp.2013.08.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypnose, douleur et soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Wood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 12 (3), pp.131-135. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medpal.2012.12.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origine, conception actuelle et indications de l’hypnose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Crocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Bachelart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 171 (9), pp.658-661. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amp.2013.08.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les thérapies par l’hypnose dans les armées, quelques jalons dans l’histoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Crocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Bachelart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 171 (9), pp.662-666. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amp.2013.08.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution du concept d’alliance thérapeutique en psychanalyse, de Freud à Renik</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bénony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Chahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Bachelart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Évolution Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 77 (3), pp.342-351. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.evopsy.2012.02.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Être psy en soins palliatifs dans 10 ans ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Bendrihen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Dauchy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Doucet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danièle Leboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11 (5), pp.271-274. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medpal.2012.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Place et fonctions du psychologue en structure douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Bachelart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Nègre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleurs : Évaluation - Diagnostic - Traitement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (4), pp.189-195. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.douler.2010.09.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les courants intégratifs en psychothérapie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bachelart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Bénony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Médico-Psychologiques, Revue Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 169 (8), pp.485-489. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.amp.2010.11.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vécu psychologique des soignants en réanimation : une étude exploratoire et qualitative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Chahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Françaises d'Anesthésie et de Réanimation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (4), pp.342-348. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.annfar.2011.01.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'analogie comme vecteur de l'hypnose, une illustration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychotherapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 31 (3), pp.175. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/psys.113.0175⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress et douleurs viscérales: une revue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bachelart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 23 (4), pp.226-231. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11724-010-0217-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Mon doulèr, mon soufrans »: représentations et vécu psychique de la douleur viscérale à l’île de La Réunion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Imiza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 23 (4), pp.192-197. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11724-010-0219-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’alliance thérapeutique : historique, recherches et perspectives cliniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximilien Bachelart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Psy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 49 (4), pp.317-326. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ppsy/2010494317⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douleurs viscérales: des classifications psychopathologiques à l’écoute des analogies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 23 (4), pp.219-225. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11724-010-0214-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les thérapies non médicamenteuses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Gautier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleurs : Évaluation - Diagnostic - Traitement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 10, pp.S79-S82. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.douler.2008.10.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypnosis and Pain in Children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Wood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Pain and Symptom Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 35 (4), pp.437-446. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jpainsymman.2007.05.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iatrogénie et hypnose dans le champ de la douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Wood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 21 (3), pp.169-173. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11724-008-0098-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sigmund Freud et l’hypnose : une histoire complexe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Psy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 47 (2), pp.171-184. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ppsy/2008472171⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture et dépendance du psychologue en soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 7 (4), pp.199-202. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.medpal.2008.05.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques de l’hypnose chez l’enfant douloureux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Wood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 21 (1), pp.20-26. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11724-008-0078-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle pratique de l’hypnose pour les soins palliatifs ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Wood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine Palliative</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5 (6), pp.328-332. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1636-6522(06)74300-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypnose, psychothérapie et psychologie clinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives Psy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 44 (5), pp.346-354. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/ppsy/2005445346⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives de l'hypnose au regard de la psychanalyse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal-Henri Keller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Denis Fauxpoint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Évolution Psychiatrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 70 (1), pp.151-160. </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.evopsy.2004.07.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le syndrome de Lazare: une problématique de la rémission. Réflexions autour de la maladie cancéreuse chez l’adulte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">É. Cavro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bungener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Francophone de Psycho-Oncologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 4 (2), pp.74-79. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10332-005-0059-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choice preferences without inferences: subconscious priming of risk attitudes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans-Peter Erb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Hilton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Behavioral Decision Making</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 15 (3), pp.251-262. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/bdm.416⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prise en charge graduée du syndrome douloureux chronique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Nègre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Douleur et Analgésie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 14 (3), pp.169-174. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BF03007546⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02405747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects psychologiques des transes et part de la culture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transe &amp; Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Liege/Belgium, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les méthodes mixtes appliquées à l’étude des dispositifs en santé utilisant les pratiques de transes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comprendre les processus de changement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Liege/Belgium, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Définir les transes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum de la Confédération Francophone Hypnose et Thérapies Brèves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde : santé intégrative et maladies chroniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Suissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Toledano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Nizard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salon Medintenchs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Salon Medintechs, Mar 2022, Paris, Versailles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04864534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présence thérapeutique et travail autour des valeurs dans la clinique de l'effondrement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Mimethys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, La Baule (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intuition et transe : premiers résultats d'une recherche universitaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Robiou Du Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Forum Confédération Francophone d'Hypnose et Thérapies Brèves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04243403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Douleur et trauma ; l'approche de MC Defontaine-Catteau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congrès SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conscience de soi et autohypnose en impesanteur : premiers pas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum de la Confédération Francophone Hypnose et Thérapies Brèves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Montepellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Casques de réalité virtuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème journée d’hypnose soignante</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fatigue relationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congres SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confinés, covidés, je n'hypnotiserai plus jamais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congrès national SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Visio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Place de l'hypnose dans le bien veilllir.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">rencontres Korian</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prescription, une situation qui a du cachet.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congrès national SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Visio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrative Hypnosis : humanistic approach in hypnosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congress of the North Texas Society of Clinical Hypnosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Dallas (TX), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conscience de soi et autohypnose en impesanteur : premiers pas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum de la Confédération Francophone Hypnose et Thérapies Brèves</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’hypnose, une dynamique relationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la société de psychiatrie de l’Est.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connecting Capabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Parrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">University College London</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Londres (Grande Bretagne), United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The practice of psychologists working in palliative care a french guidelines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Morel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th World Congress of the European Association for Palliative Care</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAPC, 2019, Berlin (DE), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrez dans la transe !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées inter-universitaires « hypnoses et transes »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2019, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux de la recherche scientifiques en sciences humaines à propos des MAC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er colloque MAC du ministère de la Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actualité de l’hypnose après Chertok</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Gais Savoirs de l’IMEC – Léon Chertok au risque de l’hypnose</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dissociation peut-elle être thérapeutique?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès National SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Strasboug, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04452160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pourquoi les dispositifs utilisant la transe en douleur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque interuniversitaire douleur et cultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-douleur et psy : mise en perspective en pratique psychologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congrès national SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de la douleur et de l’anxiété : apprentissage de l’autohypnose auprès de 10 adultes atteints de drépanocytose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème conférence internationale caribéenne sur la drépanocytose et les thalassémies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Cayenne (Guyane), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E-douleur et psy : mise en perspective en pratique psychologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès le la SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place de l’empathie dans l’hypnose : l’histoire de Prude,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Maillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFPO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenomenological experience and neurophysiological correlates of trance in healthy individuals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Gosseries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIAL Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Porto, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hypnose comme processus de désapprentissage de la douleur lors du travail de l’accouchement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Chalut-Natal Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congrès national SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vécu du confinement Covid-19 : une analyse phénoménologique auprès de 12 patients douloureux chroniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Deletre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Barfety-Servignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Liegeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congres national SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Visio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vécu du confinement Covid-19 et douleurs : une étude de cas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Barfety-Servignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Deletre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Liegeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congres national SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Visio, France. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du confinement Covid 19 auprès de patients douloureux chroniques : premières données auprès de 289 patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Liegeard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Barfety-Servignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Deletre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congres national SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Visio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilité d'un groupe d&hypnothérapie par visioconférence de patients douloureux chroniques durant le confinement COVID-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congres national SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Visio, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Profil cognitif des états dissociatifs : Etude exploratoire à la croisée de la neuropsychologie et de la psychiatrie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Collinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaick Besozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amelie Coquelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès National de Neuropsychologie Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion de la douleur et de l’anxiété : apprentissage de l’autohypnose auprès de 10 adultes atteints de drépanocytose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">congres SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypnose et neuropsychologie : étude de cas dans une prise en charge en remédiation cognitive chez un patient cérébrolésé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Collinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bezozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès National de Neuropsychologie Clinique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le grand livre des transes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypnose et huiles essentielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Delaunay-Bennet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudie Bourry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre et pratiquer l'hypnose profonde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Goldschmidt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">17 cas cliniques en psychopathologie de la douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Barfety-Servignat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">16 cas cliniques en psychopathologie de la douleur: Psychopathologie. Entretien clinique. Tableaux cliniques typiques détaillés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Barfety-Servignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022, 9782100835768</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04437613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">17 cas cliniques en hypnothérapie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre l’hypnose profonde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Goldschmidt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’approche qualitative en psychologie clinique et Psychopathologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Carmen Castillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Koenig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychologie Clinique et Psychopathologie - 3ème édition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Fouques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide mémoire d’Hypnose - 2ème éditions revue et augmentée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide mémoire d’Hypnose - 2ème éditions revue et augmentée.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Célestin-Lhopiteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Wood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">15 cas pratiques en hypnose pédiatrique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Wood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Audrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinique et psychopathologie de la douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Lignier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antoine Bioy; Baptiste Lignier. </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dunod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.240, 2020, Psychothérapies, 9782100809998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'hypnose - 2nde édition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUF. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La révolution de l’hypnose.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Elisabeth Faymonville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La révolution de l'hypnose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Elisabeth Faymonville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Lander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donatien Mallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Noëlle Belloir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2èmd., 2017, Aide-Mémoire, 9782100759910. </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dunod.bioyv.2017.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03119314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychologie clinique et psychopathologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Fouques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod, 2016, 978-2-10-074722-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01754738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phénoménologie des états de transe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Collignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Grand Livre des transes et des états non ordinaires de conscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">États de conscience modifiés, transes et intuitions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Robiou Du Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Grand Livre des transes et des états non ordinaires de conscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04243264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypnosis in academia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mauricio Neubern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hypnosis in academia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 1. Repères en psychopathologie de la douleur.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Barfety-Servignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16 cas cliniques en psychopathologie de la douleur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9782100835768</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04437605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réalité virtuelle et hypnothérapie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Henri Garnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pratiquer les cyberpsychothérapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'alliance thérapeutique en hypnothérapie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'alliance thérapeutique.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches psychocorporelles et psychothérapies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Barfety-Servignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Vulser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine de la douleur pour le praticien, collectif sous la direction d’Alain Serrie, Claire Delorme, Marie-Louise Navez</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 9782294760679</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04437638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La thérapie humaniste.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In Press. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le psychologue en clinique de la douleur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.162, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La recherche en psychologie dans le champs des soins palliatifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">InPress. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie et soins palliatifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.103-114, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les thérapies à médiation par le corps : l'hypnothérapie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">InPress. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le psychologue en clinique de la douleur.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.164-168, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enseignement, Formation et Recherche en clinique de la douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Barfety-Servignat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Baudic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Masselin-Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Lignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Véronique Barfety- Servignat; Séverine Conradi; Anne Masselin-Dubois; Société Française d’étude et de traitement de la douleur (SFETD). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le psychologue en clinique de la douleur sous la direction de Barfety-Servignat V, Conradi S et Masselin-Dubois A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SFETD, Éditions In Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Concept-psy, Psychologie, 978-2-84835-641-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04437624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to pain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Wood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxford Textbook of Palliative Care in Children</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.192-203, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O Pequeno Teatro da Hipnose&amp;quot;: Uma leitura clínica do funcionamento hipnótico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clínicas do Transe: Etnopsicologia, Hipnose e Espiritualidade no Brasil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ed. Juruá., pp.49-68, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects actuels de l’hypnose thérapeutique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dion. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les nouveaux modèles du soin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.99-111, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction to pain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Wood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxford Textbook of Palliative Care in Children (2nd ed.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, pp.192-203, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04352062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’approche hypnotique en clinique de la douleur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dunod. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prendre le charge la douleur avec les thérapies non médicamenteuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04451325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les présidents de la Ve république et les droits des femmes »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Roman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les présidents de la Ve République et les libertés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS éditions, pp. 267-286., 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03241392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audition et note de synthèse pour le rapport : Comprendre la place de l’irrationalité dans le soin : quelles conséquences pour la pratique et la formation des soignants ? Par l’Académie Nationale de Médecine (commission 3)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Suissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04864023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Il est urgent de structurer les médecines complémentaires et alternatives ». Tribune collective, Journal Le Monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Suissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Denormandie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Firmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04864298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RAPPORT ANNUEL - GROUPE D'EXPERTS Les pratiques complémentaires et la santé Intégrative en France. Focus sur 23 dispositifs innovants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Chaboche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Suissa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agence des médecines complémentaires adaptées (A-MCA). 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04864314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport annuel d'experts : Les pratiques complémentaires en France. Constats, attentes et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Suissa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agence des Médecines Complémentaires Adaptées (A-MCA). 2023, 41pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04863758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport d'experts : Qualité/Sécurité des pratiques. 65 principes pour la qualité/sécurité des pratiques (praticiens, organisations, usagers)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Suissa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Bioy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Guérin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Denormandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agence des Médecines Complémentaires Adaptées (A-MCA). 2022, 132pp</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04863754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId410"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AD5B891E"/>
+    <w:nsid w:val="C9EBD138"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antoine-bioy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1680-900X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/059846399" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185058v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Collignon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminata Bicego" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elisabeth Faymonville" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Gosseries" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonhomme" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21926/obm.icm.2501012" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238728v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Piano" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bioy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Conradi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Barfety-Servignat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mick" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/dea.2025.0316" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863836v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Suissa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bioy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Zedet Saunders" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jhsi.033.0024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185066v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ipe.2025.2828" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185054v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Plat-Robain" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Collinet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lantos" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Richarme" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pezzatini" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2025.05.020" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185075v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lignier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Servillat" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ctcp.2024.101894" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185072v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Marie" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lafon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gr&#233;goire" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Rousseaux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12906-024-04678-w" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185063v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Vanhaudenhuyse" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Carmen Castillo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Martial" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jitka Annen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nc/niae036" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451410v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bioy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451396v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298431v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Cheymol" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Duriez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2023.03.006" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298419v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Chevance" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psyt.291.0075" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298416v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Bachelart" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristell Clerc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.douler.2023.06.002" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451408v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Malet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Santarpia" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419999v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Barfety-Servignat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bera-Louville" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Taylor" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Del&#234;tre" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Liegeard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ppsy/2023621073" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-ZT5MW2CW-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298430v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bachelart" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Richard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dea-2022-0260" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298468v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A, Bioy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dea-2022-0196" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298434v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. van Lander" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guastella" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pson-2022-0196" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980990v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.783417" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298442v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Perrot" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne L&#233;veill&#233;e" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Chahraoui" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1092111ar" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239259v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chahraoui" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Plagnol" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Castillo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inan.2021.09.006" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980704v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Etienne" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Laurent" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Henry" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Salleron" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12906-021-03329-8" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160312v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Charaoui" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Plagnol" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980812v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Roumier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejtd.2021.100201" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298515v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Wood" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00029157.2019.1659128" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980776v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berrut" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanchet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nizard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2020.0893" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298528v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bichet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dea-2020-0079" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03116438v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; B&#233;nony" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vatageot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Marnier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2020.01.003" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405755v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lionet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dea-2019-0072" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02118512v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle van Lander" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Amar" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigolene Gautier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gaucher" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.560.0129" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405338v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bondier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mathieu-Nicot" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mariage" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Aubry" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2017.05.016" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405403v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Rassaby-Darsanesing" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lavaud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/psyc/201845102" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405304v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Leplus-Habeneck" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psn.164.0029" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01579846v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Laurent" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Quenot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Capellier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2016.10.001" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405227v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Viod&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0102.3772e34427" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405322v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-S. Leplus-Habeneck" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pson-2019-0065" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405409v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chabridon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nekrouf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2016.06.006" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405345v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Roizot" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11839-017-0621-7" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405368v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2017.03.010" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470595v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Rassaby-Darsanesing" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C Lavaud" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405515v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coutt&#233;" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.npg.2014.07.003" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119306v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405478v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ctf.055.0011" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405504v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jdp.324.0048" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405455v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrc.2015.02.016" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405422v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Armelle Mubiri" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Richard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.douler.2015.03.003" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405513v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.douler.2014.07.003" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405525v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Defontaine-Catteau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-014-0390-z" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405509v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.douler.2014.10.006" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405559v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Conradi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-014-0387-7" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02871230v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubeline Vinay" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405533v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. -C. Defontaine-Catteau" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-014-0381-4" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405521v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Aubert" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000000508" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405599v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Crocq" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2013.08.001" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405591v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2013.08.003" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405605v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2012.12.004" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405595v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2013.08.002" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405611v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bendrihen" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dauchy" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Doucet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Leboul" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2012.05.001" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405185v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2012.02.003" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LT9MZP8Q-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405656v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cras" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gilles" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laurent" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annfar.2011.01.020" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90VD1KQ1-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405649v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. B&#233;nony" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2010.11.018" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2LKZT842-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405658v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psys.113.0175" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405651v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle N&#232;gre" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.douler.2010.09.008" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405660v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-010-0217-5" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0E55A4F14C4ABEAF8C5426D4911F25BF00392E70/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405664v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Imiza" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-010-0219-3" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/01F006B8FD36E229108456128F537BB650177925/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405670v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ppsy/2010494317" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/26D01912A9FF420DF983BE884F34BC4A7F575500/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405668v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-010-0214-8" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/491B8B1708C3E7405AC672E53FA39F43CA7831D6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405676v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Gautier" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.douler.2008.10.009" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405686v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ppsy/2008472171" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EC198DCF6339E25FED70BEE98BBFD2FD0240A986/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405680v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2008.05.007" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405685v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpainsymman.2007.05.009" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405693v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Wood" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-008-0098-z" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FB937B81C6763291289BF91EBDBA687A0F7CFC8B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405716v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-008-0078-3" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8D60DF9533D494C325FDCC79FA9AEF2CF4297879/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405715v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1636-6522(06)74300-8" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405725v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Cavro" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bungener" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10332-005-0059-1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405734v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal-Henri Keller" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Fauxpoint" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2004.07.004" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9M910320-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405730v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ppsy/2005445346" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405740v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Peter Erb" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Hilton" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bdm.416" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/728B318ABC4137738F9BF97912A11E78A4FFBCC6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405747v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. N&#232;gre" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03007546" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B2F9764F366EBB95A1CC18D6882FDFEC32386C85/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451380v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864534v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Toledano" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451331v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243403v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Robiou Du Pont" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451335v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451376v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451327v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451049v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451046v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451332v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451340v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451045v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451339v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451337v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451053v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451329v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451064v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Parrot" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451062v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Amar" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Gautier" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morel" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451052v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451050v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451051v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452160v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451047v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451056v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451341v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451055v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451054v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Maillot" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451345v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451346v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chalut-Natal Morin" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451358v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Taylor" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Deletre" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Liegeard" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451362v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451363v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451347v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451353v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaick Besozzi" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Coquelet" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451067v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451352v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bezozzi" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451419v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Delaunay-Bennet" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Bourry" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451427v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451040v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Goldschmidt" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352046v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437613v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352053v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352049v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352051v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Carmen Castillo" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Koenig" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451421v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fouques" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451036v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle C&#233;lestin-Lhopiteau" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352057v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Audrain" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03120017v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www-cairn-info.inshs.bib.cnrs.fr/clinique-et-psychopathologie-de-la-douleur--9782100807079.htm?contenu=sommaire" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451038v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352041v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352042v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Elisabeth Faymonville" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451037v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119314v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Mallet" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Belloir" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.bioyv.2017.01" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01754738v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280497v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243264v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352067v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Neubern" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451369v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Garnier" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437605v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451370v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451321v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451039v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451322v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437624v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Baudic" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Masselin-Dubois" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inpress.fr/livre/le-psychologue-en-clinique-de-la-douleur/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451320v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437638v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vulser" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352062v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451324v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451325v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352060v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03241392v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Roman" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864023v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864298v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Gu&#233;rin" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Denormandie" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Firmin" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864314v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Chaboche" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863758v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863754v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antoine-bioy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1680-900X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/059846399" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05556193v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lucas Duguey" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Fauvel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bioy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ppsy/2025055" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238728v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Piano" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bioy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Conradi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Barfety-Servignat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mick" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/dea.2025.0316" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185058v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Collignon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminata Bicego" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elisabeth Faymonville" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Gosseries" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonhomme" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21926/obm.icm.2501012" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863836v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Suissa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Zedet Saunders" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jhsi.033.0024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185066v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ipe.2025.2828" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185054v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Plat-Robain" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Collinet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lantos" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Richarme" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pezzatini" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2025.05.020" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185072v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Marie" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lafon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gr&#233;goire" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Rousseaux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12906-024-04678-w" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185075v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lignier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Servillat" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ctcp.2024.101894" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185063v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Vanhaudenhuyse" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Carmen Castillo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Martial" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jitka Annen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nc/niae036" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419999v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Barfety-Servignat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bera-Louville" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Taylor" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Del&#234;tre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Liegeard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ppsy/2023621073" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-ZT5MW2CW-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298430v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bachelart" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Richard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dea-2022-0260" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298431v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Cheymol" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Duriez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2023.03.006" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298419v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Chevance" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psyt.291.0075" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451410v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bioy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451396v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298416v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Bachelart" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristell Clerc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.douler.2023.06.002" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451408v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Malet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Santarpia" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298434v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. van Lander" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guastella" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pson-2022-0196" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298468v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A, Bioy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dea-2022-0196" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980990v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.783417" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298442v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Perrot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne L&#233;veill&#233;e" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Chahraoui" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1092111ar" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980812v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Roumier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejtd.2021.100201" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239259v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chahraoui" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Plagnol" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Castillo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inan.2021.09.006" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980704v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Etienne" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Laurent" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Henry" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Salleron" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12906-021-03329-8" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160312v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Charaoui" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Plagnol" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298515v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Wood" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00029157.2019.1659128" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980776v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berrut" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanchet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nizard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/pnv.2020.0893" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298528v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bichet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dea-2020-0079" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03116438v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; B&#233;nony" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Vatageot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Marnier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2020.01.003" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405755v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lionet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dea-2019-0072" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02118512v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle van Lander" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Amar" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigolene Gautier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gaucher" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.560.0129" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01579846v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Laurent" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Quenot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Capellier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2016.10.001" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405227v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Rassaby-Darsanesing" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lavaud" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Viod&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0102.3772e34427" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405322v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-S. Leplus-Habeneck" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/pson-2019-0065" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405403v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/psyc/201845102" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405304v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Leplus-Habeneck" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psn.164.0029" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405338v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Bondier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mathieu-Nicot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Mariage" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Aubry" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2017.05.016" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405409v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chabridon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Nekrouf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2016.06.006" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405345v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Roizot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11839-017-0621-7" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405368v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2017.03.010" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01470595v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Rassaby-Darsanesing" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C Lavaud" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119306v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405478v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ctf.055.0011" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405515v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Coutt&#233;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.npg.2014.07.003" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405504v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jdp.324.0048" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405455v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrc.2015.02.016" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405422v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Armelle Mubiri" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Richard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.douler.2015.03.003" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405509v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.douler.2014.10.006" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405559v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Conradi" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-014-0387-7" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405525v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Defontaine-Catteau" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-014-0390-z" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405513v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.douler.2014.07.003" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02871230v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubeline Vinay" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405533v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. -C. Defontaine-Catteau" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-014-0381-4" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405521v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Aubert" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000000508" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405591v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Crocq" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2013.08.003" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405605v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2012.12.004" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405599v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2013.08.001" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405595v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2013.08.002" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405185v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2012.02.003" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LT9MZP8Q-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405611v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bendrihen" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dauchy" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Doucet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Leboul" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2012.05.001" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405651v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle N&#232;gre" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.douler.2010.09.008" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405649v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. B&#233;nony" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2010.11.018" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2LKZT842-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405656v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cras" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gilles" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laurent" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annfar.2011.01.020" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90VD1KQ1-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405658v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/psys.113.0175" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405660v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-010-0217-5" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0E55A4F14C4ABEAF8C5426D4911F25BF00392E70/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405664v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Imiza" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-010-0219-3" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/01F006B8FD36E229108456128F537BB650177925/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405670v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ppsy/2010494317" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/26D01912A9FF420DF983BE884F34BC4A7F575500/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405668v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-010-0214-8" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/491B8B1708C3E7405AC672E53FA39F43CA7831D6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405676v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Gautier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.douler.2008.10.009" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405685v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpainsymman.2007.05.009" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405693v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Wood" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-008-0098-z" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FB937B81C6763291289BF91EBDBA687A0F7CFC8B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405686v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ppsy/2008472171" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EC198DCF6339E25FED70BEE98BBFD2FD0240A986/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405680v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2008.05.007" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405716v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11724-008-0078-3" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8D60DF9533D494C325FDCC79FA9AEF2CF4297879/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405715v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1636-6522(06)74300-8" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405730v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ppsy/2005445346" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405734v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal-Henri Keller" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Fauxpoint" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2004.07.004" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9M910320-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405725v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Cavro" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bungener" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10332-005-0059-1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405740v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Peter Erb" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Hilton" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bdm.416" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/728B318ABC4137738F9BF97912A11E78A4FFBCC6/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405747v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. N&#232;gre" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03007546" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B2F9764F366EBB95A1CC18D6882FDFEC32386C85/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451380v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451376v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451327v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864534v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Toledano" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451331v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243403v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Robiou Du Pont" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451335v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451046v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451049v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451332v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451339v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451337v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451340v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451045v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451329v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451052v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451064v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Parrot" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451062v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Amar" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Gautier" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Morel" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451053v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451050v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451051v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04452160v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451056v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451341v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451047v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451055v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451054v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Maillot" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451345v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451346v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chalut-Natal Morin" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451362v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Deletre" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451358v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Taylor" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Liegeard" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451363v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451347v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451353v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaick Besozzi" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Coquelet" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451067v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451352v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bezozzi" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451427v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451419v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Delaunay-Bennet" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudie Bourry" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451040v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Goldschmidt" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352046v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437613v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352053v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352049v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352051v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Carmen Castillo" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Koenig" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451421v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Fouques" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352041v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451036v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle C&#233;lestin-Lhopiteau" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352057v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Audrain" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-03120017v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www-cairn-info.inshs.bib.cnrs.fr/clinique-et-psychopathologie-de-la-douleur--9782100807079.htm?contenu=sommaire" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451038v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451037v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352042v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Elisabeth Faymonville" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03119314v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatien Mallet" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Belloir" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.bioyv.2017.01" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01754738v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280497v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04243264v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352067v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Neubern" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437605v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451369v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Garnier" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451370v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437638v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vulser" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451321v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451039v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451322v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04437624v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Baudic" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Masselin-Dubois" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inpress.fr/livre/le-psychologue-en-clinique-de-la-douleur/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451320v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352060v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451324v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352062v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451325v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03241392v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Roman" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864023v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864298v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Gu&#233;rin" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Denormandie" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Firmin" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864314v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Chaboche" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863758v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863754v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>