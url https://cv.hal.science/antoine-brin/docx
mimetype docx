--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (51)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (53)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -368,10070 +368,10342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05359316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taxonomic and Trophic Groups Mediate Latitudinal Variation in Saproxylic Beetle Species Richness and Body Size Across Western Palaearctic Oak Forests</w:t>
+                <w:t xml:space="preserve">DATASAPROX: standardised dataset from protocolled sampling of saproxylic beetles in continental France and Corsica</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikael Franzén</w:t>
+                <w:t xml:space="preserve">Christopher Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicklas Jansson</w:t>
+                <w:t xml:space="preserve">Julien Touroult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mucahit Avcil</w:t>
+                <w:t xml:space="preserve">Arnaud Horellou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Bruno Mériguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hervé Brustel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (6), 12 p. </w:t>
+              <w:t xml:space="preserve">Biodiversity Data Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 14, pp.e187021. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ece3.71574⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3897/BDJ.14.e187021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05125765v1</w:t>
+                <w:t xml:space="preserve">hal-05546422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Click beetles (Elateridae) identify conservation units in Oriental and European beech forests</w:t>
+                <w:t xml:space="preserve">Taxonomic and Trophic Groups Mediate Latitudinal Variation in Saproxylic Beetle Species Richness and Body Size Across Western Palaearctic Oak Forests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giorgi Mamadashvili</w:t>
+                <w:t xml:space="preserve">Mikael Franzén</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Jarzabek-Müller</w:t>
+                <w:t xml:space="preserve">Nicklas Jansson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hazan Alkan Akinci</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Mucahit Avcil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claus Bässler</w:t>
+                <w:t xml:space="preserve">Hervé Brustel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Insect Conservation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 29 (3), pp.52. </w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (6), 12 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10841-025-00678-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ece3.71574⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05127118v1</w:t>
+                <w:t xml:space="preserve">hal-05125765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drivers of wood‐inhabiting fungal diversity in European and Oriental beech forests</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Click beetles (Elateridae) identify conservation units in Oriental and European beech forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgi Mamadashvili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Jarzabek-Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hazan Alkan Akinci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Lars Drössler</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claus Bässler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ece3.11660⟩</w:t>
+              <w:t xml:space="preserve">Journal of Insect Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29 (3), pp.52. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10841-025-00678-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04646110v1</w:t>
+                <w:t xml:space="preserve">hal-05127118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of habitat fragmentation and habitat amount on soil fungi communities in ancient forests</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The ‘Massana soil system’ project: untargeted metabolomics to unravel chemical landscapes in Massane forest soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Marie Savoie</w:t>
+                <w:t xml:space="preserve">Alice M.S. Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Gandois</w:t>
+                <w:t xml:space="preserve">Oriane Delena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed El Guif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-André Magdalou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Majdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Landscape Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10980-024-01821-3⟩</w:t>
+              <w:t xml:space="preserve">Life and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Proceedings of the 50th anniversary conference of the Massane Forest National Natural reserve, 75 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.57890/mq1ey433⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04487825v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05545642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are the remnants of old-growth mountain forests always relevant to inspire close-to-nature forest management and efficient biodiversity conservation?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Ladet</w:t>
+                <w:t xml:space="preserve">Influence of habitat fragmentation and habitat amount on soil fungi communities in ancient forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Raimbault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Brin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Manzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marie Savoie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Gandois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Conservation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biocon.2023.109954⟩</w:t>
+              <w:t xml:space="preserve">Landscape Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 39 (2), pp.19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10980-024-01821-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04000525v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04487825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambient and substrate energy influence decomposer diversity differentially across trophic levels</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Romain Angeleri</w:t>
+                <w:t xml:space="preserve">Drivers of wood‐inhabiting fungal diversity in European and Oriental beech forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgi Mamadashvili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petr Baldrian</w:t>
+                <w:t xml:space="preserve">Maksym Chumak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Werner Borken</w:t>
+                <w:t xml:space="preserve">Valeriia Diedus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lars Drössler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ele.14227⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.11660⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04097320v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04646110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drivers of tree-related microhabitat profiles in European and Oriental beech forests</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maksym Chumak</w:t>
+                <w:t xml:space="preserve">Are the remnants of old-growth mountain forests always relevant to inspire close-to-nature forest management and efficient biodiversity conservation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Larrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Burri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Corriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gouix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Ladet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 285, pp.110245. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biocon.2023.110245⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 279 (March), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biocon.2023.109954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04244650v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04000525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dans les Cévennes, les peuplements adultes de conifères sont plus ou moins favorables aux chauves-souris selon le paysage environnant</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ambient and substrate energy influence decomposer diversity differentially across trophic levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Bas</w:t>
+                <w:t xml:space="preserve">Peter Kriegel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Vogel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Angeleri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petr Baldrian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Werner Borken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kawa Sorix - Le bulletin de liaison du Groupe Chiroptères de MidiPyré nées</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (7), pp.1157-1173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ele.14227⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04790382v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04097320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of sentinel logs to assess host shifts in early beetle colonisers of deadwood under climate-and forestry-induced tree species substitutions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Drivers of tree-related microhabitat profiles in European and Oriental beech forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giorgi Mamadashvili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claus Bässler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasyl Chumak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksym Chumak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insect conservation and diversity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/icad.12434⟩</w:t>
+              <w:t xml:space="preserve">Biological Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 285, pp.110245. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biocon.2023.110245⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02918315v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04244650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CRUCIAL -Services écosystémiques produits par les cultures intermédiaires multiservices de légumineuses et de crucifères</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Dans les Cévennes, les peuplements adultes de conifères sont plus ou moins favorables aux chauves-souris selon le paysage environnant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Froidevaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Barbaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Vinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Bas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Kawa Sorix - Le bulletin de liaison du Groupe Chiroptères de MidiPyré nées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17, pp.8-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15454/nfsr-jw66⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03528642v1</w:t>
+                <w:t xml:space="preserve">hal-04790382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bat responses to changes in forest composition and prey abundance depend on landscape matrix and stand structure</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Olivier Vinet</w:t>
+                <w:t xml:space="preserve">The use of sentinel logs to assess host shifts in early beetle colonisers of deadwood under climate-and forestry-induced tree species substitutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Larrieu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-89660-z⟩</w:t>
+              <w:t xml:space="preserve">Insect conservation and diversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (1), pp.117-131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/icad.12434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03232451v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02918315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular biogeography of the fungus-dwelling saproxylic beetle Bolitophagus reticulatus indicates rapid expansion from glacial refugia</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">CRUCIAL -Services écosystémiques produits par les cultures intermédiaires multiservices de légumineuses et de crucifères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jörg Müller</w:t>
+                <w:t xml:space="preserve">Antoine Couëdel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Alletto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Justes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Valladares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/biolinnean/blab037⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 84, pp.217-225. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/nfsr-jw66⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03284344v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03528642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Past and Present-Day Landscape Structure on Forest Soil Microorganisms</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bat responses to changes in forest composition and prey abundance depend on landscape matrix and stand structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émilie Andrieu</w:t>
+                <w:t xml:space="preserve">Jérémy S P Froidevaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Barbaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Vinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Larrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Bas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 8, 13p. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.10586. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fevo.2020.00118⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-89660-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02952004v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03232451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Knowledge and conservation of Old-Growth Forests: a key issue to face global changes. The case study of Strâmbu-Băiuț - Maramureş (Eastern Carpathians, Romania)</w:t>
+                <w:t xml:space="preserve">Molecular biogeography of the fungus-dwelling saproxylic beetle Bolitophagus reticulatus indicates rapid expansion from glacial refugia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Py-Saragaglia</w:t>
+                <w:t xml:space="preserve">Jonas Eberle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Claude Bal</w:t>
+                <w:t xml:space="preserve">Martin Husemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Brun</w:t>
+                <w:t xml:space="preserve">Inken Doerfler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Buscaino</w:t>
+                <w:t xml:space="preserve">Werner Ulrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Guillerme</w:t>
+                <w:t xml:space="preserve">Jörg Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaderni Storici</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Disassembling landscape. Applied Environmental archaeology and historical ecology, 164, pp.369-404. </w:t>
+              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 133 (3), pp.766-778. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1408/99412⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/biolinnean/blab037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03049790v1</w:t>
+                <w:t xml:space="preserve">hal-03284344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nematode communities after the reintroduction of silver fir in beech-dominated forests</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Knowledge and conservation of Old-Growth Forests: a key issue to face global changes. The case study of Strâmbu-Băiuț - Maramureş (Eastern Carpathians, Romania)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Chauvin</w:t>
+                <w:t xml:space="preserve">Vanessa Py-Saragaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Villenave</w:t>
+                <w:t xml:space="preserve">Marie-Claude Bal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Andrieu</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cécile Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Buscaino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Guillerme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Forest Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10342-019-01216-z⟩</w:t>
+              <w:t xml:space="preserve">Quaderni Storici</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Disassembling landscape. Applied Environmental archaeology and historical ecology, 164, pp.369-404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1408/99412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02618394v1</w:t>
+                <w:t xml:space="preserve">hal-03049790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthropod communities in fungal fruitbodies are weakly structured by climate and biogeography across European beech forests</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of Past and Present-Day Landscape Structure on Forest Soil Microorganisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Aramendi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claus Bässler</w:t>
+                <w:t xml:space="preserve">Sophie Mennicken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Brändle</w:t>
+                <w:t xml:space="preserve">Floriane Kondratow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Buralli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Manzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diversity and Distributions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ddi.12882⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8, 13p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fevo.2020.00118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02609663v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02952004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Congruent patterns of functional diversity in saproxylic beetles and fungi across European beech forests</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Arthropod communities in fungal fruitbodies are weakly structured by climate and biogeography across European beech forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Friess</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jörg C. Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Aramendi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claus Bässler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Antoine Brin</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Brändle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biogeography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jbi.13556⟩</w:t>
+              <w:t xml:space="preserve">Diversity and Distributions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 25 (5), pp.783-796. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ddi.12882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02167525v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioural response of xerophilous land snail and slug species to chemical cues from ground-beetle predators: the role of ecological relevance</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Congruent patterns of functional diversity in saproxylic beetles and fungi across European beech forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Hagge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nerea Abrego</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claus Bässler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molluscan Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mollus/eyy007⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 45 (6), pp.1054-1065. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jbi.13556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01948611v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02167525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution à la liste des Curculionidae (Coleoptera Curculionidae) observés récemment en Gironde</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandy Barberis</w:t>
+                <w:t xml:space="preserve">Nematode communities after the reintroduction of silver fir in beech-dominated forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Kondratow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Batifoix</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Camille Chauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Villenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Linnéenne de Bordeaux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Forest Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 138 (6), pp.957-965. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10342-019-01216-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02622373v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liste provisoire des Melandryidae et Tetratomidae (Coleoptera) de Gironde</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Behavioural response of xerophilous land snail and slug species to chemical cues from ground-beetle predators: the role of ecological relevance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Bursztyka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lafont-Lecuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Teruel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Leclercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Linnéenne de Bordeaux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Molluscan Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 84, pp.141-147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mollus/eyy007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02618771v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01948611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liste provisoire des Anthribidae (Coleoptera Anthribidae) de Gironde</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">Contribution à la liste des Curculionidae (Coleoptera Curculionidae) observés récemment en Gironde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lessieur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandy Barberis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Batifoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Dauphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la Société Linnéenne de Bordeaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 1 (44), pp.99-105</w:t>
+              <w:t xml:space="preserve">, 2017, Tome 152 (45), pp.1-21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01604765v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of forest continuity on flying saproxylic beetle assemblages in small woodlots embedded in agricultural landscapes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Liste provisoire des Melandryidae et Tetratomidae (Coleoptera) de Gironde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Labatut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Barberis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Barnouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dauphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biodiversity and Conservation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de la Société Linnéenne de Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Tome 152 (45), pp.49-53</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02605004v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The foraging behaviour of the slug Deroceras reticulatum (Muller, 1774) is modified in the presence of cuticular scents from a carabid beetle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piotr Bursztyka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lafont-Lecuelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Teruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Molluscan Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 82, pp.314-319. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/mollus/eyv068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02630673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liste provisoire des Mycetophagidae (Coleoptera Mycetophagidae) de Gironde</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Effects of forest continuity on flying saproxylic beetle assemblages in small woodlots embedded in agricultural landscapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel L. Valladares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Ladet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Linnéenne de Bordeaux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biodiversity and Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 25 (3), pp.587-602. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10531-016-1076-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02635925v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02605004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing temperature may compensate for lower amounts of dead wood in driving richness of saproxylic beetles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joerg Mueller</w:t>
+                <w:t xml:space="preserve">Liste provisoire des Anthribidae (Coleoptera Anthribidae) de Gironde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Labatut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Barberis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Batifoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Brustel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christophe Bouget</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dauphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecography</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de la Société Linnéenne de Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 1 (44), pp.99-105</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02639387v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01604765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liste provisoire des Cleridae (Coleoptera Cleridae) de Gironde.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Intraspecific variations in dispersal ability of saproxylic beetles in fragmented forest patches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Tellez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Archaux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Linnéenne de Bordeaux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Oecologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 177 (3), pp.911-920. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00442-014-3162-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02635719v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02601122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intraspecific variations in dispersal ability of saproxylic beetles in fragmented forest patches</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Liste provisoire des Mycetophagidae (Coleoptera Mycetophagidae) de Gironde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Labatut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dauphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Royaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Tamisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oecologia</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de la Société Linnéenne de Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2 (42), pp.163-168</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02601122v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Habitat requirements of the violet click beetle (Limoniscus violaceus), an endangered umbrella species of basal hollow trees</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lionel Valladares</w:t>
+                <w:t xml:space="preserve">Increasing temperature may compensate for lower amounts of dead wood in driving richness of saproxylic beetles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joerg Mueller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Brustel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Brustel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heinz Bussler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insect conservation and diversity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/icad.12119⟩</w:t>
+              <w:t xml:space="preserve">Ecography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 38 (5), pp.499-509. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ecog.00908⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02635000v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02639387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tree microhabitats at the stand scale in montane beech-fir forests: practical information for taxa conservation in forestry</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Liste provisoire des Cleridae (Coleoptera Cleridae) de Gironde.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Labatut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Barberis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Batifoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dauphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Forest Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de la Société Linnéenne de Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2 (43), pp.213-218</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02599567v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Key features for saproxylic beetle diversity derived from rapid habitat assessment in temperate forests</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Habitat requirements of the violet click beetle (Limoniscus violaceus), an endangered umbrella species of basal hollow trees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gouix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebek Pavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Valladares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Brustel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Indicators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2013.09.031⟩</w:t>
+              <w:t xml:space="preserve">Insect conservation and diversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 8 (5), pp.418-427. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/icad.12119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02598930v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02635000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liste provisoire des Erotylidae (Coleoptera Erotylidae) de Gironde</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Tree microhabitats at the stand scale in montane beech-fir forests: practical information for taxa conservation in forestry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent L. Larrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Cabanettes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Deconchat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Linnéenne de Bordeaux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Forest Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 133 (2), pp.355-367. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10342-013-0767-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02636058v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02599567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les forêts remarquables du Parc naturel régional des Grands Causses : une histoire de nature et d'hommes (Fin)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Key features for saproxylic beetle diversity derived from rapid habitat assessment in temperate forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent L. Larrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Bussière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patrimòni</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecological Indicators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 36, pp.656-664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2013.09.031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02642917v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02598930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are stumps important for the conservation of saproxylic beetles in managed forests? Insights from a comparison of assemblages on logs and stumps in oak-dominated forests and pine plantations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Liste provisoire des Erotylidae (Coleoptera Erotylidae) de Gironde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Labatut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dauphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Genoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Géry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insect conservation and diversity</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de la Société Linnéenne de Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1 (42), pp.141-144</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02598630v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02636058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plantation forests, climate change and biodiversity</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Liste provisoire des Cerambycidae (Coleoptera Cerambycidae) de Gironde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Labatut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandy Barberis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Batifoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Tim W. Payn</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Dauphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biodiversity and Conservation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de la Société Linnéenne de Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3 (41), pp.257-278</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02647023v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02648338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liste provisoire des Cerambycidae (Coleoptera Cerambycidae) de Gironde</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Influence of sampling effort on saproxylic beetle diversity assessment. Implications for insect monitoring studies in European temperate forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Parmain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dufrêne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Linnéenne de Bordeaux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agricultural and Forest Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 15 (2), pp.135-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/afe.12008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02648338v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02598633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of sampling effort on saproxylic beetle diversity assessment. Implications for insect monitoring studies in European temperate forests</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Plantation forests, climate change and biodiversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen M Pawson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eckehard G. Brockerhoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lamb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim W. Payn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Entomology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/afe.12008⟩</w:t>
+              <w:t xml:space="preserve">Biodiversity and Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 22 (5), pp.1203-1227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10531-013-0458-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02598633v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02647023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implications from large-scale spatial diversity patterns of saproxylic beetles for the conservation of European Beech forests</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Are stumps important for the conservation of saproxylic beetles in managed forests? Insights from a comparison of assemblages on logs and stumps in oak-dominated forests and pine plantations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel L. Valladares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Brustel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Insect conservation and diversity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 6 (2), pp.162-169. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1752-4598.2012.00200.x⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 6 (3), pp.255-264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1752-4598.2012.00209.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02598403v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02598630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical compounds related to the predation risk posed by malacophagous ground beetles alter self-maintenance behavior of naive slugs (Deroceras reticulatum)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Implications from large-scale spatial diversity patterns of saproxylic beetles for the conservation of European Beech forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Brustel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0079361⟩</w:t>
+              <w:t xml:space="preserve">Insect conservation and diversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 6 (2), pp.162-169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1752-4598.2012.00200.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01401421v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02598403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution à la connaissance et à la conservation des coléoptères (coleoptera) forestiers du parc national du Mercantour (France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lionel Valladares</w:t>
+                <w:t xml:space="preserve">Chemical compounds related to the predation risk posed by malacophagous ground beetles alter self-maintenance behavior of naive slugs (Deroceras reticulatum)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Bursztyka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Saffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lafont-Lecuelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Brustel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Pageat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biocosme Mésogéen</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, vol. 8 (n° 11), pp. 1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0079361⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02645959v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A test for assessment of saproxylic beetle biodiversity using subsets of monitoring species</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Contribution à la connaissance et à la conservation des coléoptères (coleoptera) forestiers du parc national du Mercantour (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Valladares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Brustel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Indicators</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Biocosme Mésogéen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 30 (2), pp.35-59</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00794548v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02645959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the last biotic frontier: are temperate forest canopies special for saproxylic beetles?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Les forêts remarquables du Parc naturel régional des Grands Causses : une histoire de nature et d'hommes (Fin)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Ansonnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Valladares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hervé Brustel</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bussière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Patrimòni</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, novembre-décembre (47), pp.9-14</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02593786v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02642917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diameter of downed woody debris does matter for saproxylic beetle assemblages in temperate oak and pine forests</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">A test for assessment of saproxylic beetle biodiversity using subsets of monitoring species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Sebek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Barnouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Brustel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dufrêne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Insect Conservation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10841-010-9364-5⟩</w:t>
+              <w:t xml:space="preserve">Ecological Indicators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 20, p. 304 - p. 315. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolind.2012.02.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02593822v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00794548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution à la connaissance des Coléoptères saproxyliques des forêts pyrénéennes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Exploring the last biotic frontier: are temperate forest canopies special for saproxylic beetles?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Brustel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent L. Larrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société Linnéenne de Bordeaux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 261 (2), pp.211-220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foreco.2010.10.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02655679v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02593786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bois mort et biodiversité saproxylique à différentes échelles spatiales</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">Diameter of downed woody debris does matter for saproxylic beetle assemblages in temperate oak and pine forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Brin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Arthur Moreau</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Brustel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Jactel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rendez-vous Techniques de l'ONF</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Insect Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 15 (5), pp.653-669. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10841-010-9364-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02657721v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02593822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Species variables or environmental variables as indicators of forest biodiversity: a case study using saproxylic beetles in Maritime pine plantations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Contribution à la connaissance des Coléoptères saproxyliques des forêts pyrénéennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Brustel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hervé Jactel</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Valladares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent L. Larrieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Forest Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de la Société Linnéenne de Bordeaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 4 (38), pp.397-416</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00883519v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02655679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in quantitative patterns of dead wood in maritime pine plantations over time</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Bois mort et biodiversité saproxylique à différentes échelles spatiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Herve Jactel</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Arthur Moreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Rendez-vous Techniques de l'ONF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 25-26, pp.26-33</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02662383v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02657721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sampling saproxylic beetles with window flight traps : methodological insights</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Species variables or environmental variables as indicators of forest biodiversity: a case study using saproxylic beetles in Maritime pine plantations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Brustel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thierry Noblecourt</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Jactel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annals of Forest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 66 (3), 11 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/forest/2009009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02658931v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00883519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réponse des coléoptères saproxyliques à l’hétérogénéité des subéraies dans le massif des maures (France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Sampling saproxylic beetles with window flight traps : methodological insights</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Brustel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Noblecourt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 61, pp.327-342</w:t>
+              <w:t xml:space="preserve">, 2008, 10, pp.21-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02657410v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02658931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Changes in quantitative patterns of dead wood in maritime pine plantations over time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Brin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Meredieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Piou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Brustel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Jactel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 256 (5), pp.913-921. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foreco.2008.05.042⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02662383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Réponse des coléoptères saproxyliques à l'hétérogénéité des subéraies dans le massif des Maures (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Brustel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 61 (4), pp.327-342</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03530012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réponse des coléoptères saproxyliques à l’hétérogénéité des subéraies dans le massif des maures (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Brin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Brustel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 61, pp.327-342</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02657410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (33)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vieilles branches : le temps long des vieilles forêts de montagne en Europe tempérée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Py-Saragaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Burri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Saulnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Table-Ronde "Contribution des forêts passées aux forêts d'aujourd'hui et de demain"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Alexa Dufraisse, Sophie Martin, Emmanuelle Vila, Vanessa Py-Saragaglia, Vincent Robin, Oct 2024, Aspet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04740449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’écologie historique : une clé pour enrayer l’effondrement de la biodiversité des écosystèmes forestiers ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Py-Saragaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Burri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Saulnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">147e Congrès national des sociétés historiques et scientifiques : Effondrements et ruptures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Toulouse, France. pp.60-61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04797150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’écologie historique : une clé pour enrayer l’effondrement de la biodiversité forestière ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Py-Saragaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Burri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Saulnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">147e congrès national des sociétés historiques et scientifiques: Effondrements et ruptures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CTHS, May 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04254801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How repeatable are communities in Fomes polypores?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Ardanuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Rose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Laroche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFE2 GfÖ EEF - International Conference on Ecological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Metz, France. 24p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03931425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating past trajectories for a better understanding and conservation of present-day biodiversity : on-going research on the last Maramures Old-Growth fir-beech Forests (Romania)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Burri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Bal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Burnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de recherche TERRAE 2020 "Hors champs. Regards croisés sur les forêts et les incultes au Moyen Âge"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03028694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecosystem services related to small forests in temperate rural landscapes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId151" w:history="1">
+                <w:t xml:space="preserve">How forest edges contribute to landscape connectivity?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Deconchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Barbaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Calatayud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESP 10. World conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Hanovre, Germany. 23 p</w:t>
+              <w:t xml:space="preserve">IALE World Congress 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Milan, Italy. 993 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738360v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How forest edges contribute to landscape connectivity?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId151" w:history="1">
+                <w:t xml:space="preserve">Ecosystem services related to small forests in temperate rural landscapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Deconchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Barnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Clement-Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Larrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IALE World Congress 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Milan, Italy. 993 p</w:t>
+              <w:t xml:space="preserve">ESP 10. World conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Hanovre, Germany. 23 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734805v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodologie de choix des espèces préconisées pour un ensemencement des voies de service au sein de SNCF Réseau Vegephyl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Ehmig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Couvrechef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gouttebroze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Daydé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24ème conference du COLUMA – Journées internationales sur la lutte contre les mauvaises herbes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04998149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The last Maramureş old-growth fir-beech forests: a long-term and global study for their better understanding, conservation and management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Py-Saragaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Bal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Buscaino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5T.ERA: 5Terre Environmental Resource Archaeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Genova, Italy. 68 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02790665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les vieilles forêts des Maramures (Carpates orientales, Roumanie)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Bal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Burri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Calastrenc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECOVEG 14 - Ecologie des Communautés Végétales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04075560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la quantite de foret ancienne dans le paysage sur la diversite et la composition des communautes de champignons</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Inventaire et évaluation des vieilles forêts des Pyrénées de Midi-Pyrénées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Savoie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Cateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dejean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Hannoire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres d'Ecologie des Paysages 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Toulouse, France. 72 p</w:t>
+              <w:t xml:space="preserve">5. Rencontres Naturalistes de Midi-Pyrénées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Auch, France. pp.88-91</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734537v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02465816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inventaire et évaluation des vieilles forêts des Pyrénées de Midi-Pyrénées</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Influence de la quantite de foret ancienne dans le paysage sur la diversite et la composition des communautes de champignons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Mennicken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Kondratow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Rencontres Naturalistes de Midi-Pyrénées</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2016, Auch, France. pp.88-91</w:t>
+              <w:t xml:space="preserve">Rencontres d'Ecologie des Paysages 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Toulouse, France. 72 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02465816v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Landscape ecology of forest biodiversity: 2 French PhD studies 2015 - 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Percel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Kondratow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biodiversität und Habitatstrukturen im Wildnispark Zürich Sihlwald</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Birmensdorf, Switzerland. pp.35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02603625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mosaïque de paysages et son influence sur la biodiversité et l'agriculture</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">A socio-ecological framework for the analysis of forest edges dynamics and their consequences on ecosystems services in temperate landscapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Deconchat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Alignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Ouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Nuit européenne des chercheurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Toulouse, France</w:t>
+              <w:t xml:space="preserve">9. IALE World Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Portland, United States. 15 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02793813v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02793423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A socio-ecological framework for the analysis of forest edges dynamics and their consequences on ecosystems services in temperate landscapes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId151" w:history="1">
+                <w:t xml:space="preserve">La mosaïque de paysages et son influence sur la biodiversité et l'agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Deconchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mailys Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. IALE World Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Portland, United States. 15 p</w:t>
+              <w:t xml:space="preserve">La Nuit européenne des chercheurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02793423v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02793813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concepts et méthodes de l’écologie des paysages pour aider à mieux gérer les services écosystémiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Deconchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Vialatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Sheeren</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence des Mardis du métaprogramme d'Ecoserv</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Paris, France. 41 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01594447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connectivité spatiale et diversité des espèces: Mise en place d’un réseau de conservation dans le Parc National du Mercantour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Brustel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Calatayud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Crassous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chargés de mission « Forêt‐Eau » des Parcs nationaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Florac, France. 25 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02796071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ancienneté forestière et biodiversité saproxylique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Archaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Brustel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hilaire Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7e congrès du Groupe des Entomologistes Forestiers Francophones</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Brens, France. pp.18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02598931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Occurrence and diversity of tree microhabitats in managed/unmanaged forests and relationships with taxonomic biodiversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent L. Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Cabanettes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Deconchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microhabitat Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2013, Dresden, Germany. pp.22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02598406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographie historique : outil clé pour caractériser la continuité temporelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Ladet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judicael Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Grel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Valladares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SAGEO Spatial Analysis and GEOmatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Brest, France. 546 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02747571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bois mort, micro-habitats et cie</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Bois mort et biodiversité : 4 points en débat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Brustel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gosselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent L. Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Moliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6èmes rencontres annuelles du Groupe des Entomologistes Forestiers Francophones (GEFF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Epernay, France. 23 p</w:t>
+              <w:t xml:space="preserve">Animation Sedyvin - Séminaire IRSTEA - Le bois mort à la croisée des services écosystémiques (carbone, production, protection, biodiversité)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Nogent-sur-Vernisson, France. 27 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02810309v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02808166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the impact of forest management on deadwood and associated saproxylic beetle diversity</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">In search of the best local habitat drivers for saproxylic beetle richness…A case study in temperate deciduous forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stephen Pawson</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Brustel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent L. Larrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Moliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IUFRO 2nd International conference on biodiversity in forest ecosystems and landscapes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ville service., Aug 2012, Cork, Ireland. 22 p</w:t>
+              <w:t xml:space="preserve">International Workshop on biodiversity research in beech forests with focus on Germany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Grafenau, Germany. pp.19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02807923v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02597629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de l’effort d’échantillonnage sur l’évaluation de la diversité des coléoptères saproxyliques</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Modelling the impact of forest management on deadwood and associated saproxylic beetle diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Jactel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Meredieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Pawson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6es rencontres du Groupe des Entomologistes Forestiers Francophones</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Epernay, France. pp.27</w:t>
+              <w:t xml:space="preserve">IUFRO 2nd International conference on biodiversity in forest ecosystems and landscapes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ville service., Aug 2012, Cork, Ireland. 22 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02597632v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02807923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In search of the best local habitat drivers for saproxylic beetle richness…A case study in temperate deciduous forests</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">Influence de l’effort d’échantillonnage sur l’évaluation de la diversité des coléoptères saproxyliques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Parmain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Brin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dufrêne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on biodiversity research in beech forests with focus on Germany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Grafenau, Germany. pp.19</w:t>
+              <w:t xml:space="preserve">6es rencontres du Groupe des Entomologistes Forestiers Francophones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Epernay, France. pp.27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02597629v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02597632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bois mort et biodiversité : 4 points en débat</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Bois mort, micro-habitats et cie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Brustel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent L. Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Moliard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animation Sedyvin - Séminaire IRSTEA - Le bois mort à la croisée des services écosystémiques (carbone, production, protection, biodiversité)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Nogent-sur-Vernisson, France. 27 p</w:t>
+              <w:t xml:space="preserve">6èmes rencontres annuelles du Groupe des Entomologistes Forestiers Francophones (GEFF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Epernay, France. 23 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02808166v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02810309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indirect approach of taxonomic biodiversity using tree microhabitats in montane beech-fir forests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent L. Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain A. Cabanettes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on biodiversity research in beech forests</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Grafenau, Germany. 14 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02807828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structuration des communautés de Coléoptères saproxyliques:entre l'effet de l'habitat et l'effet des interactions biotiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ursula Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Brustel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6es rencontres du Groupe des Entomologistes Forestiers Francophones</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Epernay, France. pp.18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02597631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the &amp;quot;last biotic frontier&amp;quot;: are temperate forest canopy special for saproxylic beetles?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Brustel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th European symposium and workshop on the conservation of saproxylic beetles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Ljubljana, Slovenia. pp.22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02593290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indicateurs directs et indirects de la biodiversité saproxylique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Sebek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Noblecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Brustel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion annuelle du réseau «entomologie» de l'ONF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2010, Quillan, France. pp.26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02593751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration de l'entomofaune saproxylique dans la canopée des forêts tempérées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Brustel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque du Groupe des Entomologistes Forestiers Francophones (GEFF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, La Roche en Ardenne, Belgique. pp.23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02593750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'échantillonnage des coléoptères saproxyliques au moyen des pièges d'interception aériens. Etude de quelques facteurs de variation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Brustel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Brustel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel L. Valladares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Noblecourt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2e Rencontres du Groupe des Entomologistes Forestiers Francophones</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2008, Bedoin, France. pp.12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02590477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sampling saproxylic beetles using window flight traps : methodological insights</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Brustel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Brustel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Noblecourt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th symposium and workshop on the conservation of saproxylic beetles, Vivoin, 27-29 June 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, pp.36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02587944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dead wood attributes as biodiversity indicators in plantation forests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Brustel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Samalens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Piou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Indicators for sustainable forest management in cultivated forests - Forsee project final meeting, Porto, PRT, 11-13 December 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, pp.30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02588789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10441,1220 +10713,1220 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’agriculture urbaine : un terreau propice à l’innovation sociale et pédagogique !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Dumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Chochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Bachelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Devienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sustainable Urban Agricultures (UA) : Vector for Ecological Transition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Toulouse, France. Act fot sustainable Urban Agricultures (UA) : vector for ecological transition !, pp.1-1, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01760633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inventaire et évaluation des vieilles forêts des Pyrénées de Midi-Pyrénées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Savoie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénie Cateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Déjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Hannoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Rencontres Naturalistes de Midi-Pyrénées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2016, Auch, France. , 136 p., 2016, Actes 2017 - 5e Rencontres Naturalistes de Midi-Pyrénées du 11 au 13 février 2016 à Auch</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01601214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using connectivity analysis to optimize a network of set-aside forests in a managed landscape: A case study in a French mountain national park</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne A. Jacquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Calatayud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goulard Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent L. Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IUFRO landscape ecology conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Tartu, Estonia. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IUFROLE WG Conference</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 236 p., 2015, IUFRO: Sustaining ecosystem services in forest landscapes - Book of Abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do species interactions prevent Limoniscus violaceus from living in suitable basal hollow trees?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pavel Sebek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gouix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Valladares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Brustel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Symposium on the Conservation of Saproxylic Beetles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Basel, Switzerland. 1 p., 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02799425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inventaire des écosystèmes forestiers remarquables du Parc Naturel Régional des Grands Causses (Aveyron)</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Is there a synergy between hedges and intercrops for pest biocontrol ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Alignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bedoussac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne-Pascal Journet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Ouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Naturalité, vers une autre culture des eaux &amp; des forêts</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Chambéry, France. , 1 p., 2013</w:t>
+              <w:t xml:space="preserve">11. International Association for Ecology congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Londres, United Kingdom. 1 p., 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02808000v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01601774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is there a synergy between hedges and intercrops for pest biocontrol ?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inventaire des écosystèmes forestiers remarquables du Parc Naturel Régional des Grands Causses (Aveyron)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Valladares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Brin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Ansonnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Bussière</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. International Association for Ecology congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Londres, United Kingdom. 1 p., 2013</w:t>
+              <w:t xml:space="preserve">Naturalité, vers une autre culture des eaux &amp; des forêts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Chambéry, France. , 1 p., 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01601774v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02808000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation et suivi de la biodiversité entomologique forestière au moyen d’indicateurs directs simplifiés – l’exemple des sélections d’espèces (insectes, coléoptères saproxyliques)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Exploring co-occurrence patterns in saproxylic beetle assemblages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursula Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Brustel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le réveil du Dodo IV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Dijon, France. pp.1, 2012</w:t>
+              <w:t xml:space="preserve">7th symposium and workshop on the conservation of saproxylic beetles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Grenade, Spain. pp.1, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02597054v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02597053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring co-occurrence patterns in saproxylic beetle assemblages</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Evaluation et suivi de la biodiversité entomologique forestière au moyen d’indicateurs directs simplifiés – l’exemple des sélections d’espèces (insectes, coléoptères saproxyliques)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Sebek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Brustel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dufrêne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gosselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th symposium and workshop on the conservation of saproxylic beetles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Grenade, Spain. pp.1, 2012</w:t>
+              <w:t xml:space="preserve">Le réveil du Dodo IV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Dijon, France. pp.1, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02597053v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02597054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The largest trees are key features for the conservation of tree microhabitats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent L. Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain A. Cabanettes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IUFRO 2012. Second international Conference on biodiversity in forest ecosystems and lanscapes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Cork, Ireland. , 1 p., 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02808096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insights about saproxylic biodiversity living in old-growth forests of French Pyrénées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Savoie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Brustel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Valladares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent L. Larrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Corriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International symposium on dynamics and ecological services of deadwood in forest ecosystems "Deadwood and dying trees, a matter of life and diversity"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Rouyn-Noranda, Canada. , 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02748510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11664,179 +11936,179 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petita enciclopèdia dels animalons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Valladares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cruilla, 128 p., 2011, 978-8-46612-725-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02806650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mi enciclopedia de los bichos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Valladares</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ediciones Mundi-Prensa, 126 p., 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02806649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11846,765 +12118,765 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylviculture proche de la nature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Hébrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Mongellaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renata Talipova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire d'Agroécologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2026, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/jvjw-ky62⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05515898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concepts et méthodes de l'écologie des paysages pour aider à mieux gérer les services écosystémiques</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Landscape-scale study of soil communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Gazal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Manzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Houël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Lapied</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guillaume Odonne; Jean-François Molino. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les services écosystémiques dans les espaces agricoles. Paroles de chercheur(e)s</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15454/nwq9-zk60_book_ch07⟩</w:t>
+              <w:t xml:space="preserve">Methods in historical ecology: insights from Amazonia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Routledge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.112-120, 2020, 9780429060175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9780429060175-16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02537000v1</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03867222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodiversité fonctionnelle</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Trame verte et bleue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Carles-Mejane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lenna Berthie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dictionnaire d’agroécologie</w:t>
+              <w:t xml:space="preserve">Dictionnaire d’Agroécologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/v1qa-rc46⟩</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/g1xc-nf65⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03685870v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03728739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Landscape-scale study of soil communities</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Concepts et méthodes de l'écologie des paysages pour aider à mieux gérer les services écosystémiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Deconchat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Vialatte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...44 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Sheeren</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods in historical ecology: insights from Amazonia</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4324/9780429060175-16⟩</w:t>
+              <w:t xml:space="preserve">Les services écosystémiques dans les espaces agricoles. Paroles de chercheur(e)s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.69-80, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/nwq9-zk60_book_ch07⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03867222v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02537000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trame verte et bleue</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Biodiversité fonctionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graham Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maika De Bellabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lespine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dictionnaire d’Agroécologie</w:t>
+              <w:t xml:space="preserve">Dictionnaire d’agroécologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/g1xc-nf65⟩</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/v1qa-rc46⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03728739v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03685870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biotic interactions between saproxylic insect species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Brin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Saproxylic Insects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chapter 14, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer International Publishing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.471-514, 2018, Zoological Monographs, 978-3-319-75936-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-75937-1_14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02094718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId336"/>
+      <w:footerReference w:type="default" r:id="rId349"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -12751,51 +13023,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05383087v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Raimbault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Roy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Roy-Camille" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Savoie" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gouix" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2025.123272" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359316v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Collard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin-Ducup" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mellado" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Larrieu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Laroche" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2025.123305" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125765v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Franz&#233;n" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicklas Jansson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mucahit Avcil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Brustel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.71574" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127118v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgi Mamadashvili" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Jarzabek-M&#252;ller" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazan Alkan Akinci" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus B&#228;ssler" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10841-025-00678-4" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04646110v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksym Chumak" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeriia Diedus" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Dr&#246;ssler" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.11660" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04487825v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Manzi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Savoie" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gandois" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-024-01821-3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000525v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Burri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Corriol" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ladet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2023.109954" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04097320v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kriegel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Vogel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Angeleri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Baldrian" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Borken" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14227" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04244650v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasyl Chumak" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2023.110245" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04790382v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Froidevaux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Barbaro" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vinet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02918315v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouget" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/icad.12434" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03528642v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cou&#235;del" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Valladares" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/nfsr-jw66" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03232451v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my S P Froidevaux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-89660-z" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284344v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Eberle" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Husemann" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inken Doerfler" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Ulrich" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg M&#252;ller" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blab037" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952004v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mennicken" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Kondratow" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Buralli" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Andrieu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2020.00118" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049790v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Py-Saragaglia" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Bal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Brun" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Buscaino" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Guillerme" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1408/99412" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618394v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chauvin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Villenave" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Andrieu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10342-019-01216-z" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609663v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Friess" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg C. Muller" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Aramendi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Br&#228;ndle" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.12882" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167525v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Hagge" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerea Abrego" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13556" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948611v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Bursztyka" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lafont-Lecuelle" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Teruel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Leclercq" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mollus/eyy007" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622373v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lessieur" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Barberis" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Batifoix" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dauphin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618771v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Labatut" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Barnouin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604765v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605004v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel L. Valladares" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-016-1076-z" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630673v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mollus/eyv068" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635925v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Royaud" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Tamisier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639387v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joerg Mueller" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz Bussler" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.00908" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-80S1HJ89-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635719v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601122v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tellez" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Archaux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-014-3162-9" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635000v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebek Pavel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/icad.12119" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/341556D8E981777487243C0423D53C32EF0FD0E4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599567v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Larrieu" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cabanettes" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Deconchat" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10342-013-0767-1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598930v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2013.09.031" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1TH6RZR9-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636058v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Genoud" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian G&#233;ry" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642917v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Ansonnaud" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bussi&#232;re" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598630v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1752-4598.2012.00209.x" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TTGVX2KR-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647023v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen M Pawson" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eckehard G. Brockerhoff" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lamb" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim W. Payn" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-013-0458-8" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1158E16E6C12DB0E5BD4D346889E135DAC8F5502/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648338v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598633v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Parmain" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dufr&#234;ne" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/afe.12008" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BPTCDQG6-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598403v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M&#252;ller" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brunet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1752-4598.2012.00200.x" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RPD9J6GD-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401421v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Saffray" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pageat" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0079361" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645959v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794548v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sebek" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Barnouin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dufr&#234;ne" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2012.02.033" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593786v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2010.10.007" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8WCQ3RF5-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593822v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jactel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10841-010-9364-5" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3XF3FPJP-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655679v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657721v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Arthur Moreau" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883519v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest/2009009" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662383v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meredieu" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Piou" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Jactel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2008.05.042" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M7XLXFTR-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658931v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Noblecourt" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657410v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530012v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04740449v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Saulnier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797150v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saulnier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254801v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03931425v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ardanuy" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rose" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laroche" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03028694v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Burnel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738360v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Barnaud" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Clement-Kumar" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734805v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Calatayud" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04998149v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Ehmig" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Petit" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Couvrechef" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gouttebroze" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dayd&#233;" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790665v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075560v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Calastrenc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734537v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Roy" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465816v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Cateau" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dejean" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Hannoire" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603625v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Percel" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793813v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mailys Lopes" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793423v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Ouin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594447v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Vialatte" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sheeren" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796071v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Crassous" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598931v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilaire Martin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598406v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747571v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judicael Lopez" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Grel" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810309v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Moliard" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807923v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Labb&#233;" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Pawson" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597632v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597629v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moliard" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808166v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gosselin" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807828v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Cabanettes" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597631v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Torres" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593290v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593751v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593750v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590477v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587944v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588789v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Samalens" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Piou" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760633v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dumat" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chochon" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bachelier" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Devienne" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601214v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain D&#233;jean" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742441v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne A. Jacquin" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goulard Michel" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/325104.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799425v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Sebek" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808000v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Bussi&#232;re" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601774v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-Pascal Journet" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597054v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597053v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808096v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748510v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Savoie" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806650v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806649v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05515898v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte H&#233;brard" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Mongellaz" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Talipova" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/jvjw-ky62" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02537000v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/nwq9-zk60_book_ch07" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03685870v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Martin" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maika De Bellabre" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lespine" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/v1qa-rc46" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867222v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Gazal" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Hou&#235;l" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lapied" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.4324/9780429060175-16/landscape-scale-study-soil-communities-nina-gazal-antoine-brin-sophie-manzi-emeline-hou%C3%ABl-emmanuel-lapied-thibaud-deca%C3%ABns-m%C3%A9lanie-roy" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429060175-16" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03728739v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carles-Mejane" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenna Berthie" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/g1xc-nf65" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094718v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-319-75937-1_14" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-75937-1_14" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05383087v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Raimbault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Roy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Roy-Camille" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Savoie" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gouix" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2025.123272" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05359316v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Collard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin-Ducup" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mellado" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Larrieu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Laroche" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2025.123305" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546422v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Bosc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Touroult" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Horellou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno M&#233;riguet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Brin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/BDJ.14.e187021" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125765v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Franz&#233;n" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicklas Jansson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mucahit Avcil" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Brustel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.71574" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127118v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgi Mamadashvili" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Jarzabek-M&#252;ller" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazan Alkan Akinci" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claus B&#228;ssler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10841-025-00678-4" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545642v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice M.S. Rodrigues" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Delena" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Guif" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Andr&#233; Magdalou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Majdi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57890/mq1ey433" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04487825v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Manzi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Savoie" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gandois" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-024-01821-3" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04646110v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksym Chumak" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeriia Diedus" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Dr&#246;ssler" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.11660" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000525v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Burri" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Corriol" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ladet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2023.109954" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04097320v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kriegel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Vogel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Angeleri" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Baldrian" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Borken" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14227" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04244650v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasyl Chumak" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2023.110245" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04790382v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Froidevaux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Barbaro" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vinet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bas" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02918315v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouget" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/icad.12434" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03528642v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cou&#235;del" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Valladares" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/nfsr-jw66" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03232451v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my S P Froidevaux" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-89660-z" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284344v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Eberle" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Husemann" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inken Doerfler" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Werner Ulrich" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg M&#252;ller" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blab037" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03049790v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Py-Saragaglia" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Bal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Brun" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Buscaino" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Guillerme" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1408/99412" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952004v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mennicken" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Kondratow" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Buralli" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Andrieu" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2020.00118" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609663v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Friess" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg C. Muller" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Aramendi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Br&#228;ndle" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.12882" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02167525v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Hagge" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerea Abrego" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13556" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618394v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chauvin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Villenave" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Andrieu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10342-019-01216-z" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948611v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Bursztyka" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lafont-Lecuelle" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Teruel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Leclercq" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mollus/eyy007" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622373v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lessieur" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Barberis" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Batifoix" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Dauphin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618771v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Labatut" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Barnouin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630673v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mollus/eyv068" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605004v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel L. Valladares" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-016-1076-z" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604765v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601122v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tellez" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Archaux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-014-3162-9" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635925v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Royaud" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Tamisier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639387v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joerg Mueller" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinz Bussler" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.00908" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-80S1HJ89-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635719v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635000v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebek Pavel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/icad.12119" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/341556D8E981777487243C0423D53C32EF0FD0E4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599567v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent L. Larrieu" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cabanettes" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Deconchat" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10342-013-0767-1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598930v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2013.09.031" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1TH6RZR9-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636058v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Genoud" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian G&#233;ry" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648338v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598633v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Parmain" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dufr&#234;ne" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/afe.12008" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BPTCDQG6-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647023v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen M Pawson" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eckehard G. Brockerhoff" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lamb" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim W. Payn" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-013-0458-8" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1158E16E6C12DB0E5BD4D346889E135DAC8F5502/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598630v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1752-4598.2012.00209.x" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TTGVX2KR-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598403v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M&#252;ller" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brunet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1752-4598.2012.00200.x" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RPD9J6GD-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401421v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Saffray" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pageat" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0079361" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645959v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642917v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Ansonnaud" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bussi&#232;re" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794548v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sebek" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Barnouin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dufr&#234;ne" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2012.02.033" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593786v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2010.10.007" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8WCQ3RF5-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593822v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jactel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10841-010-9364-5" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-3XF3FPJP-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655679v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657721v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Arthur Moreau" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883519v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest/2009009" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658931v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Noblecourt" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662383v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meredieu" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Piou" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Jactel" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2008.05.042" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M7XLXFTR-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530012v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657410v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04740449v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Saulnier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797150v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saulnier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254801v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03931425v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ardanuy" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rose" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laroche" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03028694v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Burnel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734805v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Calatayud" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738360v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Barnaud" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Clement-Kumar" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04998149v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Ehmig" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Petit" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Couvrechef" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gouttebroze" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dayd&#233;" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790665v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075560v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Calastrenc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465816v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Cateau" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dejean" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Hannoire" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734537v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Roy" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603625v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Percel" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793423v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Ouin" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793813v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mailys Lopes" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594447v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Vialatte" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Sheeren" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796071v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Crassous" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598931v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilaire Martin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598406v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747571v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judicael Lopez" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Grel" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808166v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gosselin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Moliard" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597629v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moliard" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807923v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Labb&#233;" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Pawson" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597632v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810309v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807828v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Cabanettes" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597631v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Torres" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593290v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593751v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593750v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590477v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02587944v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02588789v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Samalens" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Piou" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760633v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dumat" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chochon" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bachelier" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Devienne" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601214v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain D&#233;jean" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742441v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne A. Jacquin" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goulard Michel" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/325104.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799425v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Sebek" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601774v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-Pascal Journet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808000v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Bussi&#232;re" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597053v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597054v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02808096v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748510v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Savoie" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806650v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806649v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05515898v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte H&#233;brard" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Mongellaz" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Talipova" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/jvjw-ky62" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867222v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Gazal" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Hou&#235;l" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lapied" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/edit/10.4324/9780429060175-16/landscape-scale-study-soil-communities-nina-gazal-antoine-brin-sophie-manzi-emeline-hou%C3%ABl-emmanuel-lapied-thibaud-deca%C3%ABns-m%C3%A9lanie-roy" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429060175-16" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03728739v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carles-Mejane" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenna Berthie" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/g1xc-nf65" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02537000v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/nwq9-zk60_book_ch07" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03685870v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Martin" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maika De Bellabre" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lespine" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/v1qa-rc46" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094718v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-319-75937-1_14" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-75937-1_14" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>