--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Antoine casquin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">antoine-casquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6897-0183</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">265567858</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing ecosystem services in cattle farming Insights from the PRESENCE project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vinciane Gotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Couvreur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">76th Annual meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, InnsBruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment and enhancement of cattle farming services in Northwerstern France landscape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vinciane Gotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Couvreur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Farming System Design Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Aug 2025, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards sustainable nutrient management along the Land-Sea continuum, an integrated modeling perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulven Laruelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Silvestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Capet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu25-13368⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05075365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing ecosystem services in cattle farming: insights from the PRESENCE project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vinciane Gotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Couvreur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">76th Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Federation of Animal Science, Aug 2025, Insbrück, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05540611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment and enhancement of cattle farming services in northwestern France landscape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vinciane Gotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Couvreur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Farming System Design Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05540581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A generic land to sea modelling chain for fighting coastal eutrophication in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulven Laruelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Silvestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josette Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Billen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resilience and Recovery in Aquatic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASLO, Jun 2023, Palmas de Mallorca, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04470186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of landscape spatial configuration on riverine nitrate & phosphorus dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Viaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Land Use and Water Quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Maastricht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04256975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of landscape organized heterogeneity on riverine nitrate dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Viaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Geosciences Union (EGU), May 2022, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-2392⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04256947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrological conditions influence the prediction of soil phosphorus indices on phosphorus leaching in hydromorphic soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sen Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Gruau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 967, pp.178856. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2025.178856⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04971025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Six years of nitrous oxide emissions from temperate cropping systems under real-farm rotational management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josette Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anun Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gréhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 354, pp.110085. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agrformet.2024.110085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landscape spatial configuration influences phosphorus but not nitrate concentrations in agricultural headwater catchments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Viaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hyp.14816⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conventional soil test phosphorus failed to accurately predict dissolved phosphorus release in agricultural hydromorphic soils in Brittany, Western France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sen Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewan Couic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Gruau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma Régional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 34, pp.e00689. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geodrs.2023.e00689⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04182313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability of phosphorus sorption properties in hydromorphic soils: consequences on P losses in agricultural landscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewan Couic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Gruau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sen Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 73 (6), pp.e13326. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ejss.13326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03874757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of landscape spatial configuration on nitrogen and phosphorus exports in agricultural catchments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sen Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewan Couic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Gruau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Landscape Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 36 (12), pp.3383-3399. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10980-021-01308-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03325139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Persistence of Water Chemistry Patterns across Flow Conditions in a Mesoscale Agricultural Catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sen Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin W W Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Resources Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 57 (7), pp.e2020WR029053. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2020WR029053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03283695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal controls of C-N-P dynamics across headwater catchments of a temperate agricultural region from public data analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stella Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Fovet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Gascuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Gruau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 25 (5), pp.2491-2511. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-25-2491-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03266520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">River network alteration of C-N-P dynamics in a mesoscale agricultural catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sen Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Gruau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 749, pp.141551. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.141551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02915941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective Surfaces et Interfaces Continentales : 2024-2028</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pinay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ferrage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizar Abcha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ackerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INSU, CNRS; INEE, CNRS. 2024, 147 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05045026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de l’organisation spatiale du paysage sur les transferts hydriques de Carbone, d'Azote et de Phosphore dans un bassin versant agricole de méso-échelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences agricoles. Institut national d'enseignement supérieur pour l'agriculture, l'alimentation et l'environnement, 2021. Français. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2021AGROD094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03848167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Influence of Landscape Spatial Distribution on Nitrogen and Phosphorus Concentrations in Headwater Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sen Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Gruau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union Fall Meeting 2020 (AGU 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Online, United States. , pp.H057-0015, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03222753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId74"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Antoine casquin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">antoine-casquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6897-0183</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">265567858</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing ecosystem services in cattle farming Insights from the PRESENCE project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vinciane Gotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Couvreur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">76th Annual meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, InnsBruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards sustainable nutrient management along the Land-Sea continuum, an integrated modeling perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulven Laruelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Thieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Silvestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Capet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu25-13368⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05075365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment and enhancement of cattle farming services in Northwerstern France landscape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vinciane Gotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Couvreur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Farming System Design Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Aug 2025, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05288811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing ecosystem services in cattle farming: insights from the PRESENCE project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vinciane Gotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Couvreur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">76th Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Federation of Animal Science, Aug 2025, Insbrück, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05540611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment and enhancement of cattle farming services in northwestern France landscape</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vinciane Gotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Pain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Couvreur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Farming System Design Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05540581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A generic land to sea modelling chain for fighting coastal eutrophication in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulven Laruelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Silvestre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josette Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Billen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resilience and Recovery in Aquatic Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASLO, Jun 2023, Palmas de Mallorca, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04470186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of landscape spatial configuration on riverine nitrate & phosphorus dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Viaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Land Use and Water Quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Maastricht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04256975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of landscape organized heterogeneity on riverine nitrate dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Viaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Geosciences Union (EGU), May 2022, Vienna, Austria. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/egusphere-egu22-2392⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04256947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrological conditions influence the prediction of soil phosphorus indices on phosphorus leaching in hydromorphic soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sen Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Gruau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 967, pp.178856. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2025.178856⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04971025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Six years of nitrous oxide emissions from temperate cropping systems under real-farm rotational management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josette Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anun Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gréhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 354, pp.110085. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agrformet.2024.110085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Landscape spatial configuration influences phosphorus but not nitrate concentrations in agricultural headwater catchments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Viaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hyp.14816⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conventional soil test phosphorus failed to accurately predict dissolved phosphorus release in agricultural hydromorphic soils in Brittany, Western France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sen Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewan Couic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Gruau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma Régional</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 34, pp.e00689. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geodrs.2023.e00689⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-04182313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability of phosphorus sorption properties in hydromorphic soils: consequences on P losses in agricultural landscapes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewan Couic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Gruau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sen Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Soil Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 73 (6), pp.e13326. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ejss.13326⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03874757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of landscape spatial configuration on nitrogen and phosphorus exports in agricultural catchments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sen Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ewan Couic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Gruau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Landscape Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 36 (12), pp.3383-3399. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10980-021-01308-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03325139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial Persistence of Water Chemistry Patterns across Flow Conditions in a Mesoscale Agricultural Catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sen Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin W W Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Resources Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 57 (7), pp.e2020WR029053. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2020WR029053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03283695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal controls of C-N-P dynamics across headwater catchments of a temperate agricultural region from public data analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stella Guillemot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Fovet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Gascuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Gruau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 25 (5), pp.2491-2511. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/hess-25-2491-2021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03266520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">River network alteration of C-N-P dynamics in a mesoscale agricultural catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sen Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Gruau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 749, pp.141551. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.141551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-02915941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective Surfaces et Interfaces Continentales : 2024-2028</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Pinay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Ferrage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nizar Abcha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ackerer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INSU, CNRS; INEE, CNRS. 2024, 147 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-05045026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de l’organisation spatiale du paysage sur les transferts hydriques de Carbone, d'Azote et de Phosphore dans un bassin versant agricole de méso-échelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences agricoles. Institut national d'enseignement supérieur pour l'agriculture, l'alimentation et l'environnement, 2021. Français. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2021AGROD094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03848167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Influence of Landscape Spatial Distribution on Nitrogen and Phosphorus Concentrations in Headwater Streams</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Casquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Dupas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sen Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Gruau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Geophysical Union Fall Meeting 2020 (AGU 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Online, United States. , pp.H057-0015, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03222753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId74"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="16602E17"/>
+    <w:nsid w:val="057C69CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antoine-casquin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6897-0183" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/265567858" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288636v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane Gotti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Casquin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Petit" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Couvreur" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288811v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Couvreur" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075365v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goulven Laruelle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thieu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Silvestre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Capet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-13368" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05540611v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05540581v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470186v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Garnier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Billen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256975v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dupas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Viaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256947v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-2392" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971025v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sen Gu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Liu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gruau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.178856" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970969v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mercier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anun Martinez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gr&#233;han" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2024.110085" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03953928v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.14816" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04182313v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewan Couic" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2023.e00689" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03874757v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejss.13326" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03325139v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-021-01308-5" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03283695v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin W W Abbott" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Petitjean" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020WR029053" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266520v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Guillemot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Fovet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-25-2491-2021" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02915941v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.141551" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03848167v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021AGROD094" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03222753v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antoine-casquin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6897-0183" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/265567858" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288636v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinciane Gotti" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Casquin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Petit" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Couvreur" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075365v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goulven Laruelle" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thieu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Silvestre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Capet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-13368" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288811v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Couvreur" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05540611v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://groupe-esa.hal.science/hal-05540581v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04470186v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Garnier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Billen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256975v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Dupas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Durand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Viaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256947v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu22-2392" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971025v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sen Gu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Liu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gruau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.178856" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970969v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mercier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anun Martinez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gr&#233;han" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2024.110085" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03953928v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.14816" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04182313v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewan Couic" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2023.e00689" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03874757v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejss.13326" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03325139v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10980-021-01308-5" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03283695v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin W W Abbott" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Petitjean" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020WR029053" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266520v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Guillemot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Fovet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-25-2491-2021" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02915941v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.141551" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03848167v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021AGROD094" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03222753v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>