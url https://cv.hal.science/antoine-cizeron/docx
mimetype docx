--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -115,667 +115,667 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review of Multiport Energy Router Structures in the Specific Context of Wind Power Generation Systems</w:t>
+                <w:t xml:space="preserve">Current reference computation for Bearingless Multi-Sector Permanent Magnet Machine: methods and issues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yiyu Lai</w:t>
+                <w:t xml:space="preserve">Hugo Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Meiqi Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Antoine Cizeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Béthoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 26th European Conference on Power Electronics and Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">19th International Symposium on Magnetic Bearings (ISMB19)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Otsu, Japan</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05095759v1</w:t>
+                <w:t xml:space="preserve">hal-05322245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Online Analytical Solution for Multi-Sector Bearingless Machine Current Reference Calculation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meiqi Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Degano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy Conversion Congress &amp; Expo Europe 2025 (ECCE-Europe 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Birmingham, United Kingdom. pp.1-5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ECCE-Europe62795.2025.11238404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05322252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current reference computation for Bearingless Multi-Sector Permanent Magnet Machine: methods and issues</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Decentralized Current Control for an Open-Winding Synchronous Machine with Local Estimation of the Electromotive Force</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorenzo Carbone</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Simon Houzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cizeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Javier Ojeda</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Hijazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Makki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Symposium on Magnetic Bearings (ISMB19)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">51st Annual Conference of the IEEE Industrial Electronics Society (IECON 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Madrid, Spain. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON58223.2025.11221073⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05322245v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05505959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decentralized Current Control for an Open-Winding Synchronous Machine with Local Estimation of the Electromotive Force</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contribution à la définition des enjeux et verrous de la soutenabilité en électronique de puissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alaa Hijazi</w:t>
+                <w:t xml:space="preserve">Adrien Voldoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Makki</w:t>
+                <w:t xml:space="preserve">Guillaume Vine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Martin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Luiz Fernando Lavado Villa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul-Etienne Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulrich Soupremanien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">51st Annual Conference of the IEEE Industrial Electronics Society (IECON 2025)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05505959v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05284240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution à la définition des enjeux et verrous de la soutenabilité en électronique de puissance</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Review of Multiport Energy Router Structures in the Specific Context of Wind Power Generation Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiyu Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Cizeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Voldoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Luiz Fernando Lavado Villa</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul-Etienne Vidal</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Béthoux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE 2025)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 26th European Conference on Power Electronics and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR SEEDS France &amp; EPE Association, Mar 2025, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34746/epe2025-0229⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05284240v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05095759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">État de l'art de la recherche vers une électronique de puissance soutenable</w:t>
               </w:r>
@@ -886,103 +886,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de la sensibilité de la commande des machines électriques fractionnées vis à vis de la dispersion des paramètres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yiyu Lai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cizeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Voldoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Béthoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium de Génie Electrique (SGE2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Lille, France</w:t>
@@ -1011,90 +1011,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PWM-Induced Current Modelling in Stator Slots with Multiple Stacked Coils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cizeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Béthoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ELECTRIMACS 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Nancy, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1154,51 +1154,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Ben Hamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bethoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cizeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hoang Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1288,51 +1288,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Ben Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bethoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cizeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hoang Emmanuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1387,77 +1387,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation d'enroulements statoriques subdivisés pour l'évaluation d'une commande équilibrante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cizeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Béthoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème Symposium de Génie Électrique (SGE 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1514,90 +1514,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of Inter-Turn Short Circuits in a Multiphase Synchronous Motor Using Power Sharing Capability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cizeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Béthoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Labouré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1644,103 +1644,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unequal Power-Sharing Capacity Assessment of an Energy Router Based on a Dual Three-Phase Electric Machine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yiyu Lai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cizeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Voldoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Béthoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Energy Conversion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1774,103 +1774,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of DC-Link Low-Frequency Current Harmonics in Multi-Source Multi-Three-Phase Electric Drives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yiyu Lai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cizeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Voldoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Béthoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 13 (12), pp.2236. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1904,90 +1904,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of a Segmented Three-Phase Synchronous Motor with Highly Coupled Sub-Windings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cizeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Monmasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Béthoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2021,77 +2021,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration et modularité des chaines de conversion électromécaniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Ojeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Javier Ojeda</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Antoine Cizeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Béthoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue de l'électricité et de l'électronique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2, pp.15-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2116,90 +2116,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction of PWM-Induced Current Ripple in Subdivided Stator Windings Using Admittance Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cizeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Ojeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Labouré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Béthoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 12 (23), pp.4418. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2265,51 +2265,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude et impacts du concept de modularité et de fractionnement des systèmes d'actionnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Cizeron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Université Paris-Saclay (2020-..), 2022. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2505,51 +2505,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05095759v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiyu Lai" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cizeron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Voldoire" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Ojeda" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier B&#233;thoux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/epe2025-0229" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322252v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Milan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meiqi Wang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Carbone" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Degano" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE-Europe62795.2025.11238404" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322245v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505959v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Houzet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Hijazi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Makki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Martin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON58223.2025.11221073" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284240v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vine" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Fernando Lavado Villa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Etienne Vidal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Soupremanien" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244521v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Allard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Almanza" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Beley" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Ahmed" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chatroux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195943v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694907v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24837-5_17" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354594v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Hamed" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bethoux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Emmanuel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Juton" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/epe21ecceeurope50061.2021.9570594" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307587v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341937v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375557v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Labour&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2025.3637366" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205500v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEC.2025.3595658" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622461v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13122236" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701367v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Monmasson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2022.3183342" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189957v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374297v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Labour&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en12234418" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/tel-04561283v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322245v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Milan" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meiqi Wang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Carbone" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cizeron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Ojeda" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322252v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Degano" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECCE-Europe62795.2025.11238404" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505959v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Houzet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Hijazi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Makki" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Martin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON58223.2025.11221073" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284240v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Voldoire" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vine" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Fernando Lavado Villa" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Etienne Vidal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Soupremanien" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utc.hal.science/hal-05095759v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiyu Lai" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier B&#233;thoux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/epe2025-0229" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244521v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Allard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Almanza" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Beley" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Ahmed" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chatroux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195943v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694907v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24837-5_17" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354594v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Hamed" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bethoux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoang Emmanuel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Juton" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/epe21ecceeurope50061.2021.9570594" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307587v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03341937v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05375557v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Labour&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2025.3637366" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205500v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEC.2025.3595658" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622461v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13122236" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03701367v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Monmasson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2022.3183342" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189957v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374297v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Labour&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en12234418" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/tel-04561283v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>