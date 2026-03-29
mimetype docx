--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1475,295 +1475,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04109945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic Diversity of Plasmodium falciparum and Distribution of Antimalarial Drug Resistance Mutations in Symptomatic and Asymptomatic Infections</w:t>
+                <w:t xml:space="preserve">A Cohort Study on the Duration of &amp;lt;i&amp;gt;Plasmodium falciparum&amp;lt;/i&amp;gt; Infections During the Dry Season in The Gambia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elangwe Sarah-Matio</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Christelle Ngou Maffo</w:t>
+                <w:t xml:space="preserve">Katharine Collins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sukai Ceesay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sainabou Drammeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatou Jaiteh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc-Antoine Guery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/aac.00188-22⟩</w:t>
+              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/infdis/jiac116⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03873724v1</w:t>
+                <w:t xml:space="preserve">hal-03664364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Cohort Study on the Duration of &amp;lt;i&amp;gt;Plasmodium falciparum&amp;lt;/i&amp;gt; Infections During the Dry Season in The Gambia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic Diversity of Plasmodium falciparum and Distribution of Antimalarial Drug Resistance Mutations in Symptomatic and Asymptomatic Infections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elangwe Sarah-Matio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Guillochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Nsango</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Abate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katharine Collins</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marc-Antoine Guery</w:t>
+                <w:t xml:space="preserve">Christelle Ngou Maffo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 66 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/infdis/jiac116⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/aac.00188-22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03664364v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03873724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Order within chaos: Harnessing Plasmodium falciparum var gene extreme polymorphism for malaria epidemiology</w:t>
               </w:r>
@@ -2725,697 +2725,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01989279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of Antigenic Diversity in Plasmodium falciparum by Structured Rearrangement of Var Genes During Mitosis</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plasmodium falciparum Clearance Is Rapid and Pitting Independent in Immune Malian Children Treated With Artesunate for Malaria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adnan Faizullabhoy</w:t>
+                <w:t xml:space="preserve">Papa Alioune Ndour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatiana M Lopera-Mesa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seidina Diakité</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Chiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Mouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1004812⟩</w:t>
+              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 211 (2), pp.290-297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/infdis/jiu427⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01989273v1</w:t>
+                <w:t xml:space="preserve">hal-01989275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasmodium falciparum Clearance Is Rapid and Pitting Independent in Immune Malian Children Treated With Artesunate for Malaria</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimized Whole-Genome Amplification Strategy for Extremely AT-Biased Template</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oussama Mouri</w:t>
+                <w:t xml:space="preserve">Samuel Oyola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magnus Manske</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Campino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Claessens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William L Hamilton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/infdis/jiu427⟩</w:t>
+              <w:t xml:space="preserve">DNA Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21 (6), pp.661-671. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/dnares/dsu028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01989275v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01989274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimized Whole-Genome Amplification Strategy for Extremely AT-Biased Template</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Magnus Manske</w:t>
+                <w:t xml:space="preserve">Generation of Antigenic Diversity in Plasmodium falciparum by Structured Rearrangement of Var Genes During Mitosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Claessens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William L Hamilton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mihir Kekre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Otto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susana Campino</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">William L Hamilton</w:t>
+                <w:t xml:space="preserve">Adnan Faizullabhoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DNA Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 21 (6), pp.661-671. </w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (12), pp.e1004812. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/dnares/dsu028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1004812⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01989274v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01989273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Induction of Strain-Transcending Antibodies Against Group A PfEMP1 Surface Antigens from Virulent Malaria Parasites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Selection of &amp;lt;em&amp;gt;Plasmodium falciparum&amp;lt;/em&amp;gt; Parasites for Cytoadhesion to Human Brain Endothelial Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Claessens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ashfaq Ghumra</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J. Alexandra Alexandra Rowe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1002665⟩</w:t>
+              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 59, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3791/3122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01989271v1</w:t>
+                <w:t xml:space="preserve">hal-01989269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selection of &amp;lt;em&amp;gt;Plasmodium falciparum&amp;lt;/em&amp;gt; Parasites for Cytoadhesion to Human Brain Endothelial Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Claessens</w:t>
+                <w:t xml:space="preserve">Induction of Strain-Transcending Antibodies Against Group A PfEMP1 Surface Antigens from Virulent Malaria Parasites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashfaq Ghumra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Semblat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Ataide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolyne Kifude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Alexandra Alexandra Rowe</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yvonne Adams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 59, </w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8 (4), pp.e1002665. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3791/3122⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1002665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01989269v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01989271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of a variant surface antigen-supplemented microarray chip for whole transcriptome analysis of multiple Plasmodium falciparum cytoadherent strains, and identification of strain-transcendent rif and stevor genes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Claessens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashfaq Ghumra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archna P Gupta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3781,267 +3781,267 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of novel Plasmodium falciparum haplotypes under treatment pressure in pediatric severe malaria</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sem Ezinmegnon</w:t>
+                <w:t xml:space="preserve">Diverse and weakly immunogenic var gene expression facilitates malaria infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inayat Bhardwaj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prince Nyarko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asrar Ba Ashn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sukai Ceesay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2024</w:t>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04843179v1</w:t>
+                <w:t xml:space="preserve">hal-04958548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diverse and weakly immunogenic var gene expression facilitates malaria infection</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Detection of novel Plasmodium falciparum haplotypes under treatment pressure in pediatric severe malaria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balotin Fogang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Guillochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Kamaliddin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gino Agbota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sem Ezinmegnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Cohen</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-04958548v1</w:t>
+                <w:t xml:space="preserve">hal-04843179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId157"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -4117,51 +4117,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="966D09BE"/>
+    <w:nsid w:val="926BC447"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4348,51 +4348,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antoine-claessens" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4277-0914" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/177113758" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lphi.umontpellier.fr/research-teams/genomic-approaches-to-asymptomatic-chronic-malaria/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05247486v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balotin Fogang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guillochon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Kamaliddin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino Agbota" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sem Ezinmegnon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.001386" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387607v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ali" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rea Dura" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Guery" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Colard-Itt&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cheviet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.ady2859" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652238v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gretchen Diffendall" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Claes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Barcons-Simon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince Nyarko" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dingli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.95879" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795643v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Lellouche" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sukai Ceesay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sainabou Drammeh" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatou Jaiteh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-024-04836-y" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04843159v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umberto D&#8217;alessandro" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.103047.1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04843190v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivo Miotto" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Amambua-Ngwa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Amenga-Etego" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muzamil Abdel Hamid" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ishag Adam" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lanmic.2024.07.004" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04110334v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muzamil Mahdi Abdel Hamid" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hassan Abdelraheem" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desmond Omane Acheampong" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Ahouidi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mozam Ali" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/wellcomeopenres.18681.1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04109945v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Claessens" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay B Stewart" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor Drury" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise D Ahouidi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.001009" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873724v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elangwe Sarah-Matio" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Nsango" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Abate" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Ngou Maffo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.00188-22" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03664364v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharine Collins" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiac116" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03228641v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1009344" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02981651v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince B Nyarko" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pt.2020.09.017" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03228653v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Almagro-Garcia" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanaki Amaratunga" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/wellcomeopenres.16168.1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03152246v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofelia Diaz-Ingelmo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Abugri" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard D Pearson" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-020-01349-7" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989283v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Otto" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike B&#246;hme" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandy Sanders" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Reid" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen I Bruske" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/wellcomeopenres.14571.1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989183v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynne M Harris" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavica Stanojcic" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lia Chappell" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Stanton" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007490" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989281v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muna Affara" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel A Assefa" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Kwiatkowski" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Conway" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep41303" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989279v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William L Hamilton" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihir Kekre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rick M Fairhurst" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw1259" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989273v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Faizullabhoy" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1004812" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989275v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Alioune Ndour" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana M Lopera-Mesa" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seidina Diakit&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Chiang" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Mouri" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiu427" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989274v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Oyola" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus Manske" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Campino" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/dnares/dsu028" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989271v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashfaq Ghumra" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Semblat" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Ataide" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyne Kifude" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Adams" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1002665" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989269v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Alexandra Alexandra Rowe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/3122" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04109883v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Archna P Gupta" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sachel Mok" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbynek Bozdech" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2875-10-180" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208631v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Alexandra Rowe" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Corrigan" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#242;nica Arman" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1462399409001082" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989255v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas J Bradshaw" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumiaki Ogawa" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Antolin-Fontes" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer E Chubb" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Becky C Carlyle" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2008.10.120" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PJ80N9KV-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04843179v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958548v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inayat Bhardwaj" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asrar Ba Ashn" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cohen" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antoine-claessens" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4277-0914" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/177113758" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lphi.umontpellier.fr/research-teams/genomic-approaches-to-asymptomatic-chronic-malaria/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05247486v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balotin Fogang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guillochon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Kamaliddin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gino Agbota" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sem Ezinmegnon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.001386" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387607v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Ali" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rea Dura" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Guery" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Colard-Itt&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cheviet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.ady2859" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652238v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gretchen Diffendall" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Claes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Barcons-Simon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince Nyarko" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Dingli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.95879" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795643v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Lellouche" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sukai Ceesay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sainabou Drammeh" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatou Jaiteh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12936-024-04836-y" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04843159v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umberto D&#8217;alessandro" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.103047.1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04843190v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivo Miotto" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Amambua-Ngwa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Amenga-Etego" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muzamil Abdel Hamid" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ishag Adam" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lanmic.2024.07.004" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04110334v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muzamil Mahdi Abdel Hamid" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hassan Abdelraheem" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desmond Omane Acheampong" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Ahouidi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mozam Ali" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/wellcomeopenres.18681.1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04109945v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Claessens" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay B Stewart" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor Drury" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise D Ahouidi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.001009" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03664364v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharine Collins" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiac116" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873724v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elangwe Sarah-Matio" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Nsango" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Abate" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Ngou Maffo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.00188-22" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03228641v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1009344" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02981651v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince B Nyarko" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pt.2020.09.017" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03228653v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Almagro-Garcia" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanaki Amaratunga" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/wellcomeopenres.16168.1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03152246v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofelia Diaz-Ingelmo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Abugri" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard D Pearson" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-020-01349-7" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989283v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Otto" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrike B&#246;hme" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandy Sanders" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Reid" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen I Bruske" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/wellcomeopenres.14571.1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989183v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynne M Harris" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavica Stanojcic" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lia Chappell" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Stanton" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007490" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989281v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muna Affara" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel A Assefa" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Kwiatkowski" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Conway" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep41303" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989279v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William L Hamilton" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihir Kekre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rick M Fairhurst" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkw1259" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989275v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Alioune Ndour" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana M Lopera-Mesa" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seidina Diakit&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Chiang" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Mouri" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/infdis/jiu427" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989274v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Oyola" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magnus Manske" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Campino" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/dnares/dsu028" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989273v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Faizullabhoy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1004812" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989269v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Alexandra Alexandra Rowe" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/3122" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989271v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashfaq Ghumra" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Semblat" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Ataide" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyne Kifude" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Adams" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1002665" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04109883v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Archna P Gupta" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sachel Mok" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zbynek Bozdech" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2875-10-180" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208631v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Alexandra Rowe" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Corrigan" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#242;nica Arman" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1462399409001082" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01989255v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas J Bradshaw" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumiaki Ogawa" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Antolin-Fontes" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer E Chubb" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Becky C Carlyle" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2008.10.120" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PJ80N9KV-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958548v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inayat Bhardwaj" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asrar Ba Ashn" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cohen" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04843179v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>