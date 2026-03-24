--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1448,235 +1448,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03532508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial pulse: the sediment at the heart of the landscape metamorphosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nancy Lamontagne</w:t>
+                <w:t xml:space="preserve">Very High-Resolution Satellite-Derived Bathymetry and Habitat Mapping Using Pleiades-1 and ICESat-2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alyson Le Quilleuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Jasinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Devillers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Information géographique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/lig.862.0100⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (1), pp.133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs14010133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04060980v1</w:t>
+                <w:t xml:space="preserve">hal-03533788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Very High-Resolution Satellite-Derived Bathymetry and Habitat Mapping Using Pleiades-1 and ICESat-2</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alyson Le Quilleuc</w:t>
+                <w:t xml:space="preserve">Spatial pulse: the sediment at the heart of the landscape metamorphosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Lamontagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Devillers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 14 (1), pp.133. </w:t>
+              <w:t xml:space="preserve">L'Information géographique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 86 (2), pp.100-112. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/rs14010133⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/lig.862.0100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03533788v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04060980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satellite-derived topography and morphometry for VHR coastal habitat mapping: the Pleiades-1 tri-stereo enhancement</w:t>
               </w:r>
@@ -3236,295 +3236,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03084386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Modern Conservation Tools for Innovative Management of Coral Reefs: The MANACO Consortium</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lara B. Ainley</w:t>
+                <w:t xml:space="preserve">Mapping nature-based marine flooding risk using VHR wave, airborne LiDAR and satellite imagery: the case study of the Dol Marsh (Bay of Mont-Saint-Michel, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Raimana Doucet</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Jeanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gloria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmars.2020.00609⟩</w:t>
+              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 95, pp.743-747. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2112/SI95-145.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02927373v1</w:t>
+                <w:t xml:space="preserve">hal-02946351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping nature-based marine flooding risk using VHR wave, airborne LiDAR and satellite imagery: the case study of the Dol Marsh (Bay of Mont-Saint-Michel, France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Mury</w:t>
+                <w:t xml:space="preserve">Using Modern Conservation Tools for Innovative Management of Coral Reefs: The MANACO Consortium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver M. Selmoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Lecellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara B. Ainley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hélène Gloria</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raimana Doucet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 95, pp.743-747. </w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7, </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2112/SI95-145.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2020.00609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02946351v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02927373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphology of fore-reef slopes and terraces, Takapoto Atoll (Tuamotu Archipelago, French Polynesia, central Pacific): The tectonic, sea-level and coral-growth control</w:t>
               </w:r>
@@ -4139,512 +4139,512 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02144791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The superspectral/hyperspatial WorldView-3 as the link between spaceborne hyperspectral and airborne hyperspatial sensors : the case study of the complex tropical coast</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High resolution shoreline and shelly ridge monitoring over stormy winter events: a case study in the megatidal Bay of Mont-Saint-Michel (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Jeanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Andel</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J. Claudet</w:t>
+                <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPRS International Archives of the Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/isprs-archives-XLII-2-W13-1849-2019⟩</w:t>
+              <w:t xml:space="preserve">Journal of Marine Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (4), pp.97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jmse7040097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02153862v2</w:t>
+                <w:t xml:space="preserve">hal-02172209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High resolution shoreline and shelly ridge monitoring over stormy winter events: a case study in the megatidal Bay of Mont-Saint-Michel (France)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The superspectral/hyperspatial WorldView-3 as the link between spaceborne hyperspectral and airborne hyperspatial sensors : the case study of the complex tropical coast</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dorothée James</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Andel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Etienne</w:t>
+                <w:t xml:space="preserve">J. Claudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Marine Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 7 (4), pp.97. </w:t>
+              <w:t xml:space="preserve">ISPRS International Archives of the Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, XLII-2/W13, pp.1849-1854. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jmse7040097⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/isprs-archives-XLII-2-W13-1849-2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02172209v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02153862v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding Interactions between Shoreline Changes and Reef Outer Slope Morphometry on Takapoto Atoll (French Polynesia)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lecture et décadrage du paysage littoral : approches sensibles par deux pratiques artistiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Feïss-Jehel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jérôme Jehel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Lamontagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">proceeding CIST 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01924521v1</w:t>
+                <w:t xml:space="preserve">hal-01857876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lecture et décadrage du paysage littoral : approches sensibles par deux pratiques artistiques.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Understanding Interactions between Shoreline Changes and Reef Outer Slope Morphometry on Takapoto Atoll (French Polynesia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Duvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corinne Feïss-Jehel</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Antoine Collin</w:t>
+                <w:t xml:space="preserve">Valentin Pillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Salvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">proceeding CIST 2018</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Coastal Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 85, pp.496 - 500. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2112/SI85-100.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01857876v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01924521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High resolution topobathymetry using a Pleiades-1 triplet: Moorea Island in 3D</w:t>
               </w:r>
@@ -4758,584 +4758,584 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01718451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Satellite-based salt marsh elevation, vegetation height, and species composition mapping using the superspectral WorldView-3 imagery</w:t>
+                <w:t xml:space="preserve">Very high-resolution mapping of emerging biogenic reefs using airborne optical imagery and neural network: the honeycomb worm ( Sabellaria alveolata ) case study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natasha Lambert</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
+                <w:t xml:space="preserve">Camille Ramambason</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, pp.1 - 19. </w:t>
+              <w:t xml:space="preserve">, 2018, 39 (17), pp.5660-5675. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/01431161.2018.1466084⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/01431161.2018.1484964⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01785160v1</w:t>
+                <w:t xml:space="preserve">hal-01822434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Very high resolution mapping of coral reef state using airborne bathymetric LiDAR surface-intensity and drone imagery</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Space and time matter in social-ecological vulnerability assessments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauric Thiault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Marshall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Gelcich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessio Rovere</w:t>
+                <w:t xml:space="preserve">Frédérique Chlous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 39 (17), pp.5676-5688. </w:t>
+              <w:t xml:space="preserve">Marine Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 88, pp.213 - 221. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/01431161.2018.1500072⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.marpol.2017.11.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01848266v1</w:t>
+                <w:t xml:space="preserve">hal-01718448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Space and time matter in social-ecological vulnerability assessments</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paul Marshall</w:t>
+                <w:t xml:space="preserve">Very high resolution mapping of coral reef state using airborne bathymetric LiDAR surface-intensity and drone imagery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Ramambason</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Pastol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefan Gelcich</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Collin</w:t>
+                <w:t xml:space="preserve">Elisa Casella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Chlous</w:t>
+                <w:t xml:space="preserve">Alessio Rovere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Policy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 88, pp.213 - 221. </w:t>
+              <w:t xml:space="preserve">International Journal of Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 39 (17), pp.5676-5688. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.marpol.2017.11.027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/01431161.2018.1500072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01718448v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01848266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Very high-resolution mapping of emerging biogenic reefs using airborne optical imagery and neural network: the honeycomb worm ( Sabellaria alveolata ) case study</w:t>
+                <w:t xml:space="preserve">Satellite-based salt marsh elevation, vegetation height, and species composition mapping using the superspectral WorldView-3 imagery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natasha Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 39 (17), pp.5660-5675. </w:t>
+              <w:t xml:space="preserve">, 2018, pp.1 - 19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/01431161.2018.1484964⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/01431161.2018.1466084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01822434v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01785160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coral reef structural complexity provides important coastal protection from waves under rising sea levels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Harris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessio Rovere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Casella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannah Power</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5393,295 +5393,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01724281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping wave attenuation induced by salt marsh vegetation using WorldView-3 satellite imagery</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fine resolution remote sensing of species in terrestrial and coastal ecosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qi Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiit Kutser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Samuel Etienne</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy Warner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista de Investigacion Marina</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 39 (17), pp.5597 - 5599. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01431161.2018.1507661⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01812613v1</w:t>
+                <w:t xml:space="preserve">hal-01888410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fine resolution remote sensing of species in terrestrial and coastal ecosystems</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mapping wave attenuation induced by salt marsh vegetation using WorldView-3 satellite imagery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Timothy Warner</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natasha Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Remote Sensing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revista de Investigacion Marina</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25 (2), pp.67-69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/01431161.2018.1507661⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01888410v1</w:t>
+                <w:t xml:space="preserve">hal-01812613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VHR coastal bathymetry using WorldView-3: colour versus learner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Feunteun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5741,90 +5741,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping social-ecological vulnerability to inform local decision making</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric Thiault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Marshall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Gelcich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Chlous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conservation Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
@@ -5888,64 +5888,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauric Thiault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Chlous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Gelcich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joachim Claudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5992,51 +5992,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping coral reefs using consumer-grade drones and structure from motion photogrammetry techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisa Casella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6254,235 +6254,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01429002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional structure of coral reef boulders transported by stormy waves using the very high resolution WorldView-2 satellite</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Wave attenuation and Coastal Protection by Shelly Ridges: Mont-Saint-Michel Bay, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Jeanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Coastal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 75 (Special Issue 75 - Proceedings of the 14th International Coastal Symposium, Sydney, 6-11 March 2016), p.572 - 576. </w:t>
+              <w:t xml:space="preserve">, 2016, Special Issue 75 - - Proceedings of the 14th International Coastal Symposium, Sydney, 6-11 March 2016, p. 398-402. </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2112/SI75-115.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2112/SI75-080.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01429011v1</w:t>
+                <w:t xml:space="preserve">hal-01360587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wave attenuation and Coastal Protection by Shelly Ridges: Mont-Saint-Michel Bay, France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Three-dimensional structure of coral reef boulders transported by stormy waves using the very high resolution WorldView-2 satellite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Coastal Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, Special Issue 75 - - Proceedings of the 14th International Coastal Symposium, Sydney, 6-11 March 2016, p. 398-402. </w:t>
+              <w:t xml:space="preserve">, 2016, 75 (Special Issue 75 - Proceedings of the 14th International Coastal Symposium, Sydney, 6-11 March 2016), p.572 - 576. </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2112/SI75-080.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2112/SI75-115.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01360587v1</w:t>
+                <w:t xml:space="preserve">hal-01429011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping the Socio-Economic and Ecological Resilience of Japanese Coral Reefscapes across a Decade</w:t>
               </w:r>
@@ -6793,51 +6793,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-energy events, boulder deposits and the use of very high resolution remote sensing in coral reef environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Planes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6878,222 +6878,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01429044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bridging Ridge-to-Reef Patches: Seamless Classification of the Coast Using Very High Resolution Satellite</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spatial location and ecological content of support vectors in an SVM classification of tropical vegetation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Pouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Serge Planes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs5073583⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 4 (7), pp.686 - 695. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/2150704X.2013.784848⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01429038v1</w:t>
+                <w:t xml:space="preserve">hal-01429043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial location and ecological content of support vectors in an SVM classification of tropical vegetation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bridging Ridge-to-Reef Patches: Seamless Classification of the Coast Using Very High Resolution Satellite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Archambault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Planes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 4 (7), pp.686 - 695. </w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 5 (7), pp.3583 - 3610. </w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/2150704X.2013.784848⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/rs5073583⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01429043v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01429038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing Coral Health Detection Using Spectral Diversity Indices from WorldView-2 Imagery and Machine Learners</w:t>
               </w:r>
@@ -8851,260 +8851,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04068034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatiotemporal Trends of Bora Bora’s Shoreline Classification and Movement Using High-Resolution Imagery from 1955 to 2019</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E. Gairin</w:t>
+                <w:t xml:space="preserve">Using bispectral full waveform LiDAR to map seamless coastal habitats in 3D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Letard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Lague</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Corpetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Pastol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eucomare</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">ISPRS Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04068153v1</w:t>
+                <w:t xml:space="preserve">hal-04068621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using bispectral full waveform LiDAR to map seamless coastal habitats in 3D</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Letard</w:t>
+                <w:t xml:space="preserve">Spatiotemporal Trends of Bora Bora’s Shoreline Classification and Movement Using High-Resolution Imagery from 1955 to 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Gairin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lecchini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPRS Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Nice, France</w:t>
+              <w:t xml:space="preserve">Eucomare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04068621v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04068153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local circalittoral rocky seascape structuring fish community: insights from a photogrammetric approach</w:t>
               </w:r>
@@ -9209,748 +9209,748 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04068650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution du littoral de Bora-Bora de 1955 à 2019 et effet de l’urbanisation sur les zones de nurseries de poissons coralliens</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards Better Coastal Mapping Using Fusion of High Temporal SENTINEL-2 and PLANETSCOPE-2 Imageries: 12 Bands at 3 M Through Neural Network Modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Feunteun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les 8ème rencontres de l’ichtyologie en France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XXIV ISPRS Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Nice, France. pp.479-484, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/isprs-archives-XLIII-B3-2022-479-2022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04068163v1</w:t>
+                <w:t xml:space="preserve">hal-04060899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the shallow morpho-sedimentary patterns using high-resolution topo-bathymetric LiDAR: the case study of the bay of Saint-Malo</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Improving Seafloor and Marine Habitat Mapping in Data Poor Regions using ICESat-2 Satellite-based LiDAR and Very-high Resolution Imagery Fusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Devillers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynn El Moussaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alyson Le Quilleuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eucomare</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">GeoHab 2022 Marine Geological &amp; Habitat Mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Venise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04068001v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03854764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The sanding-up of the Seine-Maritime intertidal area (Normandy, France): towards a high frequency monitoring using satellite image analysis</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Dorothée James</w:t>
+                <w:t xml:space="preserve">Nutrientscape ecology: An integrative approach for studying nutrient connectivity in tropical coastal environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pirta Palola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yadvinder Malhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Pittman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Wedding</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eucomare</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">15th International Coral Reef Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Bremen (GERMANY), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04068638v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04068626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Better Coastal Mapping Using Fusion of High Temporal SENTINEL-2 and PLANETSCOPE-2 Imageries: 12 Bands at 3 M Through Neural Network Modelling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New insights into the shallow morpho-sedimentary patterns using high-resolution topo-bathymetric LiDAR: the case study of the bay of Saint-Malo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Caline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dorothée James</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Pastol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Letard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Feunteun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIV ISPRS Congress</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Eucomare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Saint-Malo, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04060899v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04068001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nutrientscape ecology: An integrative approach for studying nutrient connectivity in tropical coastal environments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pirta Palola</w:t>
+                <w:t xml:space="preserve">The sanding-up of the Seine-Maritime intertidal area (Normandy, France): towards a high frequency monitoring using satellite image analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Peuziat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Candide Lissak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Coral Reef Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Bremen (GERMANY), Germany</w:t>
+              <w:t xml:space="preserve">Eucomare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04068626v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04068638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving Seafloor and Marine Habitat Mapping in Data Poor Regions using ICESat-2 Satellite-based LiDAR and Very-high Resolution Imagery Fusion</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evolution du littoral de Bora-Bora de 1955 à 2019 et effet de l’urbanisation sur les zones de nurseries de poissons coralliens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Gairin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lecchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GeoHab 2022 Marine Geological &amp; Habitat Mapping</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Venise, Italy</w:t>
+              <w:t xml:space="preserve">Les 8ème rencontres de l’ichtyologie en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03854764v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04068163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Very high resolution satellite-derived bathymetry and habitat mapping using Pléiades-1 and ICESat-2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alyson Le Quilleuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10316,64 +10316,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Very High Resolution Satellite-Derived Bathymetry Mapping using ICESat-2 and Pleiades-1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alyson Le Quilleuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Devillers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10513,239 +10513,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03414827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude spatio-temporelle d'un écosystème littoral: le pré salé de Sainte-Anne en baie du Mont-Saint-Michel</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Object-Based Mangrove Mapping Using Submeter Superspectral Worldview-3 Imagery and Deep Convolutional Neural Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Letard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Andel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahadev Sharma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAGEO 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IGARSS 2021 - 2021 IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Brussels, Belgium. pp.7362-7365, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS47720.2021.9553650⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03414792v1</w:t>
+                <w:t xml:space="preserve">hal-03414693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Object-Based Mangrove Mapping Using Submeter Superspectral Worldview-3 Imagery and Deep Convolutional Neural Network</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude spatio-temporelle d'un écosystème littoral: le pré salé de Sainte-Anne en baie du Mont-Saint-Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Letard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sahadev Sharma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2021 - 2021 IEEE International Geoscience and Remote Sensing Symposium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SAGEO 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, La Rochelle, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IGARSS47720.2021.9553650⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03414693v1</w:t>
+                <w:t xml:space="preserve">hal-03414792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TOWARDS 3D MAPPING OF SEAGRASS MEADOWS WITH TOPO-BATHYMETRIC LIDAR FULL WAVEFORM PROCESSING</w:t>
               </w:r>
@@ -10958,252 +10958,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03279042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospective 2050: étude de cas sur l'évolution du service écosystémique de protection côtière</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">UAV Multispectral Optical Contribution to Coastal 3D Modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothee James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dorothée James</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Letard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Guillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAGEO 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IGARSS 2021 - 2021 IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Brussels, Belgium. pp.7951-7954, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS47720.2021.9553865⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03414804v1</w:t>
+                <w:t xml:space="preserve">hal-03414673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UAV Multispectral Optical Contribution to Coastal 3D Modelling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dorothee James</w:t>
+                <w:t xml:space="preserve">Prospective 2050: étude de cas sur l'évolution du service écosystémique de protection côtière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Benoit Guillot</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2021 - 2021 IEEE International Geoscience and Remote Sensing Symposium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SAGEO 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, La Rochelle, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IGARSS47720.2021.9553865⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03414673v1</w:t>
+                <w:t xml:space="preserve">hal-03414804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classification of coastal and estuarine ecosystems using full-waveform topo-bathymetric lidar data and artificial intelligence</w:t>
               </w:r>
@@ -11317,381 +11317,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03658793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude spatio-temporelle de la géomorphologie et de l'écologie d'un système dunaire par drone aérien</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dorothée James</w:t>
+                <w:t xml:space="preserve">La photogrammétrie comme outil descriptif des écosystèmes rocheux subtidaux tempérés. Mieux décrire pour mieux prédire et gérer.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Ternon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Thiriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Ysnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Danet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">merIGéo 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2020, Brest, France</w:t>
+              <w:t xml:space="preserve">, Nov 2020, Brest (WebConférence), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03414852v1</w:t>
+                <w:t xml:space="preserve">hal-03414872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La photogrammétrie comme outil descriptif des écosystèmes rocheux subtidaux tempérés. Mieux décrire pour mieux prédire et gérer.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fréderic Ysnel</w:t>
+                <w:t xml:space="preserve">Utilisation de l'imagerie drone multispectrale pour la modélisation spatiale de l'atténuation hydrodynamique par les prés salés en milieu mégatidal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Houet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">merIGéo 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Brest (WebConférence), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03414872v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03414865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de l'imagerie drone multispectrale pour la modélisation spatiale de l'atténuation hydrodynamique par les prés salés en milieu mégatidal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude spatio-temporelle de la géomorphologie et de l'écologie d'un système dunaire par drone aérien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Antoine Collin</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gloria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Le Poulain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">merIGéo 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2020, Brest (WebConférence), France</w:t>
+              <w:t xml:space="preserve">, Nov 2020, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03414865v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03414852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Télédétection des herbiers marins océaniques, méditerranéens et tropicaux par LiDAR topobathymétrique</w:t>
               </w:r>
@@ -11893,51 +11893,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D reconstruction of coral reef morphology using UAV, acoustic sonar and very high resolution satellite images: interests and limits of an integrated approach for natural hazards studies (Takapoto Atoll, French Polynesia).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12001,64 +12001,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding the interactions between shorelines changes and reef outer slope morphometry on Takapoto atoll (French Polynesia).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Duvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Pillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Salvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12103,523 +12103,523 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02502446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complexité structurale des récifs biogéniques d'hermelles (Sabellaria alveolata) par drone aérien</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lecture et décadrage du paysage littoral : approches sensibles par deux pratiques artistiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Feïss-Jehel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jérôme Jehel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Lamontagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ème colloque merigéo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">CIST2018 - Représenter les territoires / Representing territories,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01812540v1</w:t>
+                <w:t xml:space="preserve">hal-02078282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lecture et décadrage du paysage littoral : approches sensibles par deux pratiques artistiques</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Complexité structurale des récifs biogéniques d'hermelles (Sabellaria alveolata) par drone aérien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Ramambason</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gloria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIST2018 - Représenter les territoires / Representing territories,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Rouen, France</w:t>
+              <w:t xml:space="preserve">2ème colloque merigéo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02078282v1</w:t>
+                <w:t xml:space="preserve">hal-01812540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wave attenuation service of saltmarshes and shelly cheniers: a spatio-temporal study in Mont- Saint-Michel Bay, France</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Samuel Etienne</w:t>
+                <w:t xml:space="preserve">Prétraitement de données spatialement imprécises pour une classification supervisée basée sur les images satellitaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jannaï Tokotoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Flouvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Goiran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Hedouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geophysical Union</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">Extraction et Gestion des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01788635v1</w:t>
+                <w:t xml:space="preserve">hal-01812586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prétraitement de données spatialement imprécises pour une classification supervisée basée sur les images satellitaires</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Hedouin</w:t>
+                <w:t xml:space="preserve">Wave attenuation service of saltmarshes and shelly cheniers: a spatio-temporal study in Mont- Saint-Michel Bay, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Extraction et Gestion des Connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">European Geophysical Union</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01812586v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01788635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lecture et décadrage du paysage littoral : approches sensibles par deux pratiques artistiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Feïss-Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jérôme Jehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy Lamontagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13098,51 +13098,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MODELING REEF HEALTH FROM UPSTREAM SOCIO-ECOLOGICAL COMPONENTS USING GIS AND RS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Pouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13461,506 +13461,506 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi pluri-décennal rétrospectif et prospectif du trait de côte dunaire par imagerie multispectrale</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SISTER : Évaluation surfacique des récifs intertidaux à Sabellaria alveolata par drone aérien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Alvarez-Vanhard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iris Jeuffrard</w:t>
+                <w:t xml:space="preserve">Pierre-Olivier Liabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Touria Bajjouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Merigéo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2023, Le Havre, France</w:t>
+              <w:t xml:space="preserve">, Mar 2023, Le Havre, France, France. , 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061811v1</w:t>
+                <w:t xml:space="preserve">hal-04061236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SISTER : Évaluation surfacique des récifs intertidaux à Sabellaria alveolata par drone aérien</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emilien Alvarez-Vanhard</w:t>
+                <w:t xml:space="preserve">Suivi pluri-décennal rétrospectif et prospectif du trait de côte dunaire par imagerie multispectrale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iris Jeuffrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Olivier Liabot</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">G. Duthion</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Merigéo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2023, Le Havre, France, France. , 2023</w:t>
+              <w:t xml:space="preserve">, Mar 2023, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04061236v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04061811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classifications satellitaires optiques et RADAR des récifs biogéniques intertidaux : Sentinel-1, -2 et Pléiades-1 au service des hermelles (Sabellaria alveolata) du Parc naturel marin de l’estuaire de la Gironde et de la mer des Pertuis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cartographie prédictive d’un coquillage invasif via l’apprentissage automatique des données acoustiques multi-fréquentielles et vérités-terrain : Crepidula fornicata en Baie du Mont-Saint-Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alyson Le Quilleuc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivia Le Gal</w:t>
+                <w:t xml:space="preserve">Marie-Caroline Husset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stanislas F. Dubois</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Feunteun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Merigéo</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Le Havre, France</w:t>
+              <w:t xml:space="preserve">Merigéo : de l'océan à la côte l'information géographique en mouvement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Le Havre, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061818v1</w:t>
+                <w:t xml:space="preserve">hal-04061829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographie prédictive d’un coquillage invasif via l’apprentissage automatique des données acoustiques multi-fréquentielles et vérités-terrain : Crepidula fornicata en Baie du Mont-Saint-Michel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alyson Le Quilleuc</w:t>
+                <w:t xml:space="preserve">Classifications satellitaires optiques et RADAR des récifs biogéniques intertidaux : Sentinel-1, -2 et Pléiades-1 au service des hermelles (Sabellaria alveolata) du Parc naturel marin de l’estuaire de la Gironde et de la mer des Pertuis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Le Gal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Caroline Husset</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Éric Feunteun</w:t>
+                <w:t xml:space="preserve">Stanislas F. Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Merigéo : de l'océan à la côte l'information géographique en mouvement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Le Havre, France. </w:t>
+              <w:t xml:space="preserve">Merigéo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04061829v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04061818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classifications satellitaires RaDAR et optiques des récifs biogéniques intertidaux : Sentinel-1, -2 et Pléiades-1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Le Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14024,51 +14024,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coral reef reflectance for remote sensing applications: a case study from French Polynesia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pirta Palola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Varunan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14143,381 +14143,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04061884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Submeter 3D ridge-to-reef classification using a WorldView-3 satellite stereoimagery</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spatial modeling of the benthic geobiodiversity using topo-bathymetric LiDAR and neural networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angéline Bulot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Letard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Feunteun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Coral Reef Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Virtuel - Online, France</w:t>
+              <w:t xml:space="preserve">Eucomare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061762v1</w:t>
+                <w:t xml:space="preserve">hal-04061752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial modeling of the benthic geobiodiversity using topo-bathymetric LiDAR and neural networks</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Submeter 3D ridge-to-reef classification using a WorldView-3 satellite stereoimagery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Andel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lecchini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pirta Palola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Wedding</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eucomare</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">15th International Coral Reef Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Virtuel - Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061752v1</w:t>
+                <w:t xml:space="preserve">hal-04061762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of infrared wavebands to coastal ecogeomorphological systems’ mapping</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards better coastal mapping using fusion of high temporal Sentinel-2 and PlanetScope-2 imageries: 12 bants at 3 m through neural network modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Letard</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Feunteun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eucomare</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Saint-Malo, France</w:t>
+              <w:t xml:space="preserve">ISPRS Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Nice (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061859v1</w:t>
+                <w:t xml:space="preserve">hal-04061770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increasing the nature-based coastal protection using bathymetric LiDAR, terrain classification, network modelling: reefs of Saint-Malo’s lagoon</w:t>
               </w:r>
@@ -14622,290 +14609,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04061782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards better coastal mapping using fusion of high temporal Sentinel-2 and PlanetScope-2 imageries: 12 bants at 3 m through neural network modelling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Very High-Resolution Monitoring and Evaluation of Tidal and Ecological Restoration in Beaussais’ Bay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Letard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Le Gal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPRS Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Nice (FR), France</w:t>
+              <w:t xml:space="preserve">Eucomare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Saint- Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061770v1</w:t>
+                <w:t xml:space="preserve">hal-04061799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Very High-Resolution Monitoring and Evaluation of Tidal and Ecological Restoration in Beaussais’ Bay</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contribution of infrared wavebands to coastal ecogeomorphological systems’ mapping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Letard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eucomare</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2022, Saint- Malo, France</w:t>
+              <w:t xml:space="preserve">, May 2022, Saint-Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061799v1</w:t>
+                <w:t xml:space="preserve">hal-04061859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet SISTER : Le suivi des récifs à Sabellaria alveolata par imagerie drone et I.A.”, Séminaire sur les habitats rocheux intertidaux et subtidaux de la façade Manche - Mer du Nord - Atlantique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Alvarez-Vanhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Liabot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Touria Bajjouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15025,51 +15025,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gloria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwenn Le Poulain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MeRIGEO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, webconférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15146,51 +15146,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Pastol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15375,51 +15375,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Pastol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geoscience Union General Assembly 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Vienna, Austria. 21, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15483,51 +15483,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15729,90 +15729,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classifications satellitaires optiques et RADAR des récifs biogéniques intertidaux : Sentinel-1, -2 et Pléiades-1 au service des hermelles (Sabellaria alveolata) du Parc naturel marin de l’estuaire de la Gironde et de la mer des Pertuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Le Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas F. Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15830,64 +15830,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographie prédictive d’un coquillage invasif via l’apprentissage automatique des données acoustiques multi-fréquentielles et vérités-terrain : Crepidula fornicata en Baie du Mont-Saint-Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alyson Le Quilleuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Caroline Husset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16157,144 +16157,147 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04061926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi pluri-décennal rétrospectif et prospectif du trait de côte dunaire par imagerie multispectrale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Iris Jeuffrard</w:t>
+                <w:t xml:space="preserve">Drone-Based Spatio-Temporal Assessment of a Seagras Meadow: Insights into Anthropogenic Pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...27 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Bouet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECRS 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MDPI, pp.41, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ECRS2023-15851⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04061948v1</w:t>
+                <w:t xml:space="preserve">hal-04685036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiscale Spatiotemporal NDVI Mapping of Salt Marshes Using Sentinel-2, Dove, and UAV Imagery in the Bay of Mont-Saint-Michel, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16316,207 +16319,204 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Houet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Gloria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference EUCOMARE 2022-Saint Malo, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Link, pp.17-38, 2023, European Spatial Data for Coastal and Marine Remote Sensing, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-16213-8_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04351641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drone-Based Spatio-Temporal Assessment of a Seagras Meadow: Insights into Anthropogenic Pressure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Suivi pluri-décennal rétrospectif et prospectif du trait de côte dunaire par imagerie multispectrale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iris Jeuffrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...34 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Duthion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ECRS2023-15851⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04685036v1</w:t>
+                <w:t xml:space="preserve">hal-04061948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Use of Ultra-High Resolution UAV Lidar Infrared Intensity for Enhancing Coastal Cover Classification</w:t>
               </w:r>
@@ -16941,51 +16941,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Comparison of Machine Learning Algorithms for Classification of Tropical Ecosystems Observed by Multiple Sensors at Multiple Scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Pouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17229,226 +17229,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01436726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What optech’s bathymetric LiDAR sees underwater</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Statistical classification methodology of SHOALS 3000 backscatter to mapping coastal benthic habitats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Antoine Collin</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Archambault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Geoscience and Remote Sensing </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Barcelona, Spain. 2007</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01461362v1</w:t>
+                <w:t xml:space="preserve">hal-01436763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical classification methodology of SHOALS 3000 backscatter to mapping coastal benthic habitats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">What optech’s bathymetric LiDAR sees underwater</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Long</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Cottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Archambault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Geoscience and Remote Sensing Symposium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Geoscience and Remote Sensing </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, France. 2007, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS.2007.4423518⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01436763v1</w:t>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01461362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -17479,51 +17479,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling reef health from upstream socio-ecological components using GIS and RS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Pouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Archambault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17911,51 +17911,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Insights into the Shallow Morpho-Sedimentary Patterns Using High-Resolution Topo-Bathymetric Lidar: The Case Study of the Bay of Saint-Malo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Caline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18365,51 +18365,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Letard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Le Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Spatial Data for Coastal and Marine Remote Sensing: Proceedings of International Conference EUCOMARE 2022-Saint Malo, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.207-211, 2022</w:t>
@@ -18697,51 +18697,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -18887,51 +18887,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reefscape Ecology Within the South Pacific: Confluence of the Polynesia Mana Network and Very High Resolution Satellite Remote Sensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Pouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Chancerelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19004,51 +19004,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Chancerelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Pouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">French Agency of Marine Protected Areas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Underwater Seascapes. From geographical to ecological perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing AG., p. 241-258, 2014</w:t>
@@ -19354,64 +19354,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actualisation de l’évaluation des stocks de crépidules (Crepidula fornicata) en baie du Mont-Saint-Michel en 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Caroline Husset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alyson Le Quilleuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19547,51 +19547,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les services écosystémiques de protection des dépôts sédimentaires en baie du Mont-Saint-Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Jeanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19911,51 +19911,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923178v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ternon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ysnel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Collin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre D Thiriet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Guillaume" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2025.104010" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923198v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Bouet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e James" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam Ly Rintz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dusseau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCR-SI113-031.1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923194v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Lesacher" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Feunteun" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCR-SI113-104.1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923191v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Perette" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Dimeglio" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCR-SI113-103.1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923185v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gairin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Aubert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Daniel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCR-SI113-188.1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04104175v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lana Minier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claverie" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte R. Dromard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tehani Maueau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26496/bjz.2023.109" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060924v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dolique" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jeanson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-022-01977-1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060947v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Lamontagne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.864.0107" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719359v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Danet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Daniel Thiriet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Feunteun" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2022.107833" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03532508v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Letard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Corpetti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Lague" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Pastol" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14020341" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060980v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.862.0100" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03533788v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyson Le Quilleuc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Jasinski" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Devillers" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14010133" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060938v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mury" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongjun Qin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14010219" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03821000v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Courteille" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2022.102537" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190710v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Andel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lecchini" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Claudet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/oceans2020018" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073709v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz348-656etyknpgmcw-19176840" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03762844v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Roncin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13224692" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279589v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mury" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Letard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-xliii-b3-2021-257-2021" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378899v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. James" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mury" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Letard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Guillot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B1-2021-149-2021" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378923v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lochin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Costa" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02746118v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Calle" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maquaire" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI95-205.1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946427v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Houet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Alvarez-Vanhard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/drones4020025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378889v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Costa" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B2-2020-675-2020" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378890v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.843.0048" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084386v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gloria" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI95-217.1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927373v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver M. Selmoni" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Lecellier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara B. Ainley" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimana Doucet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00609" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946351v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI95-145.1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276200v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien F. Montaggioni" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Salvat" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Martin-Garin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2019.106027" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02270142v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakamaly Madi Moussa" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Fogg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bertucci" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Calandra" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2019.104928" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W8MK0TP1-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276205v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Dubois" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/drones3030067" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273891v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/drones3030062" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144791v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Tieng" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sharma" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Mackenzie" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Venkattappa" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sasaki" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/266/1/012010" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153862v2" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andel" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Claudet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLII-2-W13-1849-2019" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172209v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Etienne" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse7040097" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01924521v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Duvat" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pillet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI85-100.1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857876v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Fe&#239;ss-Jehel" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-J&#233;r&#244;me Jehel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718451v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Hench" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Planes" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Thiault" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2018.02.015" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785160v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Lambert" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2018.1466084" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848266v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ramambason" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Casella" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Rovere" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2018.1500072" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718448v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Marshall" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Gelcich" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chlous" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2017.11.027" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P1ZJVH62-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01822434v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2018.1484964" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724281v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Harris" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Power" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Canavesio" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aao4350" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812613v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888410v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Chen" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiit Kutser" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Warner" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2018.1507661" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01562812v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2150704X.2017.1354261" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670262v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.12989" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520195v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0176862" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01428995v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Ferse" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Bejarano" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00338-016-1522-0" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429002v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Davies" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawn Field" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gavaghan" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally J. Holbrook" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13742-016-0118-5" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429011v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI75-115.1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360587v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI75-080.1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429020v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuo Nadaoka" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Bernardo" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi4020900" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01324157v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Archambault" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2014.00065" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429027v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Nakamura" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi3041157" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429044v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI65-117.1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429038v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs5073583" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429043v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Pouteau" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2150704X.2013.784848" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429052v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs4103244" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429054v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Long" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillippe Archambault" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2012.03.015" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429061v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James L. Hench" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs4051425" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436556v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0021265" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436560v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI_62_9" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436575v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2009.10.011" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SP1PWN4B-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436701v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2008.920020" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371960v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Touria Bajjouk" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mouquet" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3069712" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008851v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu H&#233;lias" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bailly Du Bois" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Poizot" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jacquot" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684951v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Gallon" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.052" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008899v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaelle Bizien" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Camus" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068170v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291669v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hardy Renaud" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conquet Juliette" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291974v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068015v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line Bulot" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Goff" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068034v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068153v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gairin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068621v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068650v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068163v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068001v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Caline" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068638v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Peuziat" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candide Lissak" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060899v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B3-2022-479-2022" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068626v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pirta Palola" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yadvinder Malhi" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pittman" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wedding" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854764v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn El Moussaoui" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lebreton" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Aubry" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068616v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Devillers" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068609v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068662v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068174v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Qin" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371760v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414827v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Durozier" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenal Hervouet" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414792v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414693v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahadev Sharma" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553650" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279007v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279042v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414804v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414673v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee James" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Guillot" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553865" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03658793v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/OCEANS44145.2021.9705797" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414852v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Poulain" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414872v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Thiriet" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Ysnel" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414865v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414881v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176678v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788626v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Doroth&#233;e" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502446v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812540v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078282v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788635v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812586v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janna&#239; Tokotoko" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Flouvat" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Goiran" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Hedouin" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854513v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070120v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bitoun" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pioch" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI85-136.1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460593v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Laporte" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Koetz" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-R&#233;gis Martin-Lauzer" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Louis Desnos" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452007v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hak" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nadaoka" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461347v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Hak" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Nadaoka" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791068v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Stoll" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2013.6721153" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422665v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cellard" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.S. Shariat" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Rio" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grolleau" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Liu" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068140v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061811v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Jeuffrard" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duthion" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061236v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Liabot" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061818v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Le Gal" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas F. Dubois" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061829v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Husset" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039413v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061884v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Varunan" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Martinez-Vicente" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Stoll" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061762v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061752v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061859v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061782v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guillaudeau" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061770v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061799v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061729v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135587v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135528v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134739v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176747v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176897v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684984v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Monpert" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.050" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061954v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061959v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061909v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. O. Liabot" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061926v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061948v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351641v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Gloria" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16213-8_2" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685036v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ECRS2023-15851" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607617v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ECRS2023-16610" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061168v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436777v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Hench" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429056v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436569v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436738v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436726v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2008.4779202" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461362v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cottin" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2007.4423518" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436763v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429040v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810765v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kremer" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Banos" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bosc" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436574v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aucoin Francis" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Xhard&#233;" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436542v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2011.6049595" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061119v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16213-8_14" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061087v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16213-8_15" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061199v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16213-8_16" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061180v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061143v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061189v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134051v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-15-2081-5_32" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02519289v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Couegnas" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429034v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Chancerelle" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-03440-9_16" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451929v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436538v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474629v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080615v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. David" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aubin" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061218v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247712v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01436696v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923178v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ternon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ysnel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Collin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre D Thiriet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Guillaume" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2025.104010" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923198v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Bouet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e James" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cam Ly Rintz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dusseau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCR-SI113-031.1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923194v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Lesacher" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Feunteun" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCR-SI113-104.1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923191v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Perette" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Dimeglio" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCR-SI113-103.1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923185v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gairin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Aubert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Daniel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/JCR-SI113-188.1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04104175v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lana Minier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Claverie" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte R. Dromard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tehani Maueau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26496/bjz.2023.109" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060924v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dolique" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jeanson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-022-01977-1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060947v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Lamontagne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.864.0107" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03719359v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Danet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Daniel Thiriet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Feunteun" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2022.107833" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03532508v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Letard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Corpetti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Lague" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Pastol" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14020341" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03533788v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyson Le Quilleuc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Jasinski" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Devillers" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14010133" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060980v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.862.0100" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060938v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mury" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rongjun Qin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs14010219" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03821000v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Courteille" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2022.102537" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190710v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Andel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lecchini" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Claudet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/oceans2020018" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073709v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62437/cixz348-656etyknpgmcw-19176840" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-03762844v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Roncin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13224692" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279589v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mury" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Letard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-xliii-b3-2021-257-2021" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378899v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. James" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mury" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Letard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Guillot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B1-2021-149-2021" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378923v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lochin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Costa" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02746118v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Calle" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maquaire" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI95-205.1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946427v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Houet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Alvarez-Vanhard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/drones4020025" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378889v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Costa" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B2-2020-675-2020" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378890v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.843.0048" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084386v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gloria" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI95-217.1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946351v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI95-145.1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927373v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver M. Selmoni" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Lecellier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara B. Ainley" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raimana Doucet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00609" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276200v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien F. Montaggioni" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Salvat" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Martin-Garin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.margeo.2019.106027" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02270142v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakamaly Madi Moussa" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Fogg" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bertucci" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Calandra" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2019.104928" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W8MK0TP1-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276205v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Dubois" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/drones3030067" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273891v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/drones3030062" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144791v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Tieng" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Sharma" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Mackenzie" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Venkattappa" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sasaki" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/266/1/012010" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172209v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Etienne" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse7040097" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153862v2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Andel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Claudet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLII-2-W13-1849-2019" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857876v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Fe&#239;ss-Jehel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-J&#233;r&#244;me Jehel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-01924521v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Duvat" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pillet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI85-100.1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718451v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Hench" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Planes" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauric Thiault" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2018.02.015" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01822434v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ramambason" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2018.1484964" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718448v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Marshall" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Gelcich" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chlous" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2017.11.027" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P1ZJVH62-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848266v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Casella" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Rovere" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2018.1500072" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785160v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Lambert" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2018.1466084" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724281v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Harris" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Power" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Canavesio" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aao4350" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01888410v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qi Chen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiit Kutser" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Warner" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2018.1507661" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812613v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01562812v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2150704X.2017.1354261" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670262v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.12989" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01520195v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0176862" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01428995v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Ferse" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Bejarano" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00338-016-1522-0" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429002v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Davies" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawn Field" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gavaghan" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally J. Holbrook" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13742-016-0118-5" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360587v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI75-080.1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429011v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI75-115.1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429020v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazuo Nadaoka" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Bernardo" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi4020900" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01324157v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Archambault" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2014.00065" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429027v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Nakamura" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi3041157" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429044v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI65-117.1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429043v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Pouteau" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2150704X.2013.784848" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429038v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs5073583" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429052v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs4103244" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429054v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Long" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillippe Archambault" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2012.03.015" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429061v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James L. Hench" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs4051425" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436556v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0021265" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436560v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI_62_9" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436575v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2009.10.011" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SP1PWN4B-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436701v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2008.920020" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371960v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Touria Bajjouk" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mouquet" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3069712" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008851v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu H&#233;lias" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bailly Du Bois" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Poizot" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Jacquot" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684951v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Gallon" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.052" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008899v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaelle Bizien" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Camus" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068170v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291669v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hardy Renaud" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conquet Juliette" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291974v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068015v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;line Bulot" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Le Goff" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068034v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068621v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068153v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gairin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068650v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04060899v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B3-2022-479-2022" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854764v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynn El Moussaoui" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lebreton" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Aubry" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068626v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pirta Palola" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yadvinder Malhi" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pittman" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wedding" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068001v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Caline" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068638v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Peuziat" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candide Lissak" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068163v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068616v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Devillers" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068609v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068662v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068174v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Qin" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04371760v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414827v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Durozier" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenal Hervouet" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414693v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahadev Sharma" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553650" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414792v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279007v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279042v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414673v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee James" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Guillot" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9553865" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414804v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03658793v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/OCEANS44145.2021.9705797" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414872v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Thiriet" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Ysnel" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414865v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414852v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Poulain" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03414881v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176678v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788626v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Doroth&#233;e" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502446v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078282v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812540v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812586v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janna&#239; Tokotoko" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Flouvat" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Goiran" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Hedouin" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788635v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854513v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070120v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bitoun" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pioch" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2112/SI85-136.1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01460593v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Laporte" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Koetz" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-R&#233;gis Martin-Lauzer" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Louis Desnos" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452007v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Hak" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nadaoka" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461347v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Hak" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Nadaoka" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791068v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Stoll" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2013.6721153" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422665v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cellard" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.S. Shariat" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Rio" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grolleau" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Liu" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068140v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061236v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Liabot" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061811v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Jeuffrard" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duthion" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061829v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Husset" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061818v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Le Gal" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas F. Dubois" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039413v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061884v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Varunan" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Martinez-Vicente" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Stoll" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061752v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061762v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061770v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061782v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Guillaudeau" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061799v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061859v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061729v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135587v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02135528v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134739v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176747v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176897v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04684984v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Monpert" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5150/jngcgc.2024.050" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061954v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061959v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061909v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. O. Liabot" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061926v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685036v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ECRS2023-15851" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351641v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Gloria" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16213-8_2" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061948v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607617v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ECRS2023-16610" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061168v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436777v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Hench" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429056v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436569v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436738v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436726v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2008.4779202" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436763v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461362v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cottin" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2007.4423518" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429040v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810765v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kremer" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Banos" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bosc" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436574v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aucoin Francis" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Xhard&#233;" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436542v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2011.6049595" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061119v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16213-8_14" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061087v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16213-8_15" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061199v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-16213-8_16" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061180v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061143v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061189v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134051v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-15-2081-5_32" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02519289v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Couegnas" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429034v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Chancerelle" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-03440-9_16" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451929v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436538v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474629v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04080615v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. David" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Aubin" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061218v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247712v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01436696v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>