--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -517,300 +517,300 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attributable mortality of ICU-acquired bloodstream infections: Impact of the source, causative micro-organism, resistance profile and antimicrobial therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Adrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maité Garrouste-Orgeas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maïté Garrouste-Orgeas</w:t>
+                <w:t xml:space="preserve">Wafa Ibn Essaied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wafa Ibn Essaied</w:t>
+                <w:t xml:space="preserve">Carole Schwebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Darmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Infection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 74 (2), pp.131-141. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jinf.2016.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05463839v1</w:t>
+                <w:t xml:space="preserve">hal-05463768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attributable mortality of ICU-acquired bloodstream infections: Impact of the source, causative micro-organism, resistance profile and antimicrobial therapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Adrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Adrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maité Garrouste-Orgeas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïté Garrouste-Orgeas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wafa Ibn Essaied</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michael Darmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Infection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 74 (2), pp.131-141. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jinf.2016.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05463768v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05463839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -891,929 +891,929 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04790092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstruction beyond Representation in Notre-Dame de Paris</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anaïs Guillem</w:t>
+                <w:t xml:space="preserve">Restitution numérique des charpentes disparues de la cathédrale et de l'arc doubleau de la nef effondré de la cathédrale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gros</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 IMEKO TC-4 International Conference on Metrology for Archaeology and Cultural Heritage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Measurement Confederation (IMEKO), Oct 2023, Rome, Italy</w:t>
+              <w:t xml:space="preserve">Chantier scientifique Notre-Dame - état des lieux et perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut national d'histoire de l'art, Oct 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04275571v2</w:t>
+                <w:t xml:space="preserve">hal-04393018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du claveau physique aux données numériques : démêler les hypothèses de restitution de l’arc doubleau de la nef de Notre- Dame</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Benchmark numérique des méthodes de calculs non-linéaires appliqué à la cathédrale Notre-Dame de Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Morenon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurizio Brocato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Domede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les voûtes de Notre-Dame de Paris, recherches récentes (2019-2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Élise Baillieul (IRHiS-ULille); Yves Gallet (Ansonius, UBordeaux-Montaigne), Nov 2023, Villeneuve d'Ascq, France</w:t>
+              <w:t xml:space="preserve">4ème Journées Nationales de la Maçonnerie (JNM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04472657v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04818402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Décrire une hypothèse au sein d'un graphe de connaissances, d'une simulation mécanique à un fait historique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Du claveau physique aux données numériques : démêler les hypothèses de restitution de l’arc doubleau de la nef de Notre- Dame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Baillieul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Guillem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gros</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Kévin Jacquot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanistica 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association francophone des humanités numériques, Jun 2023, Genève, Suisse</w:t>
+              <w:t xml:space="preserve">Les voûtes de Notre-Dame de Paris, recherches récentes (2019-2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Élise Baillieul (IRHiS-ULille); Yves Gallet (Ansonius, UBordeaux-Montaigne), Nov 2023, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04106032v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04472657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benchmark numérique des méthodes de calculs non-linéaires appliqué à la cathédrale Notre-Dame de Paris</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Domede</w:t>
+                <w:t xml:space="preserve">Décrire une hypothèse au sein d'un graphe de connaissances, d'une simulation mécanique à un fait historique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème Journées Nationales de la Maçonnerie (JNM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Humanistica 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association francophone des humanités numériques, Jun 2023, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04818402v1</w:t>
+                <w:t xml:space="preserve">hal-04106032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restitution numérique des charpentes disparues de la cathédrale et de l'arc doubleau de la nef effondré de la cathédrale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kévin Jacquot</w:t>
+                <w:t xml:space="preserve">Faire parler les claveaux effondrés de la cathédrale Notre-Dame de Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Guillem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chantier scientifique Notre-Dame - état des lieux et perspectives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut national d'histoire de l'art, Oct 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Humanistica 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association francophone des humanités numériques, Jun 2023, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04393018v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04106101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faire parler les claveaux effondrés de la cathédrale Notre-Dame de Paris</w:t>
+                <w:t xml:space="preserve">RCC8 for CIDOC CRM: Semantic Modeling of Mereological and Topological Spatial Relations in Notre-Dame de Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Guillem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Réby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violette Abergel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humanistica 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association francophone des humanités numériques, Jun 2023, Genève, Suisse</w:t>
+              <w:t xml:space="preserve">SWODCH’23 : International Workshop on Semantic Web and Ontology Design for Cultural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Athènes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04106101v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04275714v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RCC8 for CIDOC CRM: Semantic Modeling of Mereological and Topological Spatial Relations in Notre-Dame de Paris</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fonctionnement mécanique d'une voûte sexpartite de la cathédrale notre-dame de Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Morenon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurizio Brocato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Colas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Domede</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SWODCH’23 : International Workshop on Semantic Web and Ontology Design for Cultural Heritage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Athènes, Greece</w:t>
+              <w:t xml:space="preserve">4èmes Journées Nationales Maçonnerie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04275714v2</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04818414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fonctionnement mécanique d'une voûte sexpartite de la cathédrale notre-dame de Paris</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reconstruction beyond Representation in Notre-Dame de Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Guillem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violette Abergel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4èmes Journées Nationales Maçonnerie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">2023 IMEKO TC-4 International Conference on Metrology for Archaeology and Cultural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Measurement Confederation (IMEKO), Oct 2023, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04818414v1</w:t>
+                <w:t xml:space="preserve">hal-04275571v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mise en œuvre des élévations et des voûtes de Notre-Dame de Paris : bilan des recherches et des protocoles en cours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Baillieul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2108,51 +2108,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle transversal du groupe de travail “données numériques”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violette Abergel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Arese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2233,51 +2233,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des données numériques aux connaissances pluridisciplinaires : enjeux de documentation et de formalisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violette Abergel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Arese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2403,51 +2403,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mise en œuvre des élévations et des voûtes de Notre-Dame de Paris : bilan des recherches et des protocoles en cours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Moulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Baillieul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Gallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2684,51 +2684,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833913v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gros" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio De Luca" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubois" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe V&#233;ron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Jacquot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.autcon.2024.105927" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107913v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Parent" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Brocato" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Colas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Domede" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2023.05.009" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094074v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guillem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Baillieul" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Duvocelle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-32504-9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463839v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Adrie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#233; Garrouste-Orgeas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Garrouste-Orgeas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Ibn Essaied" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2016.11.001" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-356DVDQK-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463768v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Schwebel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Darmon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790092v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275571v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04472657v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Baillieul" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106032v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818402v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morenon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393018v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106101v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275714v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin R&#233;by" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818414v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04479729v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gallet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hartmann-Virnich" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553721v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Jacquot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Messaoudi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLII-2-W9-369-2019" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558704v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20184701013" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576563v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Arese" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Blettery" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Br&#233;dif" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Christophe" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576767v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Comte" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona Dudek" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05317448v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Moulis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04833913v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gros" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio De Luca" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubois" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe V&#233;ron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Jacquot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.autcon.2024.105927" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107913v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Parent" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Brocato" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Colas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Domede" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2023.05.009" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094074v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guillem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Baillieul" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Duvocelle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-32504-9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463768v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Adrie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mait&#233; Garrouste-Orgeas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Ibn Essaied" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Schwebel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Darmon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2016.11.001" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-356DVDQK-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463839v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Garrouste-Orgeas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790092v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393018v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818402v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morenon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04472657v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Baillieul" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106032v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106101v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275714v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin R&#233;by" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818414v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275571v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04479729v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gallet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hartmann-Virnich" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553721v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Jacquot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Messaoudi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLII-2-W9-369-2019" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558704v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20184701013" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576563v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Arese" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Blettery" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Br&#233;dif" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Christophe" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576767v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Comte" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona Dudek" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05317448v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Moulis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>