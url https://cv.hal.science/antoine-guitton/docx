--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -171,4027 +171,4144 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (31)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (32)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron Channeling Contrast Tomography (ECCT): Dislocation Tomography Enabled by ECCI</w:t>
+                <w:t xml:space="preserve">Atomic-scale modeling of defects in magnesium and its alloys: A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timmo Weidner</w:t>
+                <w:t xml:space="preserve">Zhuocheng Xie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Gautier</w:t>
+                <w:t xml:space="preserve">Julien Guénolé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Guitton</w:t>
+                <w:t xml:space="preserve">Hexin Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Mussi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Joé Petrazoller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatim-Zahra Mouhib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2026.117234⟩</w:t>
+              <w:t xml:space="preserve">Journal of Magnesium and Alloys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 14, pp.101954. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jma.2025.11.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05303689v3</w:t>
+                <w:t xml:space="preserve">hal-05411609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale characterization of a high chromium-carbon based hardfacing alloy welded by Flux-Cored Arc Welding</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electron channeling contrast tomography (ECCT): Dislocation tomography enabled by ECCI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teresa Fras</w:t>
+                <w:t xml:space="preserve">Timmo Weidner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ágota Kazup</w:t>
+                <w:t xml:space="preserve">Romain Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slim Bahi</w:t>
+                <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Rusinek</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alexandre Mussi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Characterization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, pp.116038. </w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 277, pp.117234. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matchar.2026.116038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2026.117234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05292808v2</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05565214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corrigendum to “Multi-scale characterization of a high chromium‑carbon based hardfacing alloy welded by flux cored arc welding” [Materials Characterization, Volume 233 (2026), 116038].</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electron Channeling Contrast Tomography (ECCT): Dislocation Tomography Enabled by ECCI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teresa Fras</w:t>
+                <w:t xml:space="preserve">Timmo Weidner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ágota Kazup</w:t>
+                <w:t xml:space="preserve">Romain Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slim Bahi</w:t>
+                <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Rusinek</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alexandre Mussi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Characterization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matchar.2026.116130⟩</w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 277, pp.117234. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2026.117234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05519940v1</w:t>
+                <w:t xml:space="preserve">hal-05303689v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomic-scale modeling of defects in magnesium and its alloys: A review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-scale characterization of a high chromium-carbon based hardfacing alloy welded by Flux-Cored Arc Welding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhuocheng Xie</w:t>
+                <w:t xml:space="preserve">Teresa Fras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Guénolé</w:t>
+                <w:t xml:space="preserve">Ágota Kazup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hexin Wang</w:t>
+                <w:t xml:space="preserve">Slim Bahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joé Petrazoller</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fatim-Zahra Mouhib</w:t>
+                <w:t xml:space="preserve">Alexis Rusinek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Magnesium and Alloys</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jma.2025.11.014⟩</w:t>
+              <w:t xml:space="preserve">Materials Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 233, pp.116038. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matchar.2026.116038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05411609v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05292808v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of dislocation densities with non-destructive SEM techniques: application to Gallium Nitride</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Corrigendum to “Multi-scale characterization of a high chromium‑carbon based hardfacing alloy welded by flux cored arc welding” [Materials Characterization, Volume 233 (2026), 116038].</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Fras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ágota Kazup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slim Bahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Rusinek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/mam/ozae124⟩</w:t>
+              <w:t xml:space="preserve">Materials Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 233, pp.116130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matchar.2026.116130⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04821282v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05519940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructure Evolution in AM Produced Superalloy Thin Struts at Low Plastic Strain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laura Delcuse</w:t>
+                <w:t xml:space="preserve">Estimation of dislocation densities with non-destructive SEM techniques: application to Gallium Nitride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arka Mandal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Beausir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slim Bahi</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2024.108739⟩</w:t>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mam/ozae124⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04533611v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04821282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of pre-existing configurations of dislocations on the initial pop-in load during nanoindentation in a CrCoNi medium-entropy alloy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Microstructure Evolution in AM Produced Superalloy Thin Struts at Low Plastic Strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Delcuse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slim Bahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">U.F. Gunputh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ben Haj Slama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Berbenni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Magazine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14786435.2023.2290541⟩</w:t>
+              <w:t xml:space="preserve">Materials Today Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 39, pp.108739. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2024.108739⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04346310v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04533611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving embrittlement in the Ti-Al-C MAX phase system: a composite approach for surface severe plastic deformation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Heinzelmeier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Novelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenbo Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grosdidier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.169946. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jallcom.2023.169946⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03714488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental evidence of zonal dislocations in the Ti2AlC MAX phase</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of pre-existing configurations of dislocations on the initial pop-in load during nanoindentation in a CrCoNi medium-entropy alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Novelli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Yu Wenbo</w:t>
+                <w:t xml:space="preserve">Frederic Habiyaremye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaolei Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiebaud Richeton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Berbenni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Characterization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matchar.2023.112882⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 104 (3), pp.137-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14786435.2023.2290541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03775865v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04346310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From electron tomography of dislocations to field dislocation mechanics: application to olivine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timmo Weidner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Demouchy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Gouriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modelling and Simulation in Materials Science and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 32 (1), pp.015004. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-651X/ad0a42⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04276564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Features of a nano-twist phase in the nanolayered Ti3AlC2 MAX phase</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Experimental evidence of zonal dislocations in the Ti2AlC MAX phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Mussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Henzelmeier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timmo Weidner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Novelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Wenbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2021.114425⟩</w:t>
+              <w:t xml:space="preserve">Materials Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 200, pp.112882. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matchar.2023.112882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03207521v3</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03775865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasticity induced by nanoindentation in a CrCoNi medium-entropy alloy studied by accurate electron channeling contrast imaging revealing dislocation-low angle grain boundary interactions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Features of a nano-twist phase in the nanolayered Ti3AlC2 MAX phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guénolé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenbo Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2021.141364⟩</w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 210, pp.114425. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2021.114425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03118990v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03207521v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of A-site atoms in Ti2AlC and Ti3SiC2 MAX phases reinforced Mg composites: Interfacial structure and mechanical properties</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Plasticity induced by nanoindentation in a CrCoNi medium-entropy alloy studied by accurate electron channeling contrast imaging revealing dislocation-low angle grain boundary interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Habiyaremye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Schäfer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felicitas Scholz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mike Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 826, pp.141961. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2021.141961⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 817, pp.141364. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2021.141364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03323800v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03118990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling electron channeling contrast intensity of stacking fault and twin boundary using crystal thickness effect</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Effects of A-site atoms in Ti2AlC and Ti3SiC2 MAX phases reinforced Mg composites: Interfacial structure and mechanical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenbo Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xufeng Pi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wantong Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma14071696⟩</w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 826, pp.141961. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2021.141961⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03118996v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03323800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electron Channeling Contrast Imaging characterization and crystal plasticity modelling of dislocation activity in Ti21S BCC material</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling electron channeling contrast intensity of stacking fault and twin boundary using crystal thickness effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hana Kriaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nabila Maloufi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mtla.2020.100996⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (7), pp.1696. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma14071696⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03094460v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03118996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank partial dislocation in Ti2AlC-MAX phase induced by matrix-Cu diffusion</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Electron Channeling Contrast Imaging characterization and crystal plasticity modelling of dislocation activity in Ti21S BCC material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Ben Haj Slama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabila Maloufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaustubh Venkatraman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Rollett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2020.09.007⟩</w:t>
+              <w:t xml:space="preserve">Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15, pp.100996. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mtla.2020.100996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02940841v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03094460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning critical resolved shear stress ratios for BCC-Titanium Ti21S via an automated data analysis approach</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Frank partial dislocation in Ti2AlC-MAX phase induced by matrix-Cu diffusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenbo Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guénolé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modelling and Simulation in Materials Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-651X/abfeb0⟩</w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 191, pp.34-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2020.09.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03119000v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02940841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of Mg–Al–Ca magnesium alloy ameliorated with designed Al8Mn4Gd phase</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Tuning critical resolved shear stress ratios for BCC-Titanium Ti21S via an automated data analysis approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaustubh Venkatraman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Ben Haj Slama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabila Maloufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Magnesium and Alloys</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jma.2020.08.009⟩</w:t>
+              <w:t xml:space="preserve">Modelling and Simulation in Materials Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-651X/abfeb0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03039711v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03119000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Processing and Mechanical Properties of Ti2AlC MAX Phase Reinforced AE44 Magnesium Composite</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Study of Mg–Al–Ca magnesium alloy ameliorated with designed Al8Mn4Gd phase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaosheng Ma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenbo Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xufeng Pi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma13040995⟩</w:t>
+              <w:t xml:space="preserve">Journal of Magnesium and Alloys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (4), pp.1084-1089. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jma.2020.08.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02495138v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03039711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling Dislocation Contrasts Obtained by Accurate-Electron Channeling Contrast Imaging for Characterizing Deformation Mechanisms in Bulk Materials</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Processing and Mechanical Properties of Ti2AlC MAX Phase Reinforced AE44 Magnesium Composite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xufeng Pi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenbo Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaosheng Ma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaojun Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shoumei Xiong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 12 (10), pp.1587. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma12101587⟩</w:t>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma13040995⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02392249v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02495138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Situ Macroscopic Tensile Testing in SEM and Electron Channeling Contrast Imaging: Pencil Glide Evidenced in a Bulk β-Ti21S Polycrystal</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modeling Dislocation Contrasts Obtained by Accurate-Electron Channeling Contrast Imaging for Characterizing Deformation Mechanisms in Bulk Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hana Kriaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nabila Maloufi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 12 (15), pp.2479. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma12152479⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 12 (10), pp.1587. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma12101587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02392248v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02392249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Dislocation-Scale Characterization of the Evolution of Deformation Microstructures around Nanoindentation Imprints in a TiAl Alloy</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">In Situ Macroscopic Tensile Testing in SEM and Electron Channeling Contrast Imaging: Pencil Glide Evidenced in a Bulk β-Ti21S Polycrystal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Ben Haj Slama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabila Maloufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slim Bahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Weiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 11 (2), pp.305. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ma11020305⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 12 (15), pp.2479. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma12152479⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02392252v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02392248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fundamental and experimental aspects of diffraction for characterizing dislocations by electron channeling contrast imaging in scanning electron microscope</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">N. Maloufi</w:t>
+                <w:t xml:space="preserve">A Dislocation-Scale Characterization of the Evolution of Deformation Microstructures around Nanoindentation Imprints in a TiAl Alloy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hana Kriaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bouzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabila Maloufi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-09756-3⟩</w:t>
+              <w:t xml:space="preserve">Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11 (2), pp.305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ma11020305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02392256v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02392252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Miniaturized Biaxial Deformation Rig for in Situ Mechanical Testing</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On-axis TKD for orientation mapping of nanocrystalline materials in SEM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Guitton</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">K. Sofinowski</w:t>
+                <w:t xml:space="preserve">Etienne Brodu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bouzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Fundenberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Mechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11340-016-0244-0⟩</w:t>
+              <w:t xml:space="preserve">Materials Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 130, pp.92-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matchar.2017.05.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02392260v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02392258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-axis TKD for orientation mapping of nanocrystalline materials in SEM</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Antoine Guitton</w:t>
+                <w:t xml:space="preserve">A Miniaturized Biaxial Deformation Rig for in Situ Mechanical Testing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. van Petegem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dupraz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bollhalder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Sofinowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Characterization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matchar.2017.05.036⟩</w:t>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 57 (4), pp.569-580. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11340-016-0244-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02392258v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02392260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Picosecond pulsed laser for microscale sample preparation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fundamental and experimental aspects of diffraction for characterizing dislocations by electron channeling contrast imaging in scanning electron microscope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Kriaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Maloufi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matlet.2015.06.119⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-09756-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01514740v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02392256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dislocation modelling in Ti 2 AlN MAX phase based on the Peierls–Nabarro model</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Picosecond pulsed laser for microscale sample preparation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Joulain</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Irastorza-Landa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Broennimann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grolimund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. van Petegem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Magazine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14786435.2015.1066938⟩</w:t>
+              <w:t xml:space="preserve">Materials Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 160, pp.589-591. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matlet.2015.06.119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01515323v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01514740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of microstructure anisotropy on the deformation of MAX polycrystals studied by in-situ compression combined with neutron diffraction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Dislocation modelling in Ti 2 AlN MAX phase based on the Peierls–Nabarro model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gouriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Carrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">H. van Swygenhoven</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4884601⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 95 (23), pp.2539 - 2552. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14786435.2015.1066938⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01503721v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01515323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of dislocation cross-slip in MAX phase deformed at high temperature</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Effect of microstructure anisotropy on the deformation of MAX polycrystals studied by in-situ compression combined with neutron diffraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. van Petegem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Tromas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Joulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. van Swygenhoven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep06358⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 104 (24), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4884601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01503720v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01503721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pressure-enforced plasticity in MAX phases: from single grain to polycrystal investigation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Evidence of dislocation cross-slip in MAX phase deformed at high temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Thilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Tromas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Magazine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14786435.2012.755272⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep06358⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01501851v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01503720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dislocation analysis of Ti2AlN deformed at room temperature under confining pressure</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Pressure-enforced plasticity in MAX phases: from single grain to polycrystal investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guo-Ping Bei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Joulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophical Magazine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 93 (15), pp.1784-1801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14786435.2012.755272⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01501851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dislocation analysis of Ti2AlN deformed at room temperature under confining pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Joulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Thilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Tromas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Philosophical Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2012, 92 (36), pp.4536-4546. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14786435.2012.715250⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03041046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4201,3232 +4318,3232 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Automation of Electron Channeling Contrast Imaging: Investigation of dislocations in AlGaN/GaN heterostructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Roch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Killat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Hollerith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Siegelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Chisholm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium for Testing and Failure Analysis (ISTFA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Pasadena (California), United States. pp.417-422, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.31399/asm.cp.istfa2025p0417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05304944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of bulk vs. surface dislocation elastic fields in GaN: a study for non-destructive near-surface electron diffraction techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatin El Ajjouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasticité 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Pprime, Apr 2025, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05049939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a pixelated STEM-in-SEM detector for microstructural features characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Aubourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bouzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean- Jacques Fundenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yudong Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 17th European Microscopy Congress (EMC 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2024, Copenhagen, Denmark. pp.05014, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/bioconf/202412905014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04805924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microstructural defects in MAX phases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Heinzelmeier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timmo Weidner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grosdidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Mussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Guénolé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48th international conference and exposition on advanced ceramics and composites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Daytona Beach, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04392821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition énergétique : les matériaux métalliques pour la filière hydrogène. Genèse d’un projet de club étudiants / chercheurs du programme ORION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grosdidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Heinzelmeier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Marsigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CNRIUT 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Saint-Pierre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04168804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro-/nano-structural defects in MAX phases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Heinzelmeier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timmo Weidner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grosdidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Mussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IWAC09 International workshop on Advanced Ceramics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre Européen de la Céramique, Sep 2023, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04392825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition énergétique : les matériaux métalliques pour la filière hydrogène. Genèse d'un projet de club étudiants / chercheurs du programme ORION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grosdidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CNRIUT 2023 Saint Pierre - La Réunion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IUT de Saint Pierre, Jun 2023, Saint Pierre (La Réunion), La Réunion</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04326820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of prior ultrasonic shot peening treatment on the low-temperature plasma nitriding of a metastable β-Ti alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Drouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grosdidier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th World Conference on Titanium (Ti-2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Edinburgh, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04079904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feature engineering-based approach for capturing fundamental deformation mechanisms of plasticity in β-Ti21S</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaustubh Venkatraman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICSMA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03598440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feature extraction applied to slip trace analysis in β-Ti21S</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaustubh Venkatraman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasticité 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03598439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microstructural and mechanical characterizations of Mg-based nanocomposites with MAX phases or MXenes after severe plastic deformation treatments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Heinzelmeier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Novelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Célérier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Strength of Materials (ICSMA19)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03696029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interactions between dislocations and low-angle grain boundary in a single CrCoNi medium-entropy alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Habiyaremye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Schäfer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felicia Scholz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mike Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TMS2021 Annual Meeting &amp; Exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Virtual, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03111539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank partial dislocation in Ti2AlC-MAX phase induced by matrix-Cu diffusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenbo Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Guénolé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">45th International Conference and Expo on Advanced Ceramics and Composites (ICACC2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2021, Virtual, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03102054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasticity induced by nanoindentation in a CrCoNi medium-entropy alloy studied by accurate electron channeling contrast imaging revealing dislocation-low angle grain boundary interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Habiyaremye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Schäfer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felicia Scholz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mike Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasticité 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Virtual, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03184598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microstructural anisotropy and its influence on the internal stress field within grains: experimental confrontation with full-field crystal plasticity models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaustubh Venkatraman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kaustubh Venkatraman</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Meriem Ben Haj Slama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila Maloufi Maloufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Berbenni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TMS2021 Annual Meeting &amp; Exhibition (Keynote)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Virtual, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03111536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanisms of plastic deformation in the vicinity of a low-angle grain boundary in CrCoNi medium-entropy alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Habiyaremye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Schäfer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felicia Scholz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GDR-HEA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Virtual, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03046327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical confrontation between in-situ Electron Channeling Contrast Imaging and mesoscale polycrystal plasticity models.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Schöntal Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Schöntal, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03042882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent progress on Scanning Electron Microscopy for understanding fundamental deformation mechanisms of materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th SFµ conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03042858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards 3D reconstruction of dislocation networks observed by ECCI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Ben Haj Slama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila Maloufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EBSD 2019 Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Teddington, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03046306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fundamental and experimental aspects of diffraction for characterizing dislocations on bulk materials by electron channeling contrast imaging in scanning electron microscope</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hana Kriaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila Maloufi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matériaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03043130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dislocation-scale characterization of the evolution of deformation microstructures on bulk materials. Case of TiAl alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hana Kriaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bouzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila Maloufi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matériaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03043122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A dislocation-scale characterization of the evolution of deformation microstructures around nanoindentation imprints in a TiAl</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hana Kriaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bouzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila Maloufi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasticité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03043111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A dislocation-scale characterization of the evolution of deformation microstructures on a bulk TiAl alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hana Kriaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bouzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila Maloufi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MRS Fall Meeting &amp; Exhibit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03043139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron channeling contrast imaging : influence of diffraction conditions on dislocation contrast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hana Kriaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila Maloufi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SF2M</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03043041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the dislocation contrasts obtained by electron channeling imaging using theoretical and practical considerations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hana Kriaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila Maloufi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasticité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03043016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron channelling contrast imaging: influence of diffraction conditions on the dislocation contrast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hana Kriaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila Maloufi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SF2M</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03039936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-scale approach for analyzing sub-boundaries induced during dislocational creep of uranium dioxide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Ben Saada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Gey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Beausir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavière Iltis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SF2M</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03039964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprehensive characterization of dislocations by Electron Channeling Contrast Imaging in SEM : Practical and fundamental aspects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hana Kriaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila Maloufi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROMAT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Thessaloniki, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03043035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of strain path changes on metal plasticity: biaxial tensile tests coupled with in-situ scanning electron microscopy and with in-situ transmission x-ray diffraction.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Bollhalder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven van Petegem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helena van Swygenhoven</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICSMA17</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Brno, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03135694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7436,1190 +7553,1190 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de dislocations zonales dans la phase MAX Ti2AlC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Mussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Heinzelmeier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timmo Weidner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Novelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wenbo Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasticité 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Lyon, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04168820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are MAX phases good candidates for doping Mg hydrogen storage?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Heinzelmeier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Sauvage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Grosdidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd journées plénières de la fédération de recherche hydrogène (FRH2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Aussois, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03680770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of elementary deformation mechanisms around a low-angle grain boundary in a single crystalline CrCoNi medium-entropy alloy.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Habiyaremye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Schäfer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Laplanche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila Maloufi Maloufi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Schöntal Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Schöntal, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03165859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of dislocation evolution in bulk Ti21S specimen coupled with in-situ macroscopic tensile testing in SEM.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Ben Haj Slama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila Maloufi Maloufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Weiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EBSD 2019 Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Teddington, United Kingdom. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03165863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of crystalline defects studied by STEM-in-SEM</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fundamental and experimental aspects of diffraction for characterizing dislocations on bulk materials by electron channeling contrast imaging in scanning electron microscope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hana Kriaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabila Maloufi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MRS Fall Meeting &amp; Exhibit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, Boston, United States. </w:t>
+              <w:t xml:space="preserve">, 2018, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03165869v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03165873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fundamental and experimental aspects of diffraction for characterizing dislocations on bulk materials by electron channeling contrast imaging in scanning electron microscope</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Characterization of crystalline defects studied by STEM-in-SEM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chunyang Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Guyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Fundenberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yudong Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MRS Fall Meeting &amp; Exhibit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, Boston, United States</w:t>
+              <w:t xml:space="preserve">, 2018, Boston, United States. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03165873v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03165869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to in-situ follow the evolution of dislocation configurations during mechanical testing on bulk specimen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Ben Haj Slama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hana Kriaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila Maloufi Maloufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Fundenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MRS Fall Meeting &amp; Exhibit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Boston, United States. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03165872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electron channelling contrast imaging: influence of diffraction conditions on the dislocation contrast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hana Kriaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila Maloufi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SF2M</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Lyon, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03165881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-scale approach for analyzing sub-boundaries induced during dislocational creep of uranium dioxide.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem Ben Saada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Gey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Beausir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavière Iltis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SF2M</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Lyon, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03165877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grain size determination in nanocrystalline materials using the TKD technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Brodu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Guyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yudong Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bouzy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMC2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Lyon, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03165887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8629,246 +8746,246 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Science en 4 Saisons - Printemps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EDP Sciences</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, La Sience en 4 Saisons, 9782759838530</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05519996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Science en 4 Saisons - Automne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EDP Sciences</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9782759835614</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04740847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Science en 4 saisons - Hiver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Guitton, Antoine. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EDP Sciences</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.92, 2023, 978-2-7598-3184-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04168800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8878,789 +8995,907 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MODA for Field Dislocation Mechanics (FDM)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatin El Ajjouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.18347932⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05475317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating twin boundary-dislocation interaction in MgY using quasi in-situ nanoindentation and electron channeling contrast imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatim-Zahra Mouhib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heixin Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guénolé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Berbenni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Talal Al-Samman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05304214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystallography-dependent MgH2 desorption mechanisms revealed by in-situ SEM with Ti3AlC2 MAX phase catalysts</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Microstructure-driven mechanical response and constitutive modeling of a Fe–Cr–C hardfacing deposit under quasi-static and dynamic loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Fras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slim Bahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Bernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaël Demarty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fermin Cuevas</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">hal-05512033v1</w:t>
+                <w:t xml:space="preserve">hal-05552244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of free surfaces on dislocation elastic fields: advancing dislocation characterization in GaN for non-destructive surface observation techniques</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Crystallography-dependent MgH2 desorption mechanisms revealed by in-situ SEM with Ti3AlC2 MAX phase catalysts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Heinzelmeier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fermin Cuevas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Grosdidier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025</w:t>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05288179v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05512033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A model based on zonal dislocation walls for kink band formation in nano-layered HCP crystals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Influence of free surfaces on dislocation elastic fields: advancing dislocation characterization in GaN for non-destructive surface observation techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatin El Ajjouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05213369v2</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05288179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a Pixelated STEM-in-SEM detector for microstructural feature characterization</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yudong Zhang</w:t>
+                <w:t xml:space="preserve">A model based on zonal dislocation walls for kink band formation in nano-layered HCP crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Taupin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Capolungo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timmo Weidner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Guénolé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05389118v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05213369v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Development of a Pixelated STEM-in-SEM detector for microstructural feature characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Aubourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bouzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean- Jacques Fundenberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Guyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yudong Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05389118v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dimensionality reduction using principal component analysis to classify different grain boundary slip transfer regimes in BCC-Titanium Ti21S: A feature engineering-based approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaustubh Venkatraman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Taupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03372274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9670,100 +9905,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mécanismes de déformation des phases MAX : une approche expérimentale multi-échelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matériaux. Université de Poitiers (France), 2013. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03041098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9773,91 +10008,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental, mesoscopic and statistical approaches of plasticity in polycrystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Materials. Université de Lorraine, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03626573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9867,167 +10102,167 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Lorraine des Sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03680747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Lorraine des Sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Son</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03680752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId241"/>
+      <w:footerReference w:type="default" r:id="rId245"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10095,51 +10330,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D095D999"/>
+    <w:nsid w:val="3A3E2E4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10326,51 +10561,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antoine-guitton" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1508-787X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/177791039" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05303689v3" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timmo Weidner" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gautier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guitton" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mussi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2026.117234" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05292808v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Monnet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Fras" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;gota Kazup" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Bahi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Rusinek" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2026.116038" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05519940v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2026.116130" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05411609v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuocheng Xie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gu&#233;nol&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hexin Wang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#233; Petrazoller" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatim-Zahra Mouhib" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jma.2025.11.014" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04821282v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arka Mandal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Beausir" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guyon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Taupin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mam/ozae124" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04533611v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Delcuse" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U.F. Gunputh" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ben Haj Slama" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2024.108739" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04346310v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Habiyaremye" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaolei Chen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiebaud Richeton" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Berbenni" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2023.2290541" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714488v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Heinzelmeier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Novelli" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbo Yu" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grosdidier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.169946" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03775865v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Henzelmeier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Wenbo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2023.112882" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04276564v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Demouchy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gouriet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/ad0a42" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03207521v3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vallet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2021.114425" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03118990v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sch&#228;fer" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicitas Scholz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Schneider" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2021.141364" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03323800v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xufeng Pi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wantong Chen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2021.141961" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03118996v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Kriaa" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Maloufi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma14071696" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03094460v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ben Haj Slama" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaustubh Venkatraman" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Rollett" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2020.100996" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940841v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.09.007" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03119000v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/abfeb0" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03039711v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaosheng Ma" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jma.2020.08.009" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02495138v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Wang" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shoumei Xiong" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma13040995" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02392249v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12101587" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02392248v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Weiss" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12152479" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02392252v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bouzy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11020305" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02392256v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kriaa" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guitton" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Maloufi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-09756-3" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02392260v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. van Petegem" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dupraz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bollhalder" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sofinowski" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-016-0244-0" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02392258v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Brodu" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Fundenberger" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2017.05.036" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01514740v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Irastorza-Landa" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Broennimann" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grolimund" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2015.06.119" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01515323v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carrez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cordier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Joulain" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2015.1066938" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503721v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tromas" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joulain" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. van Swygenhoven" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4884601" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503720v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Thilly" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tromas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep06358" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01501851v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo-Ping Bei" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Brunet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dubois" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2012.755272" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03041046v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2012.715250" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05304944v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Roch" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Killat" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hollerith" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Siegelin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chisholm" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31399/asm.cp.istfa2025p0417" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05049939v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatin El Ajjouri" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04805924v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aubourg" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean- Jacques Fundenberger" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yudong Zhang" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bioconf/202412905014" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392821v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04168804v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marsigny" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gries" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392825v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326820v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04079904v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Genin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pichon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Drouet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03598440v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03598439v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03696029v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sauvage" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane C&#233;l&#233;rier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03111539v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicia Scholz" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03102054v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03184598v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03111536v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Maloufi Maloufi" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Berbenni" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03046327v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Schneider" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03042882v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03042858v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03046306v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H&#233;bert" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043130v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043122v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043111v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043139v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043041v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043016v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03039936v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03039964v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ben Saada" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gey" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Beausir" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavi&#232;re Iltis" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043035v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03135694v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Bollhalder" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven van Petegem" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena van Swygenhoven" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04168820v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03680770v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165859v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Laplanche" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165863v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Guyon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165869v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunyang Zhang" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude M&#233;nard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165873v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165872v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165881v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165877v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165887v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05519996v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laboutique.edpsciences.fr/produit/1550/9782759838547/science-en-4-saisons-printemps" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04740847v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laboutique.edpsciences.fr/produit/1441/9782759835621/science-en-4-saisons-automne" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04168800v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laboutique.edpsciences.fr/produit/1350/9782759832064/science-en-4-saisons?fbclid=IwAR2ywwHiRoc56ySCjGW6kXZa0kXKltvw-c1RZMLy3OzTB1GrVqbQVkKdWw4" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05475317v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.18347932" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05304214v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heixin Wang" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talal Al-Samman" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05512033v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fermin Cuevas" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05288179v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05213369v2" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Capolungo" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05389118v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03372274v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03041098v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03626573v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03680747v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03680752v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antoine-guitton" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1508-787X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/177791039" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05411609v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuocheng Xie" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gu&#233;nol&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hexin Wang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#233; Petrazoller" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatim-Zahra Mouhib" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jma.2025.11.014" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565214v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timmo Weidner" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gautier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Guitton" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mussi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2026.117234" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05303689v3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05292808v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Monnet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Fras" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;gota Kazup" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slim Bahi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Rusinek" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2026.116038" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05519940v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2026.116130" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04821282v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arka Mandal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Beausir" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guyon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Taupin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mam/ozae124" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04533611v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Delcuse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U.F. Gunputh" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ben Haj Slama" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2024.108739" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714488v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Heinzelmeier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Novelli" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenbo Yu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Grosdidier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.169946" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04346310v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Habiyaremye" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaolei Chen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiebaud Richeton" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Berbenni" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2023.2290541" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04276564v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Demouchy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gouriet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/ad0a42" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03775865v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Henzelmeier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Wenbo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2023.112882" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03207521v3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vallet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2021.114425" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03118990v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sch&#228;fer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicitas Scholz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Schneider" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2021.141364" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03323800v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xufeng Pi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wantong Chen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2021.141961" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03118996v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Kriaa" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Maloufi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma14071696" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03094460v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ben Haj Slama" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaustubh Venkatraman" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Rollett" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2020.100996" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940841v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.09.007" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03119000v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/abfeb0" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03039711v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaosheng Ma" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jma.2020.08.009" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02495138v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Wang" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shoumei Xiong" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma13040995" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02392249v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12101587" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02392248v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Weiss" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12152479" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02392252v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bouzy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma11020305" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02392258v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Brodu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Fundenberger" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2017.05.036" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02392260v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. van Petegem" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guitton" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dupraz" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bollhalder" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Sofinowski" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-016-0244-0" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02392256v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kriaa" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Maloufi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-09756-3" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01514740v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Irastorza-Landa" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Broennimann" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grolimund" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2015.06.119" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01515323v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carrez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cordier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Joulain" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2015.1066938" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503721v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tromas" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joulain" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. van Swygenhoven" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4884601" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503720v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Thilly" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tromas" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep06358" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01501851v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo-Ping Bei" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Brunet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dubois" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2012.755272" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03041046v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2012.715250" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05304944v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Roch" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Killat" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hollerith" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Siegelin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chisholm" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31399/asm.cp.istfa2025p0417" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05049939v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatin El Ajjouri" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04805924v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aubourg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean- Jacques Fundenberger" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yudong Zhang" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bioconf/202412905014" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392821v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04168804v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marsigny" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gries" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392825v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04326820v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04079904v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Genin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pichon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Drouet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03598440v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03598439v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03696029v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Sauvage" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane C&#233;l&#233;rier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03111539v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicia Scholz" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03102054v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03184598v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03111536v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila Maloufi Maloufi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Berbenni" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03046327v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Schneider" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03042882v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03042858v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03046306v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile H&#233;bert" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043130v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043122v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043111v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043139v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043041v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043016v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03039936v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03039964v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ben Saada" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gey" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Beausir" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavi&#232;re Iltis" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043035v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03135694v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Bollhalder" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven van Petegem" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena van Swygenhoven" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04168820v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03680770v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165859v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Laplanche" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165863v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Guyon" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165873v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165869v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunyang Zhang" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude M&#233;nard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165872v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165881v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165877v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03165887v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05519996v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laboutique.edpsciences.fr/produit/1550/9782759838547/science-en-4-saisons-printemps" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04740847v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laboutique.edpsciences.fr/produit/1441/9782759835621/science-en-4-saisons-automne" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04168800v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laboutique.edpsciences.fr/produit/1350/9782759832064/science-en-4-saisons?fbclid=IwAR2ywwHiRoc56ySCjGW6kXZa0kXKltvw-c1RZMLy3OzTB1GrVqbQVkKdWw4" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05475317v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.18347932" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05304214v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heixin Wang" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talal Al-Samman" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05552244v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bernier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya&#235;l Demarty" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05512033v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fermin Cuevas" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05288179v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05213369v2" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Capolungo" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05389118v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03372274v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03041098v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03626573v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03680747v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03680752v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>