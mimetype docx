--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -651,51 +651,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D3.3: Trace observations</w:t>
+                <w:t xml:space="preserve">D2.2b: Measurement tools, data collection and device association</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadjib Achir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Carneiro Viana</w:t>
@@ -715,109 +715,109 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Dias de Mello Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Farhi-Rivasseau</w:t>
+                <w:t xml:space="preserve">Anne Fladenmuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">D3.3, Sorbonne Université (Paris, France); Inria Saclay - Île de France; La Rochelle Université, France. 2024</w:t>
+              <w:t xml:space="preserve">D2.2b, Sorbonne Université (Paris, France); Inria Saclay - Île de France; La Rochelle Université, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04991691v1</w:t>
+                <w:t xml:space="preserve">hal-04995763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D3.2: Trace merging on a per-user basis</w:t>
+                <w:t xml:space="preserve">D3.3: Trace observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadjib Achir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Carneiro Viana</w:t>
@@ -837,329 +837,329 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Dias de Mello Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Fladenmuller</w:t>
+                <w:t xml:space="preserve">Guillaume Farhi-Rivasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">D3.2, Sorbonne Université (Paris, France); Inria Saclay - Île de France; La Rochelle Université, France. 2024</w:t>
+              <w:t xml:space="preserve">D3.3, Sorbonne Université (Paris, France); Inria Saclay - Île de France; La Rochelle Université, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04991491v1</w:t>
+                <w:t xml:space="preserve">hal-04991691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D2.2a: Measurement infrastructure deployment and raw data collection</w:t>
+                <w:t xml:space="preserve">D3.2: Trace merging on a per-user basis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadjib Achir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Carneiro Viana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Dias de Amorim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Dias de Mello Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Fladenmuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">D2.2a, Sorbonne Université (Paris, France); Inria Saclay - Île de France; La Rochelle Université, France. 2024</w:t>
+              <w:t xml:space="preserve">D3.2, Sorbonne Université (Paris, France); Inria Saclay - Île de France; La Rochelle Université, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04995688v1</w:t>
+                <w:t xml:space="preserve">hal-04991491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D2.2b: Measurement tools, data collection and device association</w:t>
+                <w:t xml:space="preserve">D2.2a: Measurement infrastructure deployment and raw data collection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadjib Achir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Carneiro Viana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Dias de Amorim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Dias de Melo Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Fladenmuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">D2.2b, Sorbonne Université (Paris, France); Inria Saclay - Île de France; La Rochelle Université, France. 2024</w:t>
+              <w:t xml:space="preserve">D2.2a, Sorbonne Université (Paris, France); Inria Saclay - Île de France; La Rochelle Université, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04995763v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04995688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D3.1: Sanitization strategies and utility results</w:t>
               </w:r>
@@ -1197,51 +1197,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Dias de Amorim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Dias de Mello Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Farhi-Rivasseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">D3.1, Sorbonne Université (Paris, France); Inria Saclay - Île de France; La Rochelle Université, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -1319,51 +1319,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Dias de Amorim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernando Dias de Mello Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Fladenmuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">D2.1, Sorbonne Université (Paris, France); Inria Saclay - Île de France; La Rochelle Université, France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -1661,51 +1661,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134820v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Waffo Kemgne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Huchet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demko" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karell Bertet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Guillaume" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-13513-1_26" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068902v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Ghamri-Doudane" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068967v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068836v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739455v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISC255366.2022.9922137" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991691v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Achir" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Carneiro Viana" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Dias de Amorim" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Dias de Mello Silva" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Farhi-Rivasseau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991491v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fladenmuller" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995688v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Dias de Melo Silva" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995763v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991474v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991451v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04598231v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023LAROS032" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134820v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Waffo Kemgne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Huchet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Demko" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karell Bertet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Guillaume" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-13513-1_26" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068902v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Ghamri-Doudane" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068967v2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068836v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03739455v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISC255366.2022.9922137" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995763v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjib Achir" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Carneiro Viana" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Dias de Amorim" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Dias de Mello Silva" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fladenmuller" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991691v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Farhi-Rivasseau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991491v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995688v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Dias de Melo Silva" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991474v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991451v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04598231v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023LAROS032" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>