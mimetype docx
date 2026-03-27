--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Antoine LAURENT </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voyage dans le temps : des archives télévision et radio pour observer l’évolution des voix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Doukhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa-Claire Adgharouamane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Coulomb-Gully</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Devauchelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture et recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 149, pp.104-107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05373155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Text to Speech Translation System Using Acoustic Units</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Mingote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Vicente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sameer Khurana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Signal Processing Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30, pp.1262-1266. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13039/501100011033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SAMU-XLSR: Semantically-Aligned Multimodal Utterance-level Cross-Lingual Speech Representation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sameer Khurana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Selected Topics in Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSTSP.2022.3192714⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transdisciplinary Analysis of a Corpus of French Newsreels: The ANTRACT Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Carrive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Beloued</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Goetschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Heiden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Humanities Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Special Issue on AudioVisual Data in DH, 15 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03166755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computational de-noising based on deep learning for phase data in digital holographic interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Montrésor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Picart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APL Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (3), </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.5140645⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02499209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective memory shapes the organization of individual memories in the medial prefrontal cortex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gagnepain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Heiden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Decorde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Human Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 4 (2), pp.189-200. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41562-019-0779-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02416130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving recognition of proper nouns (in ASR) through generation and filtering of phonetic transcriptions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Deléglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Speech and Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28 (4), pp.979-996. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csl.2014.02.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01433238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (61)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factorized RVQ-GAN For Disentangled Speech Tokenization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sameer Khurana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Klement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Bobos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juraj Novosad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Rotterdam (NL), Netherlands. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2025-2612⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05233295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Speech Interruption Detection: Analysis, Corpus, and System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Lebourdais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint International Conference on Computational Linguistics, Language Resources and Evaluation (LREC-Coling 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ELRA Language Resources Association (ELRA); International Committee on Computational Linguistics (ICCL), May 2024, Torino, Italy. à paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04576488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation of Transition-Relevance Places and Interruptions for the Description of Turn-Taking in Conversations in French Media Content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Uro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Wottawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Doukhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Rilliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2024 Joint International Conference on Computational Linguistics, Language Resources and Evaluation (LREC-COLING 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Torino, Italy. pp.1225--1232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04694997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-Lingual Transfer Learning for Low-Resource Speech Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sameer Khurana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nauman Dawalatabad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Vicente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Seoul (Korea), South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432308v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting the terminality of speech-turn boundary for spoken interactions in French TV and Radio content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Uro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Doukhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Rilliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Itshak Lapidot; Sharon Gannot, Sep 2024, Kos, Greece. pp.3560 - 3564, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/interspeech.2024-1163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04694968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ZeroST: Zero-Shot Speech Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sameer Khurana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiori Hori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gordon Wichern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Le Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Kos Island, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ON UNSUPERVISED UNCERTAINTY-DRIVEN SPEECH PSEUDO-LABEL FILTERING AND MODEL CALIBRATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nauman Dawalatabad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sameer Khurana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Rhodes Island, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04017325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ON-TRAC consortium systems for the IWSLT 2023 dialectal and low-resource speech translation tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhir Gahbiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ha Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haroun Elleuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Bougares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Spoken Language Translation (IWSLT) 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04155208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Semi-Automatic Approach to Create Large Gender-and Age-Balanced Speaker Corpora: Usefulness of Speaker Diarization & Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Uro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Doukhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Rilliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laëtitia Larcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa-Claire Adgharouamane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.3271-3280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overlaps and Gender Analysis in the Context of Broadcast Media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Lebourdais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Larcher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03660323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architectures neuronales bout-en-bout pour la compréhension de la parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Pelloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato de Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Île de Noirmoutier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ASR-Generated Text for Language Model Pre-training Applied to Speech Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Pelloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Incheon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAGIC DUST FOR CROSS-LINGUAL ADAPTATION OF MONOLINGUAL WAV2VEC-2.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sameer Khurana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICASSP 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Singapour, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using ASR-Generated Text for Spoken Language Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Pelloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of BigScience Episode #5 -- Workshop on Challenges &amp; Perspectives in Creating Large Language Models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, virtual+Dublin, France. pp.17-25, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2022.bigscience-1.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">End-to-end speaker segmentation for overlap-aware resegmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bredin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Brno, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">End2End Acoustic to Semantic Transduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Pelloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato de Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Caubrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICASSP 2021 - 2021 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Toronto, ON, Canada. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP39728.2021.9413581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03128163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multimodal Educational Corpus of Oral Courses: Annotation, Analysis and Case Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Mdhaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02496700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Training of Vector Quantized Bottleneck Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Łańcucki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Chorowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricard Marxer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanxin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJCNN 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02912027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confidence measure for speech-to-concept end-to-end spoken language understanding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Caubrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Shanghai, China. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/interspeech.2020-2298⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02940028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Error analysis applied to end-to end spoken language understanding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Caubrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Ghannay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Tomashenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato de Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">45th International Conference on Acoustics, Speech, and Signal Processing (ICASSP 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Barcelona, Spain. pp.8514-8518, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP40776.2020.9054455⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Where are we in Named Entity Recognition from Speech?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Caubrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2020 - 12th Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Marseille, France. pp.4514‑4520</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02475026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Où en sommes-nous dans la reconnaissance des entités nommées structurées à partir de la parole ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Caubrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e conférence conjointe Journées d'Études sur la Parole (JEP, 33e édition), Traitement Automatique des Langues Naturelles (TALN, 27e édition), Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RÉCITAL, 22e édition). Volume 1 : Journées d'Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Nancy, France. pp.64-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798516v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep learning-based speckle decorrelation denoising for wide-field optical metrology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Montrésor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Picart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics and Photonics for Advanced Dimensional Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Optics and Photonics (SPIE), Apr 2020, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02434956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The &amp;quot;ScribbleLens&amp;quot; Dutch historical handwriting corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans J G A Dolfing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bellegarda Jérome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Chorowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricard Marxer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Frontiers of Handwriting Recognition (ICFHR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Dortmund, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02877520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Convolutional Deep Markov Model for Unsupervised Speech Representation Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sameer Khurana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Ning Hsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Chorowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Łańcucki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Shanghai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02912029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent Advances in End-to-End Spoken Language Understanding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Tomashenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Caubrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Statistical Language and Speech Processing (SLSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Ljubljana, Slovenia. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-31372-2_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02353011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qualitative Evaluation of ASR Adaptation in a Lecture Context: Application to the PASTEL Corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Mdhaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Graz, Austria. pp.569-573, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2019-2661⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02304620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised Neural Segmentation and Clustering for Unit Discovery in Sequential Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Chorowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanxin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricard Marxer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans J G A Dolfing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Łańcucki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeurIPS 2019 workshop - Perception as generative reasoning - Structure, Causality, Probability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02399138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Curriculum-based transfer learning for an effective end-to-end spoken language understanding and domain portability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Caubrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Tomashenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Annual Conference of the International Speech Communication Association (InterSpeech)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Graz, Austria. pp.1198-1202, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/interspeech.2019-1832⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02304597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de l'adaptation automatique des modèles de langage pour la reconnaissance de la parole : évaluation qualitative extrinsèque dans un contexte de traitement de cours magistraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Mdhaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solen Quiniou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26e Conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Toulouse, France. pp.167-174</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02567766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Curriculum d'apprentissage : reconnaissance d'entités nommées pour l'extraction de concepts sémantiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Caubrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Tomashenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26e conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02304614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corpus PASTEL pour le traitement automatique de cours magistraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Mdhaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25e conférence sur le Traitement Automatique des Langues Naturelles (TALN 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01757775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de performance des réseaux neuronaux récurrents dans le cadre de la campagne d'évaluation Multi-Genre Broadcast challenge 3 (MGB3)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Mdhaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIIe Journées d'Etudes sur la Parole (JEP 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01757773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">End-to-end named entity and semantic concept extraction from speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Ghannay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Caubrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwin Simonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Spoken Language Technology Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Athens, Greece. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/slt.2018.8639513⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01987740v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An investigation into language model data augmentation for low-resourced STT and KWD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guangpu Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thiago Fraga-Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">icassp 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, La Nouvelle Orléans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effective keyword search for low-resourced conversational speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rasa Lileikyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thiago Fraga-Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">icassp 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Mar 2017, La Nouvelle Orléans, United States. pp.5785-5789, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP.2017.7953265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language Recognition for Dialects and Closely Related Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Gelly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viet-Bac Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Odyssey 2016: The Speaker and Language Recognition Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Bilbao, Spain. pp.124-131, </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Odyssey.2016-18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating techniques for low resource conversational speech recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thiago Fraga-Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41st IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Shangai, China. pp.5975-5979, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP.2016.7472824⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01515254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language Model Data Augmentation for Keyword Spotting in Low-Resourced Training Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arseny Gorin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rasa Lileikyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guangpu Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">interspeech 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, San Francisco, United States. pp.775-779, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2016-1200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active Learning based data selection for limited resource STT and KWS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thiago Fraga-Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viet-Bac Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Dresden, Germany. pp.3159-3163, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2015-636⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving data selection for low-resource STT and KWS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thiago Fraga-Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viet-Bac Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASRU 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Scottsdale, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting bonsai trees for efficient features combination : application to speaker role identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Raymond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Singapour, Singapore. pp.76-80, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2014-16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01025171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a Korean speech recognition system with little annotated data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SLTU 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, St Petersburg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du corpus MATRICE : exploration et classification automatique d'archives audiovisuelles de 1930 à 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anindya Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Person Instance Graphs for Named Speaker Identification in TV Broadcast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bredin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achintya Sarkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viet-Bac Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Odyssey 2014: The Speaker and Language Recognition Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Joensuu, Finland. pp.179-186, </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Odyssey.2014-28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LIMSI @ MediaEval SED 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bredin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MediaEval 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting de bonzaïs pour la combinaison efficace de descripteurs : application à l'identification du rôle du locuteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Raymond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'Etude sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01025142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised Acoustic Model Training for the Korean Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Hartmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduction de la parole dans le projet RAPMAT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Bonneau-Maynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Segal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bilinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décodage hybride dans les SRAP pour l’indexation automatique des documents multimédia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01433219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combinaison d’approches pour la reconnaissance du rôle des locuteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining transcription-based and acoustic-based speaker identifications for broadcast news</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie El Khoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Petitrenaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Kyoto, Japan. pp.4377 - 4380, </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP.2012.6288889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01433486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computer-assisted transcription of speech based on confusion network reordering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Deléglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Merlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01433510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustics-Based Phonetic Transcription Method for Proper Nouns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Deléglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Spoken Language Processing (ISCA, Interspeech 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Japon (Makuhari), Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01433899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réordonnancement automatique d'hypothèses pour l'assistancè a la transcription de la parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Deléglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIIe Journées d'étude sur la parole (JEP 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01433897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some recent research work at LIUM based on the use of CMU Sphinx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Deléglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Petitrenaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holger Schwenk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CMU SPUD Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Dallas (Texas), Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01434933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grapheme to phoneme conversion using an SMT system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Deléglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th Annual Conference of the International Speech Communication Association 2009 (INTERSPEECH 2009) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Brighton, United Kingdom. pp.716-719</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01451534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative filtering of phonetic transcriptions of proper nouns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Deléglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Taipei, Taiwan. pp.4265--4268</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01433945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined systems for automatic phonetic transcription of proper nouns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Deléglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Language Evaluation and Resources Conference (LREC 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Marrakech, Morocco. pp.1791-1795</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01433960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combinaison de systèmes pour la phonétisation automatique de noms propres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Deléglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIe Journées d'étude sur la parole (JEP 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Avignon, France. pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autoadaptation d'un système de reconnaissance vocale à la tache de transcription automatique de réunions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre des Jeunes Chercheurs en Parole (RJCP 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01456902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universal Audio Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sameer Khurana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Larcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Klement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Rouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LIUM - Laboratoire d'Informatique de l'Université du Mans. 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05110014v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint speech and overlap detection: a benchmark over multiple audio setup and speech domains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Lebourdais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Mariotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Larcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Mans Université. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04133268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-lingual Speech to Speech Translation for Under-Resourced Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Larcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Rouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Tomashenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarod Duret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Mans Université. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04176910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId194"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Antoine LAURENT </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voyage dans le temps : des archives télévision et radio pour observer l’évolution des voix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Doukhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa-Claire Adgharouamane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Coulomb-Gully</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Devauchelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Culture et recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 149, pp.104-107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05373155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct Text to Speech Translation System Using Acoustic Units</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Mingote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Vicente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sameer Khurana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Signal Processing Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30, pp.1262-1266. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13039/501100011033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04212239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SAMU-XLSR: Semantically-Aligned Multimodal Utterance-level Cross-Lingual Speech Representation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sameer Khurana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Selected Topics in Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-13. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSTSP.2022.3192714⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03790203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transdisciplinary Analysis of a Corpus of French Newsreels: The ANTRACT Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Carrive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelkrim Beloued</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Goetschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Heiden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Humanities Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Special Issue on AudioVisual Data in DH, 15 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03166755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computational de-noising based on deep learning for phase data in digital holographic interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Montrésor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Picart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APL Photonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (3), </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.5140645⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02499209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective memory shapes the organization of individual memories in the medial prefrontal cortex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gagnepain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Vallée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Heiden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Decorde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Human Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 4 (2), pp.189-200. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41562-019-0779-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02416130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving recognition of proper nouns (in ASR) through generation and filtering of phonetic transcriptions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Deléglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Speech and Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 28 (4), pp.979-996. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csl.2014.02.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01433238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (68)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factorized RVQ-GAN For Disentangled Speech Tokenization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sameer Khurana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Klement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Bobos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juraj Novosad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Rotterdam (NL), Netherlands. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2025-2612⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05233295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-Lingual Transfer Learning for Low-Resource Speech Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sameer Khurana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nauman Dawalatabad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Vicente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pablo Gimeno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Seoul (Korea), South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04432308v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation of Transition-Relevance Places and Interruptions for the Description of Turn-Taking in Conversations in French Media Content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Uro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Wottawa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Doukhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Rilliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2024 Joint International Conference on Computational Linguistics, Language Resources and Evaluation (LREC-COLING 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Torino, Italy. pp.1225--1232</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04694997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Speech Interruption Detection: Analysis, Corpus, and System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Lebourdais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint International Conference on Computational Linguistics, Language Resources and Evaluation (LREC-Coling 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ELRA Language Resources Association (ELRA); International Committee on Computational Linguistics (ICCL), May 2024, Torino, Italy. à paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04576488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detecting the terminality of speech-turn boundary for spoken interactions in French TV and Radio content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Uro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Doukhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Rilliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Itshak Lapidot; Sharon Gannot, Sep 2024, Kos, Greece. pp.3560 - 3564, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/interspeech.2024-1163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04694968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ZeroST: Zero-Shot Speech Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sameer Khurana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chiori Hori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gordon Wichern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Le Roux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Kos Island, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04692601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ON UNSUPERVISED UNCERTAINTY-DRIVEN SPEECH PSEUDO-LABEL FILTERING AND MODEL CALIBRATION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nauman Dawalatabad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sameer Khurana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Rhodes Island, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04017325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ON-TRAC consortium systems for the IWSLT 2023 dialectal and low-resource speech translation tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souhir Gahbiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ha Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haroun Elleuch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Bougares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Spoken Language Translation (IWSLT) 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04155208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Semi-Automatic Approach to Create Large Gender-and Age-Balanced Speaker Corpora: Usefulness of Speaker Diarization & Identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Uro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Doukhan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Rilliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laëtitia Larcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa-Claire Adgharouamane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France. pp.3271-3280</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ASR-Generated Text for Language Model Pre-training Applied to Speech Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Pelloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Incheon, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MAGIC DUST FOR CROSS-LINGUAL ADAPTATION OF MONOLINGUAL WAV2VEC-2.0</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sameer Khurana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICASSP 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Singapour, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architectures neuronales bout-en-bout pour la compréhension de la parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Pelloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato de Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Île de Noirmoutier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overlaps and Gender Analysis in the Context of Broadcast Media</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Lebourdais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Larcher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03660323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using ASR-Generated Text for Spoken Language Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hervé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Pelloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Favre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Dary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of BigScience Episode #5 -- Workshop on Challenges &amp; Perspectives in Creating Large Language Models</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, virtual+Dublin, France. pp.17-25, </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2022.bigscience-1.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03770460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">End-to-end speaker segmentation for overlap-aware resegmentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bredin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Brno, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">End2End Acoustic to Semantic Transduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Pelloin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato de Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Caubrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICASSP 2021 - 2021 IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Toronto, ON, Canada. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP39728.2021.9413581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03128163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multimodal Educational Corpus of Oral Courses: Annotation, Analysis and Case Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Mdhaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02496700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confidence measure for speech-to-concept end-to-end spoken language understanding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Caubrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Shanghai, China. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/interspeech.2020-2298⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02940028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Training of Vector Quantized Bottleneck Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Łańcucki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Chorowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricard Marxer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanxin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IJCNN 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02912027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Error analysis applied to end-to end spoken language understanding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Caubrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Ghannay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Tomashenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renato de Mori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">45th International Conference on Acoustics, Speech, and Signal Processing (ICASSP 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Barcelona, Spain. pp.8514-8518, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP40776.2020.9054455⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02465899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep learning-based speckle decorrelation denoising for wide-field optical metrology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvio Montrésor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Picart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics and Photonics for Advanced Dimensional Metrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Society for Optics and Photonics (SPIE), Apr 2020, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02434956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Où en sommes-nous dans la reconnaissance des entités nommées structurées à partir de la parole ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Caubrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e conférence conjointe Journées d'Études sur la Parole (JEP, 33e édition), Traitement Automatique des Langues Naturelles (TALN, 27e édition), Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RÉCITAL, 22e édition). Volume 1 : Journées d'Études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Nancy, France. pp.64-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798516v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Where are we in Named Entity Recognition from Speech?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Caubrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2020 - 12th Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Marseille, France. pp.4514‑4520</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02475026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The &amp;quot;ScribbleLens&amp;quot; Dutch historical handwriting corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans J G A Dolfing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bellegarda Jérome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Chorowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricard Marxer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Frontiers of Handwriting Recognition (ICFHR)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Dortmund, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02877520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Convolutional Deep Markov Model for Unsupervised Speech Representation Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sameer Khurana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wei-Ning Hsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Chorowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Łańcucki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Shanghai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02912029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent Advances in End-to-End Spoken Language Understanding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Tomashenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Caubrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Statistical Language and Speech Processing (SLSP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Ljubljana, Slovenia. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-31372-2_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02353011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised Neural Segmentation and Clustering for Unit Discovery in Sequential Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Chorowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanxin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricard Marxer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hans J G A Dolfing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrian Łańcucki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeurIPS 2019 workshop - Perception as generative reasoning - Structure, Causality, Probability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02399138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qualitative Evaluation of ASR Adaptation in a Lecture Context: Application to the PASTEL Corpus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Mdhaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Graz, Austria. pp.569-573, </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2019-2661⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02304620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Curriculum-based transfer learning for an effective end-to-end spoken language understanding and domain portability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Caubrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Tomashenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Annual Conference of the International Speech Communication Association (InterSpeech)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Graz, Austria. pp.1198-1202, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/interspeech.2019-1832⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02304597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de l'adaptation automatique des modèles de langage pour la reconnaissance de la parole : évaluation qualitative extrinsèque dans un contexte de traitement de cours magistraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Mdhaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solen Quiniou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26e Conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Toulouse, France. pp.167-174</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02567766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Curriculum d'apprentissage : reconnaissance d'entités nommées pour l'extraction de concepts sémantiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Caubrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Tomashenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Morin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26e conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02304614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corpus PASTEL pour le traitement automatique de cours magistraux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Mdhaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25e conférence sur le Traitement Automatique des Langues Naturelles (TALN 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01757775v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de performance des réseaux neuronaux récurrents dans le cadre de la campagne d'évaluation Multi-Genre Broadcast challenge 3 (MGB3)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Mdhaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXIIe Journées d'Etudes sur la Parole (JEP 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01757773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">End-to-end named entity and semantic concept extraction from speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahar Ghannay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Caubrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edwin Simonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Spoken Language Technology Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Athens, Greece. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/slt.2018.8639513⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01987740v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An investigation into language model data augmentation for low-resourced STT and KWD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guangpu Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thiago Fraga-Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">icassp 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, La Nouvelle Orléans, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effective keyword search for low-resourced conversational speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rasa Lileikyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thiago Fraga-Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">icassp 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Mar 2017, La Nouvelle Orléans, United States. pp.5785-5789, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP.2017.7953265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An investigation into language model data augmentation for low-resourced STT and KWS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guangpu Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thiago Fraga da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arseniy Gorin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech, and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE, Mar 2017, New Orleans, United States. pp.5790-5794, </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP.2017.7953266⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language Recognition for Dialects and Closely Related Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Gelly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viet-Bac Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Odyssey 2016: The Speaker and Language Recognition Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Bilbao, Spain. pp.124-131, </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Odyssey.2016-18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language Model Data Augmentation for Keyword Spotting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arseniy Gorin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rasa Lileikyté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guangpu Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Conference of the International Speech Communication Association </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating techniques for low resource conversational speech recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thiago Fraga-Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41st IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Shangai, China. pp.5975-5979, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP.2016.7472824⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01515254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language Model Data Augmentation for Keyword Spotting in Low-Resourced Training Conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arseny Gorin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rasa Lileikyte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guangpu Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">interspeech 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, San Francisco, United States. pp.775-779, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2016-1200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving data selection for low-resource STT and KWS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thiago Fraga-Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viet-Bac Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ASRU 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Scottsdale, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Active Learning based data selection for limited resource STT and KWS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thiago Fraga-Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viet-Bac Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Dresden, Germany. pp.3159-3163, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2015-636⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting bonsai trees for efficient features combination : application to speaker role identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Raymond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Singapour, Singapore. pp.76-80, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2014-16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01025171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a Korean speech recognition system with little annotated data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SLTU 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, St Petersburg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Person Instance Graphs for Named Speaker Identification in TV Broadcast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bredin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achintya Sarkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viet-Bac Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Rosset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Odyssey 2014: The Speaker and Language Recognition Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Joensuu, Finland. pp.179-186, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Odyssey.2014-28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01690272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du corpus MATRICE : exploration et classification automatique d'archives audiovisuelles de 1930 à 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anindya Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boosting de bonzaïs pour la combinaison efficace de descripteurs : application à l'identification du rôle du locuteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Camelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Raymond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'Etude sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01025142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LIMSI @ MediaEval SED 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Bredin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MediaEval 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traduction de la parole dans le projet RAPMAT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Bonneau-Maynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Segal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Bilinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Gauvain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement d'un système de reconnaissance automatique de la parole en coréen avec peu de ressources annotées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etude sur la Parole (JEP 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01843404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a Korean speech recognition system with little annontated data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Spoken Languages Technologies for Under-resourced languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, St Petersburg, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01843405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised acoustic model training for the korean Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Hartmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Chinese Spoken Language Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Singapore, Singapore. pp.469-473, </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ISCSLP.2014.6936675⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01843402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised Acoustic Model Training for the Korean Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Hartmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01744242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décodage hybride dans les SRAP pour l’indexation automatique des documents multimédia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Bouaziz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01433219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised Acoustic Model Training for the Korean Languag</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Hartmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori Lamel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Chinese Spoken Language Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Singapore, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01843409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du corpus MATRICE-INA : exploration et classification automatique d'archives audiovisuelles de 1930 à 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Guinaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anindya Roy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etude sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2014, Le Mans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01836465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combinaison d’approches pour la reconnaissance du rôle des locuteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining transcription-based and acoustic-based speaker identifications for broadcast news</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elie El Khoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Petitrenaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Kyoto, Japan. pp.4377 - 4380, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP.2012.6288889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01433486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computer-assisted transcription of speech based on confusion network reordering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Deléglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Merlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2011)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01433510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustics-Based Phonetic Transcription Method for Proper Nouns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Deléglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Spoken Language Processing (ISCA, Interspeech 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Japon (Makuhari), Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01433899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réordonnancement automatique d'hypothèses pour l'assistancè a la transcription de la parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Deléglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIIe Journées d'étude sur la parole (JEP 2010)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Mons, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01433897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some recent research work at LIUM based on the use of CMU Sphinx</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Deléglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Petitrenaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holger Schwenk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CMU SPUD Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Dallas (Texas), Unknown Region</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01434933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grapheme to phoneme conversion using an SMT system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Deléglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th Annual Conference of the International Speech Communication Association 2009 (INTERSPEECH 2009) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Brighton, United Kingdom. pp.716-719</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01451534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative filtering of phonetic transcriptions of proper nouns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Deléglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech and Signal Processing (ICASSP 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Taipei, Taiwan. pp.4265--4268</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01433945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined systems for automatic phonetic transcription of proper nouns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teva Merlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Deléglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Language Evaluation and Resources Conference (LREC 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Marrakech, Morocco. pp.1791-1795</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01433960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combinaison de systèmes pour la phonétisation automatique de noms propres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Meignier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Deléglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIe Journées d'étude sur la parole (JEP 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Avignon, France. pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01450912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autoadaptation d'un système de reconnaissance vocale à la tache de transcription automatique de réunions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre des Jeunes Chercheurs en Parole (RJCP 2007)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01456902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universal Audio Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sameer Khurana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Larcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominik Klement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Rouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">LIUM - Laboratoire d'Informatique de l'Université du Mans. 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05110014v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint speech and overlap detection: a benchmark over multiple audio setup and speech domains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Lebourdais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Mariotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Larcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Mans Université. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04133268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-lingual Speech to Speech Translation for Under-Resourced Languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Larcher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Estève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Rouvier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Tomashenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jarod Duret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Le Mans Université. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04176910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId206"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05373155v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Doukhan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa-Claire Adgharouamane" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Coulomb-Gully" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Devauchelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Elie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04212239v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Mingote" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gimeno" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Vicente" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameer Khurana" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laurent" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13039/501100011033" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790203v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Glass" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTSP.2022.3192714" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166755v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Carrive" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Beloued" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Goetschel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Heiden" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499209v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Montr&#233;sor" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tahon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Picart" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5140645" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02416130v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gagnepain" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vall&#233;e" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Decorde" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gauvain" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-019-0779-z" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433238v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meignier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Del&#233;glise" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2014.02.006" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233295v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Klement" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Bobos" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juraj Novosad" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2025-2612" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576488v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Lebourdais" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694997v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Uro" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Wottawa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Rilliard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04432308v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nauman Dawalatabad" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694968v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2024-1163" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04692601v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiori Hori" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon Wichern" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Le Roux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017325v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04155208v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Gahbiche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha Nguyen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haroun Elleuch" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Bougares" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763754v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Larcher" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660323v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Larcher" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770548v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pelloin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Camelin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato de Mori" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770506v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dary" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Herv&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Favre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544515v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770460v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2022.bigscience-1.2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-03257524v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bredin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128163v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Caubri&#232;re" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9413581" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496700v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Mdhaffar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Est&#232;ve" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hernandez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dufour" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912027v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian &#321;a&#324;cucki" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Chorowski" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sanchez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricard Marxer" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nanxin Chen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940028v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2020-2298" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465899v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Ghannay" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Tomashenko" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP40776.2020.9054455" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475026v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rosset" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798516v3" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434956v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877520v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J G A Dolfing" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bellegarda J&#233;rome" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912029v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Ning Hsu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353011v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-31372-2_4" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304620v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2019-2661" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399138v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304597v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2019-1832" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567766v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solen Quiniou" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304614v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757775v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757773v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987740v2" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Simonnet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/slt.2018.8639513" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744184v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangpu Huang" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Fraga-Silva" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Lamel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744176v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasa Lileikyte" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2017.7953265" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744188v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Gelly" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Bac Le" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Odyssey.2016-18" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01515254v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2016.7472824" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744200v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arseny Gorin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2016-1200" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744209v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2015-636" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744217v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01025171v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Raymond" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2014-16" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744227v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744261v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guinaudeau" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anindya Roy" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690272v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achintya Sarkar" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Odyssey.2014-28" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744264v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01025142v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744242v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Hartmann" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744256v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Bonneau-Maynard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Segal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bilinski" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gong Li" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433219v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bouaziz" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450727v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433486v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie El Khoury" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Petitrenaud" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2012.6288889" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433510v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Merlin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433899v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433897v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434933v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Schwenk" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451534v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433945v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433960v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Del&#233;glise" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450912v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456902v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110014v2" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Rouvier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133268v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Mariotte" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176910v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rouvier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarod Duret" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05373155v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Doukhan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa-Claire Adgharouamane" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Coulomb-Gully" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Devauchelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Elie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04212239v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Mingote" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gimeno" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Vicente" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameer Khurana" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laurent" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13039/501100011033" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790203v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Glass" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTSP.2022.3192714" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03166755v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Carrive" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Beloued" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Goetschel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Heiden" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499209v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvio Montr&#233;sor" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tahon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Picart" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5140645" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02416130v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gagnepain" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vall&#233;e" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Decorde" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gauvain" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-019-0779-z" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433238v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meignier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Del&#233;glise" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2014.02.006" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233295v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Klement" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominik Bobos" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juraj Novosad" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2025-2612" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04432308v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nauman Dawalatabad" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694997v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Uro" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Wottawa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Rilliard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576488v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Lebourdais" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04694968v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2024-1163" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04692601v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiori Hori" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gordon Wichern" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Le Roux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017325v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-04155208v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhir Gahbiche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha Nguyen" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haroun Elleuch" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Bougares" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763754v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Larcher" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770506v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Pelloin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dary" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Herv&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Favre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Camelin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544515v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770548v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato de Mori" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660323v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Larcher" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770460v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2022.bigscience-1.2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-03257524v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bredin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128163v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Caubri&#232;re" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9413581" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496700v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Mdhaffar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Est&#232;ve" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hernandez" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Dufour" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940028v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Morin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2020-2298" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912027v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian &#321;a&#324;cucki" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Chorowski" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sanchez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricard Marxer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nanxin Chen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465899v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Ghannay" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Tomashenko" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP40776.2020.9054455" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434956v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798516v3" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rosset" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475026v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877520v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans J G A Dolfing" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bellegarda J&#233;rome" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912029v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei-Ning Hsu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353011v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-31372-2_4" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399138v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304620v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2019-2661" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304597v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/interspeech.2019-1832" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567766v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solen Quiniou" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304614v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757775v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01757773v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987740v2" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Simonnet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/slt.2018.8639513" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744184v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangpu Huang" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Fraga-Silva" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori Lamel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744176v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasa Lileikyte" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2017.7953265" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837171v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Fraga da Silva" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arseniy Gorin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2017.7953266" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744188v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Gelly" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet-Bac Le" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Odyssey.2016-18" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837186v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasa Lileikyt&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lemans.hal.science/hal-01515254v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2016.7472824" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744200v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arseny Gorin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2016-1200" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744217v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744209v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2015-636" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01025171v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Raymond" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2014-16" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744227v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01690272v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achintya Sarkar" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Odyssey.2014-28" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744261v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guinaudeau" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anindya Roy" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01025142v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744264v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744256v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Bonneau-Maynard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Segal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bilinski" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gong Li" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843404v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843405v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843402v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Hartmann" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISCSLP.2014.6936675" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744242v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433219v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bouaziz" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01843409v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836465v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450727v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433486v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie El Khoury" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Petitrenaud" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP.2012.6288889" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433510v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teva Merlin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433899v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433897v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01434933v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Schwenk" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01451534v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433945v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01433960v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Del&#233;glise" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450912v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456902v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110014v2" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Rouvier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133268v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Mariotte" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176910v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Rouvier" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarod Duret" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>