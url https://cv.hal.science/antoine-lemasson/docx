--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -378,295 +378,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05199832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seven-dimensional trajectory reconstruction for VAMOS++</w:t>
+                <w:t xml:space="preserve">Probing exotic cross-shell interactions at $N=28$ with single-neutron transfer on $^{47}$K</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Rejmund</w:t>
+                <w:t xml:space="preserve">C.J Paxman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Lemasson</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A Matta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W.N Catford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Lotay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Assié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nima.2025.170445⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 134 (16), pp.162504. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.134.162504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05015189v1</w:t>
+                <w:t xml:space="preserve">hal-04710592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing exotic cross-shell interactions at $N=28$ with single-neutron transfer on $^{47}$K</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Seven-dimensional trajectory reconstruction for VAMOS++</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Lotay</w:t>
+                <w:t xml:space="preserve">M Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Assié</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 134 (16), pp.162504. </w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 1076, pp.170445. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.134.162504⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nima.2025.170445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04710592v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05015189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of Atomic Charge State and Atomic Number for VAMOS++ Magnetic Spectrometer using Deep Neural Networks and Fractionally Labelled Events</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Lemasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Instrumentation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 20 (08), pp.P08022. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
@@ -962,295 +962,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05011250v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mirror symmetry at far edges of stability: The cases of &amp;lt;math&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi mathvariant=&amp;quot;normal&amp;quot;&amp;gt;C&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;8&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/math&amp;gt; and &amp;lt;math&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi&amp;gt;He&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;8&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/math&amp;gt;</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-resolution spectroscopy of neutron-rich Br isotopes and signatures for a prolate-to-oblate shape transition at N=56</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Dudouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Koyama</w:t>
+                <w:t xml:space="preserve">G Colombi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Suzuki</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M Assié</w:t>
+                <w:t xml:space="preserve">D. Reygadas Tello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Lalanne</w:t>
+                <w:t xml:space="preserve">C Michelagnoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O Sorlin</w:t>
+                <w:t xml:space="preserve">D.D Dao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 109 (3), pp.L031301. </w:t>
+              <w:t xml:space="preserve">, 2024, 110 (3), pp.034304. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.109.L031301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.110.034304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04493960v1</w:t>
+                <w:t xml:space="preserve">hal-04593966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution spectroscopy of neutron-rich Br isotopes and signatures for a prolate-to-oblate shape transition at N=56</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mirror symmetry at far edges of stability: The cases of &amp;lt;math&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi mathvariant=&amp;quot;normal&amp;quot;&amp;gt;C&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;8&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/math&amp;gt; and &amp;lt;math&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi&amp;gt;He&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;8&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/math&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Colombi</w:t>
+                <w:t xml:space="preserve">S Koyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Reygadas Tello</w:t>
+                <w:t xml:space="preserve">D Suzuki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Assié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Michelagnoli</w:t>
+                <w:t xml:space="preserve">L Lalanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D.D Dao</w:t>
+                <w:t xml:space="preserve">O Sorlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 110 (3), pp.034304. </w:t>
+              <w:t xml:space="preserve">, 2024, 109 (3), pp.L031301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.110.034304⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.109.L031301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04593966v1</w:t>
+                <w:t xml:space="preserve">hal-04493960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirror nucleon-transfer reactions from Ne18 and O18</w:t>
               </w:r>
@@ -1288,51 +1288,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Gillibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Lapoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 110 (2), pp.024610. </w:t>
@@ -1498,4609 +1498,4609 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05387290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-Precision Spectroscopy of ${20}$O Benchmarking Ab Initio Calculations in Light Nuclei</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Advancements of $\gamma$-ray spectroscopy of isotopically identified fission fragments with AGATA and VAMOS++</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Dudouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Rejmund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Zanon</w:t>
+                <w:t xml:space="preserve">J Ljungvall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Clément</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">T. Miyagi</w:t>
+                <w:t xml:space="preserve">A Görgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.262501⟩</w:t>
+              <w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 59 (6), pp.134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epja/s10050-023-01053-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-04378651v1</w:t>
+                <w:t xml:space="preserve">hal-04137347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shape evolution in even-mass $^{98-104}$Zr isotopes via lifetime measurements using the $\gamma \gamma $-coincidence technique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Search for $^{22}$Na in novae supported by a novel method for measuring femtosecond nuclear lifetimes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Fougères</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François de Oliveira Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi José</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Pasqualato</w:t>
+                <w:t xml:space="preserve">Caterina Michelagnoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Ansari</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">A Görgen</w:t>
+                <w:t xml:space="preserve">Emmanuel Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epja/s10050-023-01172-8⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.4536. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-40121-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04309317v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03912454v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectroscopic quadrupole moments in &amp;lt;math&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi&amp;gt;Xe&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;124&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/math&amp;gt;</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-Precision Spectroscopy of ${20}$O Benchmarking Ab Initio Calculations in Light Nuclei</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Zanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Goasduff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Menéndez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Clément</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">D. Ralet</w:t>
+                <w:t xml:space="preserve">T. Miyagi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.107.014324⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 131 (26), pp.262501. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.262501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03991790v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-04378651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast trajectory reconstruction techniques for the large acceptance magnetic spectrometer VAMOS++</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Spectroscopic quadrupole moments in &amp;lt;math&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi&amp;gt;Xe&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;124&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/math&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rejmund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Ralet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nima.2023.168407⟩</w:t>
+              <w:t xml:space="preserve">Physical Review C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 107 (1), pp.014324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.107.014324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04136222v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03991790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AGATA: Advancements in Software Developments</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Shape evolution in even-mass $^{98-104}$Zr isotopes via lifetime measurements using the $\gamma \gamma $-coincidence technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Goasduff</w:t>
+                <w:t xml:space="preserve">G Pasqualato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Korichi</w:t>
+                <w:t xml:space="preserve">S Ansari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y Aubert</w:t>
+                <w:t xml:space="preserve">J.S Heines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Modamio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Görgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 59 (5), pp.119. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epja/s10050-023-01025-4⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 59 (11), pp.276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epja/s10050-023-01172-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04021233v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04309317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental evidence of the effect of nuclear shells on fission dissipation and time</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Caamaño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Farget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Rodríguez-Tajes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 107 (2), pp.L021601. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevC.107.L021601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03988058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N=16 magicity revealed at the proton drip-line through the study of 35Ca</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fast trajectory reconstruction techniques for the large acceptance magnetic spectrometer VAMOS++</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Assié</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Rejmund</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.092501⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1054, pp.168407. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nima.2023.168407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04020108v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04136222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for the origin of wobbling motion in the &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;A&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;≈&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;130&amp;lt;/mn&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; region: The case of &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi&amp;gt;Xe&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;131&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt;</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">AGATA: Advancements in Software Developments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Stézowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Dudouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Chakraborty</w:t>
+                <w:t xml:space="preserve">A Goasduff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Bhattacharyya</w:t>
+                <w:t xml:space="preserve">A Korichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Banik</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">G Mukherjee</w:t>
+                <w:t xml:space="preserve">Y Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.107.064318⟩</w:t>
+              <w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 59 (5), pp.119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epja/s10050-023-01025-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04147475v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04021233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for $^{22}$Na in novae supported by a novel method for measuring femtosecond nuclear lifetimes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Clément</w:t>
+                <w:t xml:space="preserve">N=16 magicity revealed at the proton drip-line through the study of 35Ca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Lalanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Sorlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Poves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Assié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Hammache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-40121-3⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 131 (9), pp.092501. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.131.092501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03912454v2</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04020108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancements of $\gamma$-ray spectroscopy of isotopically identified fission fragments with AGATA and VAMOS++</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M Rejmund</w:t>
+                <w:t xml:space="preserve">Search for the origin of wobbling motion in the &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;A&amp;lt;/mi&amp;gt;&amp;lt;mo&amp;gt;≈&amp;lt;/mo&amp;gt;&amp;lt;mn&amp;gt;130&amp;lt;/mn&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; region: The case of &amp;lt;math&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi&amp;gt;Xe&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;131&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Chakraborty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Bhattacharyya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Banik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soumik Bhattacharya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Ljungvall</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A Görgen</w:t>
+                <w:t xml:space="preserve">G Mukherjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 59 (6), pp.134. </w:t>
+              <w:t xml:space="preserve">Physical Review C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 107 (6), pp.064318. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epja/s10050-023-01053-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.107.064318⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04137347v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04147475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of As83, As85, and As87: From semimagicity to γ softness</w:t>
+                <w:t xml:space="preserve">Evidence for spherical-oblate shape coexistence in $^{87}\mathrm{Tc}$</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Rezynkina</w:t>
+                <w:t xml:space="preserve">X. Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D.D. Dao</w:t>
+                <w:t xml:space="preserve">B. Cederwall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Duchêne</w:t>
+                <w:t xml:space="preserve">C. Qi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Dudouet</w:t>
+                <w:t xml:space="preserve">R.A. Wyss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Nowacki</w:t>
+                <w:t xml:space="preserve">Ö. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 106 (1), pp.014320. </w:t>
+              <w:t xml:space="preserve">, 2022, 106 (3), pp.034304. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.106.014320⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.106.034304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03626020v1</w:t>
+                <w:t xml:space="preserve">hal-03794490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">$^{178}\mathrm{Hg}$ and asymmetric fission of neutron-deficient pre-actinides</w:t>
+                <w:t xml:space="preserve">Evidence of Partial Seniority Conservation in the $\pi{g}_{9/2}$ Shell for the $N=50$ Isotones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Jhingan</w:t>
+                <w:t xml:space="preserve">R.M. Pérez-Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Schmitt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Lemasson</w:t>
+                <w:t xml:space="preserve">A. Gadea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Biswas</w:t>
+                <w:t xml:space="preserve">C. Domingo-Pardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y.H. Kim</w:t>
+                <w:t xml:space="preserve">A. Gargano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.J. Valiente-Dobón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.106.044607⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 129 (11), pp.112501. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.129.112501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03830231v1</w:t>
+                <w:t xml:space="preserve">hal-03773692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for spherical-oblate shape coexistence in $^{87}\mathrm{Tc}$</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structure of &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;Ca&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mn&amp;gt;36&amp;lt;/mn&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; under the Coulomb Magnifying Glass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Cederwall</w:t>
+                <w:t xml:space="preserve">L. Lalanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Qi</w:t>
+                <w:t xml:space="preserve">O. Sorlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R.A. Wyss</w:t>
+                <w:t xml:space="preserve">A. Poves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ö. Aktas</w:t>
+                <w:t xml:space="preserve">M. Assié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Hammache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.106.034304⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 129 (12), pp.122501. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.129.122501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03794490v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03531735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of Partial Seniority Conservation in the $\pi{g}_{9/2}$ Shell for the $N=50$ Isotones</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">New narrow resonances observed in the unbound nucleus &amp;lt;math&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi mathvariant=&amp;quot;normal&amp;quot;&amp;gt;F&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;15&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/math&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Gadea</w:t>
+                <w:t xml:space="preserve">V. Girard-Alcindor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Domingo-Pardo</w:t>
+                <w:t xml:space="preserve">A. Mercenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Gargano</w:t>
+                <w:t xml:space="preserve">I. Stefan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.J. Valiente-Dobón</w:t>
+                <w:t xml:space="preserve">F. de Oliveira Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.129.112501⟩</w:t>
+              <w:t xml:space="preserve">Phys.Rev.C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 105 (5), pp.L051301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.105.L051301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03773692v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03472854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of &amp;lt;math display=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mi&amp;gt;Ca&amp;lt;/mi&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mrow&amp;gt;&amp;lt;mn&amp;gt;36&amp;lt;/mn&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/mrow&amp;gt;&amp;lt;/math&amp;gt; under the Coulomb Magnifying Glass</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structure of As83, As85, and As87: From semimagicity to γ softness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Sorlin</w:t>
+                <w:t xml:space="preserve">K. Rezynkina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Poves</w:t>
+                <w:t xml:space="preserve">D.D. Dao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Assié</w:t>
+                <w:t xml:space="preserve">G. Duchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Hammache</w:t>
+                <w:t xml:space="preserve">J. Dudouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Nowacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.129.122501⟩</w:t>
+              <w:t xml:space="preserve">Physical Review C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106 (1), pp.014320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.106.014320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03531735v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New narrow resonances observed in the unbound nucleus &amp;lt;math&amp;gt;&amp;lt;mmultiscripts&amp;gt;&amp;lt;mi mathvariant=&amp;quot;normal&amp;quot;&amp;gt;F&amp;lt;/mi&amp;gt;&amp;lt;mprescripts/&amp;gt;&amp;lt;none/&amp;gt;&amp;lt;mn&amp;gt;15&amp;lt;/mn&amp;gt;&amp;lt;/mmultiscripts&amp;gt;&amp;lt;/math&amp;gt;</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">$^{178}\mathrm{Hg}$ and asymmetric fission of neutron-deficient pre-actinides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Mercenne</w:t>
+                <w:t xml:space="preserve">A. Jhingan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Stefan</w:t>
+                <w:t xml:space="preserve">C. Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. de Oliveira Santos</w:t>
+                <w:t xml:space="preserve">S. Biswas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Michel</w:t>
+                <w:t xml:space="preserve">Y.H. Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phys.Rev.C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 105 (5), pp.L051301. </w:t>
+              <w:t xml:space="preserve">Physical Review C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 106 (4), pp.044607. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.105.L051301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.106.044607⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03472854v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03830231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reinterpretation of excited states in $^{212}$Po: Shell-model multiplets rather than $\alpha$-cluster states</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of the $^{35}\mathrm{K}(p,\gamma)^{36}\mathrm{Ca}$ reaction rate using the $^{37}\mathrm{Ca}(p,d)^{36}\mathrm{Ca}$ transfer reaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Lalanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Sorlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Assié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Hammache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Fernández</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">L.G. Sarmiento</w:t>
+                <w:t xml:space="preserve">N. de Séréville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phys.Rev.C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.104.054316⟩</w:t>
+              <w:t xml:space="preserve">Physical Review C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 103 (5), pp.055809. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.103.055809⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03477065v1</w:t>
+                <w:t xml:space="preserve">hal-03235679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First beams at neutrons for science</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Foy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.E. Ducret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.M. Frelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 57 (8), pp.257. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1140/epja/s10050-021-00565-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03335529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence for enhanced neutron-proton correlations from the level structure of the $N=Z+1$ nucleus $_{43}^{87}\mathrm{Tc}_{44}$</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Cederwall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Qi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.A. Wyss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ö. Aktas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 104 (2), pp.L021302. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevC.104.L021302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03335724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HeCTOr: the $^3$He Cryogenic Target of Orsay for direct nuclear reactions with radioactive ion beams</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reinterpretation of excited states in $^{212}$Po: Shell-model multiplets rather than $\alpha$-cluster states</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Jungclaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Golubev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Rudolph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Galtarossa</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">F. Galet</w:t>
+                <w:t xml:space="preserve">L.G. Sarmiento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nima.2021.165830⟩</w:t>
+              <w:t xml:space="preserve">Phys.Rev.C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 104 (5), pp.054316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.104.054316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03235646v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03477065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Evidence for Common Driving Effects in Low-Energy Fission from Sublead to Actinides</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Pseudospin-doublet bands and Gallagher Moszkowski doublet bands in $^{100}$Y</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.H. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.H. Hamilton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.V. Ramayya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.J. Zachary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S. Biswas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 126, pp.132502. </w:t>
+              <w:t xml:space="preserve">Physical Review C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 103 (3), pp.034301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/physrevlett.126.132502⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.103.034301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03190062v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03164444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pseudospin-doublet bands and Gallagher Moszkowski doublet bands in $^{100}$Y</w:t>
+                <w:t xml:space="preserve">HeCTOr: the $^3$He Cryogenic Target of Orsay for direct nuclear reactions with radioactive ion beams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E.H. Wang</w:t>
+                <w:t xml:space="preserve">F. Galtarossa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.H. Hamilton</w:t>
+                <w:t xml:space="preserve">M. Pierens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Assié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.V. Ramayya</w:t>
+                <w:t xml:space="preserve">V. Delpech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C.J. Zachary</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Lemasson</w:t>
+                <w:t xml:space="preserve">F. Galet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 103 (3), pp.034301. </w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1018, pp.165830. </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.103.034301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nima.2021.165830⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03164444v1</w:t>
+                <w:t xml:space="preserve">hal-03235646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The MUGAST-AGATA-VAMOS campaign: Set-up and performances</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Experimental Evidence for Common Driving Effects in Low-Energy Fission from Sublead to Actinides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Raggio</w:t>
+                <w:t xml:space="preserve">K.H. Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Jhingan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biswas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 1014, pp.165743. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126, pp.132502. </w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nima.2021.165743⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/physrevlett.126.132502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03217546v1</w:t>
+                <w:t xml:space="preserve">hal-03190062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accessing tens-to-hundreds femtoseconds nuclear state lifetimes with low-energy binary heavy-ion reactions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The MUGAST-AGATA-VAMOS campaign: Set-up and performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Assié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Ciemała</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">B. Fornal</w:t>
+                <w:t xml:space="preserve">A. Raggio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epja/s10050-021-00451-6⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1014, pp.165743. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nima.2021.165743⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03455009v1</w:t>
+                <w:t xml:space="preserve">hal-03217546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete set of bound negative-parity states in the neutron-rich $^{18}$N nucleus</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId201" w:history="1">
+                <w:t xml:space="preserve">Accessing tens-to-hundreds femtoseconds nuclear state lifetimes with low-energy binary heavy-ion reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ciemała</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ziliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Ciemała</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. C L Crespi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Leoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Fornal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 104 (4), pp.L041301. </w:t>
+              <w:t xml:space="preserve">The European Physical Journal A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 57 (5), pp.156. </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.104.L041301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epja/s10050-021-00451-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03197493v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03455009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lifetime measurements in the even-even $^{102-108}$Cd isotopes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Complete set of bound negative-parity states in the neutron-rich $^{18}$N nucleus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ziliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ciemała</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Siciliano</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">D. Bazzacco</w:t>
+                <w:t xml:space="preserve">F.C.L. Crespi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Leoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Fornal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 104 (3), pp.034320. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.104.034320⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 104 (4), pp.L041301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.104.L041301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03136683v1</w:t>
+                <w:t xml:space="preserve">hal-03197493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the $^{35}\mathrm{K}(p,\gamma)^{36}\mathrm{Ca}$ reaction rate using the $^{37}\mathrm{Ca}(p,d)^{36}\mathrm{Ca}$ transfer reaction</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">F. Hammache</w:t>
+                <w:t xml:space="preserve">Lifetime measurements in the even-even $^{102-108}$Cd isotopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Siciliano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.J. Valiente-Dobón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Goasduff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.R. Rodríguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. de Séréville</w:t>
+                <w:t xml:space="preserve">D. Bazzacco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 103 (5), pp.055809. </w:t>
+              <w:t xml:space="preserve">, 2021, 104 (3), pp.034320. </w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.103.055809⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.104.034320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03235679v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03136683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of $^{33}$Si and the magicity of the N = 20 gap at Z = 14</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Prompt-delayed γ -ray spectroscopy of neutron-rich $^{119,121}$In isotopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biswas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">P. Papka</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rejmund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Navin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.H. Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 102 (2), pp.024321. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.102.024321⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 102 (1), pp.014326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.102.014326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02921826v1</w:t>
+                <w:t xml:space="preserve">hal-02911948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scission configuration of $^{239}$U from yields and kinetic information of fission fragments</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">M. Rejmund</w:t>
+                <w:t xml:space="preserve">Lifetime measurements of excited states in neutron-rich $^{53}$Ti : Benchmarking effective shell-model interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Goldkuhle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Blazhev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fransen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Audouin</w:t>
+                <w:t xml:space="preserve">A. Dewald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Beckers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 101 (3), pp.034609. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.101.034609⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 102 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.102.054334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02518033v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03033556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prompt-delayed γ -ray spectroscopy of neutron-rich $^{119,121}$In isotopes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Scission configuration of $^{239}$U from yields and kinetic information of fission fragments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Caamaño</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Y.H. Kim</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Audouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 102 (1), pp.014326. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2020, 101 (3), pp.034609. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.101.034609⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.102.014326⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02911948v1</w:t>
+                <w:t xml:space="preserve">hal-02518033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lifetime measurements of excited states in neutron-rich $^{53}$Ti : Benchmarking effective shell-model interactions</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structure of $^{33}$Si and the magicity of the N = 20 gap at Z = 14</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Fransen</w:t>
+                <w:t xml:space="preserve">S. Jongile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Sorlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Dewald</w:t>
+                <w:t xml:space="preserve">M. Wiedeking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Beckers</w:t>
+                <w:t xml:space="preserve">P. Papka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 102 (5), </w:t>
+              <w:t xml:space="preserve">, 2020, 102 (2), pp.024321. </w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.102.054334⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.102.024321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03033556v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02921826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isospin Properties of Nuclear Pair Correlations From the Level Structure of the Self-Conjugate Nucleus $^{88}$Ru</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High-spin states above the isomers in neutron-rich iodine nuclei near N = 82</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ertoprak</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">W. Zhang</w:t>
+                <w:t xml:space="preserve">R. Banik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bhattacharyya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rejmund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biswas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.124.062501⟩</w:t>
+              <w:t xml:space="preserve">Physical Review C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 102 (4), pp.044329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.102.044329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02491326v1</w:t>
+                <w:t xml:space="preserve">hal-02986928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing $ab initio$ nuclear structure in neutron-rich nuclei: lifetime measurements of second 2$^+$ states in $^{16}$C and $^{20}$O</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Isospin Properties of Nuclear Pair Correlations From the Level Structure of the Self-Conjugate Nucleus $^{88}$Ru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Cederwall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ö. Aktas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ertoprak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Ciemala</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">B. Fornal</w:t>
+                <w:t xml:space="preserve">W. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 101 (2), pp.021303. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 124 (6), pp.062501. </w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.101.021303⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.124.062501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02483950v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02491326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-spin states above the isomers in neutron-rich iodine nuclei near N = 82</w:t>
+                <w:t xml:space="preserve">Testing $ab initio$ nuclear structure in neutron-rich nuclei: lifetime measurements of second 2$^+$ states in $^{16}$C and $^{20}$O</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Banik</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">S. Biswas</w:t>
+                <w:t xml:space="preserve">M. Ciemala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ziliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.C.L. Crespi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Leoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Fornal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 102 (4), pp.044329. </w:t>
+              <w:t xml:space="preserve">, 2020, 101 (2), pp.021303. </w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.102.044329⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.101.021303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02986928v1</w:t>
+                <w:t xml:space="preserve">hal-02483950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pairing-quadrupole interplay in the neutron-deficient tin nuclei: First lifetime measurements of low-lying states in $^{106,108}$ Sn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Siciliano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.J. Valiente-Dobón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Goasduff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Nowacki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.P. Zuker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6151,90 +6151,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revealing multiple band structures in $^{131}$Xe from $\alpha$-induced reactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Banik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bhattacharyya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Biswas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soumik Bhattacharya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Mukherjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6279,1164 +6279,1164 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02557681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of octupole-phonons at high spin in $^{207}$Pb</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">First Direct Measurement of Isotopic Fission-Fragment Yields of $^{239}$U</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Caamaño</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Ralet</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">A. Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rejmund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Audouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2019.134797⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 123 (9), pp.092503. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.123.092503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02266344v1</w:t>
+                <w:t xml:space="preserve">hal-02277858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excitations of the magic $N=50$ neutron-core revealed in $^{81}$Ga</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. Verney</w:t>
+                <w:t xml:space="preserve">Lifetime measurements in $^{52,54}$Ti to study shell evolution toward $N=32$</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Goldkuhle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fransen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Blazhev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Beckers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Birkenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 100 (1), pp.011301. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.100.011301⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 100 (5), pp.054317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.100.054317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02188091v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02381948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of one valence proton on seniority and angular momentum of neutrons in neutron-rich $^{122-131}$Sb$_{51}$ isotopes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Excitations of the magic $N=50$ neutron-core revealed in $^{81}$Ga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Dudouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Y.H. Kim</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Maquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Nowacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Verney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 99 (6), pp.064302. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/physrevc.99.064302⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 100 (1), pp.011301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.100.011301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02154730v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02188091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lifetime measurements in $^{52,54}$Ti to study shell evolution toward $N=32$</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">M. Beckers</w:t>
+                <w:t xml:space="preserve">Evidence of octupole-phonons at high spin in $^{207}$Pb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Ralet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Georgiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Birkenbach</w:t>
+                <w:t xml:space="preserve">A.E. Stuchbery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 100 (5), pp.054317. </w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 797, pp.134797. </w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.100.054317⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2019.134797⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02381948v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02266344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Direct Measurement of Isotopic Fission-Fragment Yields of $^{239}$U</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Effects of one valence proton on seniority and angular momentum of neutrons in neutron-rich $^{122-131}$Sb$_{51}$ isotopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biswas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">L. Audouin</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Navin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.H. Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 123 (9), pp.092503. </w:t>
+              <w:t xml:space="preserve">Physical Review C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 99 (6), pp.064302. </w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.123.092503⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/physrevc.99.064302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02277858v1</w:t>
+                <w:t xml:space="preserve">hal-02154730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deformed band structures in neutron-rich $^{152-158}$Pm isotopes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J.H. Hamilton</w:t>
+                <w:t xml:space="preserve">Pseudospin Symmetry and Microscopic Origin of Shape Coexistence in the $^{78}$Ni Region: A Hint from Lifetime Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Delafosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Verney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Marević</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gottardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Michelagnoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.98.044316⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 121 (19), pp.192502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.121.192502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01902875v1</w:t>
+                <w:t xml:space="preserve">hal-01922075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generic features of the neutron-proton interaction</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Deformed band structures in neutron-rich $^{152-158}$Pm isotopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bhattacharyya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.H. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Navin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.H. Hamilton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 97 (4), pp.041302. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.97.041302⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 98 (4), pp.044316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.98.044316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01744019v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01902875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pseudospin Symmetry and Microscopic Origin of Shape Coexistence in the $^{78}$Ni Region: A Hint from Lifetime Measurements</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">A. Gottardo</w:t>
+                <w:t xml:space="preserve">Generic features of the neutron-proton interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.H. Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Michelagnoli</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">P. van Isacker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 121 (19), pp.192502. </w:t>
+              <w:t xml:space="preserve">Physical Review C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 97 (4), pp.041302. </w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.121.192502⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.97.041302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01922075v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01744019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward lifetime and g factor measurements of short-lived states in the vicinity of $^{208}$Pb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Ralet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Georgiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. E. Stuchbery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Scripta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 92 (5), pp.054004. </w:t>
@@ -7474,103 +7474,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of the intruder orbitals on the structure of neutron-rich Ag isotopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y.H. Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Biswas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Navin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 772, pp.403-408. </w:t>
@@ -7621,64 +7621,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A proton density bubble in the doubly magic $^{34}$Si nucleus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mutschler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Sorlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7736,697 +7736,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01387617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prompt-delayed $\gamma$ -ray spectroscopy with AGATA, EXOGAM and VAMOS++</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Conceptual design of the AGATA 1$\pi$ array at GANIL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Michelagnoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. De France</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.J. Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S. Biswas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epja/i2017-12353-y⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 855, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nima.2017.02.063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01582819v1</w:t>
+                <w:t xml:space="preserve">cea-01538475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of lifetimes in $^{62,64}$Fe, $^{61,63}$Co, and $^{59}$Mn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Klintefjord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ljungvall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Görgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bello Garrote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 95 (2), pp.024312. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevC.95.024312⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01468946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">$^{96}_{36}$Kr$_{60}$–Low-Z Boundary of the Island of Deformation at N =60</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dudouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Duchêne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 118, pp.165201. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.118.162501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01518704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of triaxial shapes at large isospin: Rh isotopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Navin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Palit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Bhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 767, pp.480-484. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.physletb.2016.11.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01399926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conceptual design of the AGATA 1$\pi$ array at GANIL</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Prompt-delayed $\gamma$ -ray spectroscopy with AGATA, EXOGAM and VAMOS++</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.H. Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rejmund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Navin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biswas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 855, pp.1-12. </w:t>
+              <w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 53 (8), pp.162. </w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nima.2017.02.063⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epja/i2017-12353-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01538475v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01582819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isomeric Character of the Lowest Observed $4^+$ State in $^{44}$S</w:t>
               </w:r>
@@ -8540,1501 +8540,1501 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01554449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectroscopy of $^{35}$P using the one-proton knockout reaction</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The TRIple PLunger for EXotic beams TRIPLEX for excited-state lifetime measurement studies on rare isotopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Bazin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Borcea</w:t>
+                <w:t xml:space="preserve">H. Iwasaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dewald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Braunroth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fransen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Smalley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.93.034333⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 806, pp.123-131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nima.2015.09.091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-01272013v1</w:t>
+                <w:t xml:space="preserve">in2p3-01230056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of $^{132}_{52}$Te$_{80}$ : The two-particle and two-hole spectrum of $^{132}_{50}$Sn$_{82}$</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">R. Palit</w:t>
+                <w:t xml:space="preserve">Structural changes at large angular momentum in neutron-rich $^{121,123}$Cd</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Navin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Bisoi</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bhattacharyya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Caamano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 93, pp.034324. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2016, 93, pp.024312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.93.024312⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.93.034324⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">in2p3-01291612v1</w:t>
+                <w:t xml:space="preserve">in2p3-01273190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mirrored one-nucleon knockout reactions to the Tz=$\pm\frac{3}{2}$ A=53 mirror nuclei</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dual Position Sensitive MWPC for tracking reaction products at VAMOS++</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E.C. Simpson</w:t>
+                <w:t xml:space="preserve">M. Vandebrouck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Dodsworth</w:t>
+                <w:t xml:space="preserve">G. Frémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Baugher</w:t>
+                <w:t xml:space="preserve">J. Pancin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 93 (02), pp.024318. </w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 812, pp.112-117. </w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.93.024318⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nima.2015.12.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-01278871v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01250056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isospin Symmetry at High Spin Studied via Nucleon Knockout from Isomeric States</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. Bazin</w:t>
+                <w:t xml:space="preserve">Spectroscopy of $^{35}$P using the one-proton knockout reaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Mutschler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Sorlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Borcea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.082502⟩</w:t>
+              <w:t xml:space="preserve">Physical Review C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 93, pp.034333. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.93.034333⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-01357780v1</w:t>
+                <w:t xml:space="preserve">in2p3-01272013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic properties of neutron-rich nuclei adjacent to the Z=50 shell closure</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Caamaño</w:t>
+                <w:t xml:space="preserve">Mirrored one-nucleon knockout reactions to the Tz=$\pm\frac{3}{2}$ A=53 mirror nuclei</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.A. Milne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Bentley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.C. Simpson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dodsworth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Baugher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 93 (02), pp.024318. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.93.024318⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2015.11.077⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">in2p3-01242880v1</w:t>
+                <w:t xml:space="preserve">in2p3-01278871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural changes at large angular momentum in neutron-rich $^{121,123}$Cd</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Structure of $^{132}_{52}$Te$_{80}$ : The two-particle and two-hole spectrum of $^{132}_{50}$Sn$_{82}$</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biswas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Palit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Navin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">E. Clément</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bisoi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 93, pp.024312. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.93.024312⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 93, pp.034324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.93.034324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-01273190v1</w:t>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01291612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual Position Sensitive MWPC for tracking reaction products at VAMOS++</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Isospin Symmetry at High Spin Studied via Nucleon Knockout from Isomeric States</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.A. Milne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Bentley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.C. Simpson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Vandebrouck</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">J. Pancin</w:t>
+                <w:t xml:space="preserve">T. Baugher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nima.2015.12.040⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 117, pp.082502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.117.082502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-01250056v1</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01357780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The TRIple PLunger for EXotic beams TRIPLEX for excited-state lifetime measurement studies on rare isotopes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. Smalley</w:t>
+                <w:t xml:space="preserve">Electromagnetic properties of neutron-rich nuclei adjacent to the Z=50 shell closure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rejmund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Navin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Biswas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Caamaño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 806, pp.123-131. </w:t>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 753, pp.86-90. </w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nima.2015.09.091⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2015.11.077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-01230056v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01242880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lifetime measurements of $^{17}$C excited states and three-body and continuum effects</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId341" w:history="1">
+                <w:t xml:space="preserve">Magnetic response of the halo nucleus $^{19}$C studied via lifetime measurement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Whitmore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Smalley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Iwasaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Roth</w:t>
+                <w:t xml:space="preserve">T. Suzuki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Langhammer</w:t>
+                <w:t xml:space="preserve">V. M. Bader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 92, pp.064314. </w:t>
+              <w:t xml:space="preserve">, 2015, 91 (4), pp.041303(R). </w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.92.064314⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.91.041303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-01246567v1</w:t>
+                <w:t xml:space="preserve">in2p3-01145813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetic response of the halo nucleus $^{19}$C studied via lifetime measurement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transfer-induced fission in inverse kinematics: Impact on experimental and evaluated nuclear data bases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Farget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Caamano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Whitmore</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">H. Iwasaki</w:t>
+                <w:t xml:space="preserve">C. Rodriguez-Tajes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Suzuki</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">V. M. Bader</w:t>
+                <w:t xml:space="preserve">K.-H. Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.91.041303⟩</w:t>
+              <w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 51 (12), pp.175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epja/i2015-15175-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-01145813v1</w:t>
+                <w:t xml:space="preserve">in2p3-01249989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transfer-induced fission in inverse kinematics: Impact on experimental and evaluated nuclear data bases</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">D. Ramos</w:t>
+                <w:t xml:space="preserve">Lifetime measurements of $^{17}$C excited states and three-body and continuum effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Smalley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Iwasaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Navratil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Rodriguez-Tajes</w:t>
+                <w:t xml:space="preserve">R. Roth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K.-H. Schmidt</w:t>
+                <w:t xml:space="preserve">J. Langhammer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European physical journal. A, Hadrons and Nuclei</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 51 (12), pp.175. </w:t>
+              <w:t xml:space="preserve">Physical Review C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 92, pp.064314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epja/i2015-15175-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.92.064314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-01249989v1</w:t>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01246567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Triplet energy differences and the low lying structure of $^{62}$Ga</w:t>
               </w:r>
@@ -10072,51 +10072,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. M. Clark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. J. Davies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. M. Bader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 92 (2), pp.024315. </w:t>
@@ -10167,51 +10167,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of new transitions and mass assignments of levels in $^{143-153}$Pr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. H. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. H. Hamilton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10327,51 +10327,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Wimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mutschler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Sorlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Bader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10422,77 +10422,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced transition strengths of low-lying yrast states in chromium isotopes in the vicinity of N = 40</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Braunroth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Dewald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Iwasaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. M. Lenzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10556,103 +10556,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the scission point from fission-fragment velocities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Caamaño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Farget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Delaune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.H. Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 92 (3), pp.034606. </w:t>
@@ -10716,77 +10716,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.J. Nichols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Wadsworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Iwasaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Kanek</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">K. Kaneko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics Letters B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 733, pp.52-57. </w:t>
@@ -10824,103 +10824,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erratum: Isotopic yield distributions of transfer- and fusion-induced fission from 238U + 12C reactions in inverse kinematics [Phys. Rev. C 88, 024605 (2013)]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Caamano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Delaune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Farget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Derkx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.-H. Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, pp.89. </w:t>
@@ -11092,103 +11092,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isotopic Yield Distributions of Transfer- and Fusion-Induced Fission from 238U+12C Reactions in Inverse Kinematics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Caamano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Delaune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Farget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Derkx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.-H. Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 88, pp.024605. </w:t>
@@ -11220,1060 +11220,1060 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00810914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet tunnel avec l'isotope d'hélium &amp;quot; à halo &amp;quot; 8He</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Pair and single neutron transfer with Borromean ${8}$He</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Navin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Keeley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Zelevinsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Image de la physique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physics Letters B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 697, pp.454-458. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physletb.2011.02.038⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00720480v1</w:t>
+                <w:t xml:space="preserve">in2p3-00565792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pair and single neutron transfer with Borromean ${8}$He</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Effet tunnel avec l'isotope d'hélium &amp;quot; à halo &amp;quot; 8He</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Navin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics Letters B</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Image de la physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, pp.52-58</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physletb.2011.02.038⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00565792v1</w:t>
+                <w:t xml:space="preserve">in2p3-00720480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactions with the double-Borromean nucleus &amp;lt;sup&amp;gt;8&amp;lt;/sup&amp;gt;He</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Lemasson</w:t>
+                <w:t xml:space="preserve">New gas-filled mode of the large-acceptance spectrometer VAMOS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Navin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">S. Bhattacharyya</w:t>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Lecornu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.82.044617⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 621, pp.558-565. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nima.2010.03.146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00531199v1</w:t>
+                <w:t xml:space="preserve">in2p3-00470415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New gas-filled mode of the large-acceptance spectrometer VAMOS</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Reactions with the double-Borromean nucleus &amp;lt;sup&amp;gt;8&amp;lt;/sup&amp;gt;He</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Navin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Keeley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">B. Jacquot</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bhattacharyya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 621, pp.558-565. </w:t>
+              <w:t xml:space="preserve">Physical Review C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 82, pp.044617. </w:t>
             </w:r>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nima.2010.03.146⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.82.044617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00470415v1</w:t>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00531199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prompt gamma-ray spectroscopy of isotopically identified fission fragments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modern Rutherford experiment: Tunneling of the most neutron-rich nucleus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Shrivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Navin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">F. Rejmund</w:t>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Keeley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevC.80.051305⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 103, 232701 (4 p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.103.232701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00436389v1</w:t>
+                <w:t xml:space="preserve">in2p3-00433528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Absolute cross-sections from X - $\gamma$ coincidence measurements</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Prompt gamma-ray spectroscopy of isotopically identified fission fragments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Shrivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Caamano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rejmund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Navin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">V. Nanal</w:t>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 598, pp.445-449. </w:t>
+              <w:t xml:space="preserve">Physical Review C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 80, 051305(R) [5 p.]. </w:t>
             </w:r>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nima.2008.09.032⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevC.80.051305⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00348478v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00436389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring fusion at extreme sub barrier energies with weakly bound nuclei</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Absolute cross-sections from X - $\gamma$ coincidence measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Shrivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Navin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">K. Ramachandran</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Nanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 103, pp.232702. </w:t>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section A: Accelerators, Spectrometers, Detectors and Associated Equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 598, pp.445-449. </w:t>
             </w:r>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.103.232702⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nima.2008.09.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00436084v1</w:t>
+                <w:t xml:space="preserve">in2p3-00348478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modern Rutherford experiment: Tunneling of the most neutron-rich nucleus</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Exploring fusion at extreme sub barrier energies with weakly bound nuclei</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Shrivastava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Navin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">N. Keeley</w:t>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ramachandran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Nanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 103, 232701 (4 p.). </w:t>
+              <w:t xml:space="preserve">, 2009, 103, pp.232702. </w:t>
             </w:r>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.103.232701⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.103.232702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00433528v1</w:t>
+                <w:t xml:space="preserve">in2p3-00436084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1n- and 2n-transfer with the Borromean nucleus $^{6}$He near the Coulomb barrier</w:t>
               </w:r>
@@ -12311,51 +12311,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Shrivastava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bhattacharyya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 101, pp.032701. </w:t>
@@ -12419,1099 +12419,1099 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of Proton and Neutron Excitations Along Silicon Isotopes Between $N=20$ and $N=28^{*}$</w:t>
+                <w:t xml:space="preserve">Isotopic Fission Fragment Distributions in the Thorium Region Produced in Inverse-kinematics with a $^{232}$Th Beam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Q. Délignac</w:t>
+                <w:t xml:space="preserve">A Cobo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Grévy</w:t>
+                <w:t xml:space="preserve">L Bégué-Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Blank</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J. Giovinazzo</w:t>
+                <w:t xml:space="preserve">D Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zakopane Conference on Nuclear Physics Extremes of the Nuclear Landscape</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2024, Zakopane (Pologne), Poland. pp.2-A16, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5506/APhysPolBSupp.18.2-A16⟩</w:t>
+              <w:t xml:space="preserve">, Aug 2024, Zakopane, Poland. pp.2-A12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5506/APhysPolBSupp.18.2-A12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05346320v1</w:t>
+                <w:t xml:space="preserve">hal-05039137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotopic Fission Fragment Distributions in the Thorium Region Produced in Inverse-kinematics with a $^{232}$Th Beam</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Study of Proton and Neutron Excitations Along Silicon Isotopes Between $N=20$ and $N=28^{*}$</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q. Délignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Grévy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Cobo</w:t>
+                <w:t xml:space="preserve">B. Blank</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Bégué-Guillou</w:t>
+                <w:t xml:space="preserve">M. Flayol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Ramos</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M Rejmund</w:t>
+                <w:t xml:space="preserve">J. Giovinazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zakopane Conference on Nuclear Physics Extremes of the Nuclear Landscape</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2024, Zakopane, Poland. pp.2-A12, </w:t>
+              <w:t xml:space="preserve">, Aug 2024, Zakopane (Pologne), Poland. pp.2-A16, </w:t>
             </w:r>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5506/APhysPolBSupp.18.2-A12⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5506/APhysPolBSupp.18.2-A16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05039137v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05346320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of high-energy fission and quasi-fission dynamics with fusion-induced fission reactions at VAMOS++</w:t>
+                <w:t xml:space="preserve">Paricle identification at VAMOS++ with machine learning techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Fernández</w:t>
+                <w:t xml:space="preserve">Y Cho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Caamaño</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">M Rejmund</w:t>
+                <w:t xml:space="preserve">Y.H Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Park</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Bae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Nuclear Data for Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/202328404009⟩</w:t>
+              <w:t xml:space="preserve">19th International Conference on Electromagnetic Isotope Separators and Related Topics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Daejeon, South Korea. pp.240-242, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nimb.2023.05.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04570804v1</w:t>
+                <w:t xml:space="preserve">hal-04107956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multinucleon Transfer Reactions in the $^{238}\mathrm {U}+{^{238}}$U System Studied with the VAMOS+AGATA+ID-Fix</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Experimental study of high-energy fission and quasi-fission dynamics with fusion-induced fission reactions at VAMOS++</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Fernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Caamaño</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId429" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">D Ramos</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zakopane Conference on Nuclear Physics Extremes of the Nuclear Landscape</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5506/APhysPolBSupp.16.4-A11⟩</w:t>
+              <w:t xml:space="preserve">15th International Conference on Nuclear Data for Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Online, United States. pp.04009, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/202328404009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04089092v1</w:t>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04570804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of high-energy fission and quasi-fission with fusion- induced fission reactions at VAMOS++</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Fernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Caamaño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Nuclear Physics Conference 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Santiago de Compostela, Spain. pp.02012, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/epjconf/202329002012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04346678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The $^{46}$Ar($^{3}$He, d)$^{47}$K direct reaction as a probe of the $^{46}$Ar proton wavefunction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Brugnara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Gottardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Assié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Mengoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th International Nuclear Physics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Cape Town, South Africa. pp.012073, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1742-6596/2586/1/012073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04231394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CATLIFE (Complementary Arm for Target LIke FragmEnts): Spectrometer for Target like fragments at VAMOS++</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multinucleon Transfer Reactions in the $^{238}\mathrm {U}+{^{238}}$U System Studied with the VAMOS+AGATA+ID-Fix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y Cho</w:t>
+                <w:t xml:space="preserve">A Utepov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Choi</w:t>
+                <w:t xml:space="preserve">D Ackermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Park</w:t>
+                <w:t xml:space="preserve">C Stodel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th European Conference on Accelerators in Applied Research and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Sibiu, Romania. pp.234-236, </w:t>
+              <w:t xml:space="preserve">Zakopane Conference on Nuclear Physics Extremes of the Nuclear Landscape</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Zakopane, Poland. pp.A11, </w:t>
             </w:r>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nimb.2023.04.024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5506/APhysPolBSupp.16.4-A11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId447" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04092088v1</w:t>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04089092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paricle identification at VAMOS++ with machine learning techniques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId450" w:history="1">
+                <w:t xml:space="preserve">CATLIFE (Complementary Arm for Target LIke FragmEnts): Spectrometer for Target like fragments at VAMOS++</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Son</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.H Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Cho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Park</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S Bae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on Electromagnetic Isotope Separators and Related Topics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Daejeon, South Korea. pp.240-242, </w:t>
+              <w:t xml:space="preserve">14th European Conference on Accelerators in Applied Research and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Sibiu, Romania. pp.234-236, </w:t>
             </w:r>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nimb.2023.05.053⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nimb.2023.04.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04107956v1</w:t>
+                <w:t xml:space="preserve">hal-04092088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure of the negative parity states in $^{131}$Xe</w:t>
               </w:r>
@@ -13523,64 +13523,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chakraborty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bhattacharyya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Banik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soumik Bhattacharya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Mukherjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13622,103 +13622,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lifetime analysis of short-lived states in $^{17}$N</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ziliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ciemała</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. C. L. Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Leoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Fornal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">106th Congresso Nazionale della Societa Italiana di Fisica (SIF 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Online Conference, Italy. pp.84, </w:t>
@@ -13750,1367 +13750,1367 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-03582716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short-range Lifetime Measurements for Deep-inelastic Reaction Products: the $^{19}$O Test Case</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId201" w:history="1">
+                <w:t xml:space="preserve">Spectroscopy of Neutron-rich Nitrogen Isotopes with AGATA+PARIS+VAMOS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ziliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ciemala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.C.L. Crespi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Leoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Fornal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36th Mazurian Lakes Conference on Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2019, Piaski, Poland. pp.699, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5506/APhysPolB.51.699⟩</w:t>
+              <w:t xml:space="preserve">, Sep 2019, Piaski, Poland. pp.709, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5506/APhysPolB.51.709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02885694v1</w:t>
+                <w:t xml:space="preserve">hal-02892982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An implantation Diamond detector as a beam monitor for an intense radioactive ion beam</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Lemasson</w:t>
+                <w:t xml:space="preserve">Short-range Lifetime Measurements for Deep-inelastic Reaction Products: the $^{19}$O Test Case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ciemała</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ziliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Crespi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Leoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Fornal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th International Nuclear Physics Conference (INPC2019)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/1643/1/012040⟩</w:t>
+              <w:t xml:space="preserve">36th Mazurian Lakes Conference on Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Piaski, Poland. pp.699, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5506/APhysPolB.51.699⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-03195708v1</w:t>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02885694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encapsulated Sulfur targets for light ion beam experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandile Jongile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ntombizonke Kheswa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandile Jongile</w:t>
+                <w:t xml:space="preserve">Paul Papka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ntombizonke Kheswa</w:t>
+                <w:t xml:space="preserve">Olivier Sorlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId472" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29th World Conference of the International Nuclear Target Development Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, East Lansing, United States. pp.03004, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/epjconf/202022903004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02504631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lifetime Measurements of Low-lying States in $^{73}$Ga and $^{70,72,74}$Zn Isotopes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Boso</w:t>
+                <w:t xml:space="preserve">An implantation Diamond detector as a beam monitor for an intense radioactive ion beam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Rojo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Aa. Diget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. de Séréville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Assié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36th Mazurian Lakes Conference on Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5506/APhysPolB.51.837⟩</w:t>
+              <w:t xml:space="preserve">27th International Nuclear Physics Conference (INPC2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Glasgow, United Kingdom. pp.012040, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/1643/1/012040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId476" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02886893v1</w:t>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-03195708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectroscopy of Neutron-rich Nitrogen Isotopes with AGATA+PARIS+VAMOS</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">B. Fornal</w:t>
+                <w:t xml:space="preserve">Lifetime Measurements of Low-lying States in $^{73}$Ga and $^{70,72,74}$Zn Isotopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Milanović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Čeliković</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Michelagnoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. de France</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Boso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36th Mazurian Lakes Conference on Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2019, Piaski, Poland. pp.709, </w:t>
+              <w:t xml:space="preserve">, Sep 2019, Piaski, Poland. pp.837, </w:t>
             </w:r>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5506/APhysPolB.51.709⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5506/APhysPolB.51.837⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02892982v1</w:t>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02886893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of High-Energy Fission in Inverse Kinematics</w:t>
+                <w:t xml:space="preserve">Preliminary results of lifetime measurements in neutron-rich $^{53}$Ti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Mantovani</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">M. Rejmund</w:t>
+                <w:t xml:space="preserve">Alina Goldkuhle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Fransen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfred Dewald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Navin Alahari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcel Beckers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Conference on Nuclear Structure and Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2019, Venice, Italy. pp.01037, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/201922301037⟩</w:t>
+              <w:t xml:space="preserve">, May 2019, Venice, Italy. pp.01022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201922301022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02409896v1</w:t>
+                <w:t xml:space="preserve">hal-02409992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of Lifetimes of Excited States in Neutron-rich $^{20}$O Isotope from Experiment with the AGATA+PARIS+VAMOS Setup</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">B. Fornal</w:t>
+                <w:t xml:space="preserve">Study of High-Energy Fission in Inverse Kinematics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Mantovani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Caamaño</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zakopane Conference on Nuclear Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5506/APhysPolB.50.615⟩</w:t>
+              <w:t xml:space="preserve">4th International Conference on Nuclear Structure and Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Venice, Italy. pp.01037, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201922301037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02123339v1</w:t>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectroscopy of Neutron-rich C, O, N and F Isotopes with the AGATA+PARIS+VAMOS Setup at GANIL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ziliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ciemała</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Crespi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Leoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Fornal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zakopane Conference on Nuclear Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Zakopane, Poland. pp.625, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5506/APhysPolB.50.625⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02123338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lifetime Measurements Using RDDS Method in the Vicinity of $^{78}$Ni</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Franchoo</w:t>
+                <w:t xml:space="preserve">Determination of Lifetimes of Excited States in Neutron-rich $^{20}$O Isotope from Experiment with the AGATA+PARIS+VAMOS Setup</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ciemała</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ziliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Crespi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Leoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Fornal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zakopane Conference on Nuclear Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2018, Zakopane, Poland. pp.633, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5506/APhysPolB.50.633⟩</w:t>
+              <w:t xml:space="preserve">, Aug 2018, Zakopane, Poland. pp.615, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5506/APhysPolB.50.615⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId491" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02116524v1</w:t>
+            <w:hyperlink r:id="rId496" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02123339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary results of lifetime measurements in neutron-rich $^{53}$Ti</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alfred Dewald</w:t>
+                <w:t xml:space="preserve">Lifetime Measurements Using RDDS Method in the Vicinity of $^{78}$Ni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Delafosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Verney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gottardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Navin Alahari</w:t>
+                <w:t xml:space="preserve">F. Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcel Beckers</w:t>
+                <w:t xml:space="preserve">S. Franchoo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Conference on Nuclear Structure and Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Venice, Italy. pp.01022, </w:t>
+              <w:t xml:space="preserve">Zakopane Conference on Nuclear Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Zakopane, Poland. pp.633, </w:t>
             </w:r>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/epjconf/201922301022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5506/APhysPolB.50.633⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02409992v1</w:t>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02116524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of $^{19}$Ne spectroscopic properties via a new method of inelastic scattering to study novae</w:t>
               </w:r>
@@ -15122,77 +15122,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Boulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bastin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. de Oliveira Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Davinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th Nuclear Physics in Astrophysics and 28th International Nuclear Physics Divisional Conference of the European Physical Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, York, United Kingdom. pp.012003, </w:t>
@@ -15230,90 +15230,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectroscopy of neutron-rich Sb isotopes using AGATA, VAMOS++ and EXOGAM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Biswas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y.H. Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Navin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15368,90 +15368,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Integrated large area MWPC-SSD for velocity- energy measurements of reaction products at VAMOS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akhil Jhingan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Saneesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Biswas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">63rd DAE-BRNS Symposium on Nuclear Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Mumbai, India. pp.1158-1159</w:t>
@@ -15506,64 +15506,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ranabir Banik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bhattacharyya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Biswas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soumik Bhattacharya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Mukherjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15599,748 +15599,748 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02136316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fission studies at VAMOS</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">K.-H. Schmidt</w:t>
+                <w:t xml:space="preserve">Pseudo Spin Doublet Bands and Gallagher Moszkowski Doublet Bands in $^{100}$Y</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.H. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.H. Hamilton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.V. Ramayya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.J. Zachary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th Workshop on Nuclear Fission and Spectroscopy of Neutron-Rich Nuclei</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">6th International Conference on Fission and Properties of Neutron Rich Nuclei</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Sanibel Island, United States. pp.274-279, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/9789813229426_0050⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-01503866v1</w:t>
+                <w:t xml:space="preserve">hal-01669762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">γ-ray spectroscopy of neutron rich Ag isotopes: πg9/2n × νh11/2m structure and triaxiality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y.H. Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Biswas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Navin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Workshop on Nuclear Fission and Spectroscopy of Neutron-Rich Nuclei</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Chamrousse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01503856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of Quadrupole Correlations in N = Z = 50 Region via Lifetime Measurements</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">N. Alahari</w:t>
+                <w:t xml:space="preserve">Fission studies at VAMOS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Farget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Caamano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rodriguez-Tajes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.-H. Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Zakopane Conference on Nuclear Physics “Extremes of the Nuclear Landscape”</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6th Workshop on Nuclear Fission and Spectroscopy of Neutron-Rich Nuclei</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Chamrousse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId515" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-01769877v1</w:t>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01503866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isomeric Character of the Lowest $4_+$ State in $^{44}$S</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. Mcpherson</w:t>
+                <w:t xml:space="preserve">Study of Quadrupole Correlations in N = Z = 50 Region via Lifetime Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Siciliano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.J. Valiente-Dobón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Goasduff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bazzacco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Alahari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Fission and Properties of Neutron Rich Nuclei</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1142/9789813229426_0088⟩</w:t>
+              <w:t xml:space="preserve">The Zakopane Conference on Nuclear Physics “Extremes of the Nuclear Landscape”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Zakopane, Poland. pp.331-336, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5506/APhysPolB.48.331⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId518" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01669828v1</w:t>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-01769877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId521" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Vamos spectrometer at GANIL: present and near future</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Isomeric Character of the Lowest $4_+$ State in $^{44}$S</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Wiedenhöver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.J. Parker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Cottle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Baker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Mcpherson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th COLLOQUE GANIL</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">6th International Conference on Fission and Properties of Neutron Rich Nuclei</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Sanibel Island, United States. pp.489-490, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/9789813229426_0088⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId521" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-01679719v1</w:t>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01669828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pseudo Spin Doublet Bands and Gallagher Moszkowski Doublet Bands in $^{100}$Y</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">The Vamos spectrometer at GANIL: present and near future</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Fission and Properties of Neutron Rich Nuclei</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">20th COLLOQUE GANIL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Amboise, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1142/9789813229426_0050⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01669762v1</w:t>
+                <w:t xml:space="preserve">in2p3-01679719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuclear astrophysics with radioactive ions at FAIR</w:t>
               </w:r>
@@ -16460,51 +16460,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prompt gamma-ray spectroscopy of isotopically identified fragments at VAMOS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Gamma Ray Spectroscopy 2015 (FIG-15)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2015, Kolkata, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16529,51 +16529,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VAMOS status</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGATA Collaboration Meeting 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2015, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16598,90 +16598,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId533" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Levels in $^{151-153}$Pr by Combining High Statistics Gamma Coincidence Data and Mass/z Gated Gamma Spectra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E.H. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.H. Hamilton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.V. Ramayya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.K. Hwang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -16726,264 +16726,264 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01301552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spontaneous Source Measurement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">VAMOS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGATA @ GANIL Pre-PAC Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2014, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00954482v1</w:t>
+                <w:t xml:space="preserve">in2p3-00952901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collectivity in neutron-rich nuclei around N=28</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Spontaneous Source Measurement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGATA @ GANIL Pre-PAC Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2014, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00954481v1</w:t>
+                <w:t xml:space="preserve">in2p3-00954482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VAMOS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Collectivity in neutron-rich nuclei around N=28</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGATA @ GANIL Pre-PAC Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2014, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00952901v1</w:t>
+                <w:t xml:space="preserve">in2p3-00954481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VAMOS in vacuum mode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th AGATA Week</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17002,826 +17002,826 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-01086667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of fragment capture for cluster structures of weakly bound 7Li</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">K. Ramachandran</w:t>
+                <w:t xml:space="preserve">Isotopic Distributions of Fission Fragments from Transfer-induced Fission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Rodriguez-Tajes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Caamano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Delaune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Farget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Audouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Heavy Ion Accelerator Symposium for Fundamental and Applied Research (HIAS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Canberra, Australia. pp.02018, </w:t>
+              <w:t xml:space="preserve">Scientific Workshop on Nuclear Fission Dynamics and the Emission of Prompt Neutrons and Gamma Rays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Biarritz, France. pp.125-130, </w:t>
             </w:r>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/epjconf/20136302018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.phpro.2013.06.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00812701v1</w:t>
+                <w:t xml:space="preserve">in2p3-00860198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotopic fission fragment distributions as a deep probe to fusion-fission dynamics</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Collectivity in N=Z mass 70 nuclei</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. B. Tarasov</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">X. Derkx</w:t>
+                <w:t xml:space="preserve">A. Nichols</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId544" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bentley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Davies</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Henderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Jenkins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 11th International Conference on Nucleus-Nucleus Collisions</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nuclear Structure Physics with Advanced Gamma-Detector Arrays (NSP13)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Padova, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00703163v1</w:t>
+                <w:t xml:space="preserve">in2p3-00837693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId545" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collectivity of exotic isotopes of Sulfur</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Complete isotopic distributions of fragments produced in transfer- and fusion-induced reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Delaune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Caamano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Farget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O.B. Tarasov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Derkx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGATA@GANIL Workshop</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Fifth International Workshop on Nuclear Fission and Fission-Product Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Caen, France. pp.06006, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId550" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/20136206006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId545" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00793642v1</w:t>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00826843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete isotopic distributions of fragments produced in transfer- and fusion-induced reactions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Collectivity of exotic isotopes of Sulfur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fifth International Workshop on Nuclear Fission and Fission-Product Spectroscopy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AGATA@GANIL Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Caen, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId546" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00826843v1</w:t>
+            <w:hyperlink r:id="rId551" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00793642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collectivity in N=Z mass 70 nuclei</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. Jenkins</w:t>
+                <w:t xml:space="preserve">Dynamics of fragment capture for cluster structures of weakly bound 7Li</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Shrivastava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Navin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Diaz-Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Nanal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ramachandran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Structure Physics with Advanced Gamma-Detector Arrays (NSP13)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2nd Heavy Ion Accelerator Symposium for Fundamental and Applied Research (HIAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Canberra, Australia. pp.02018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/20136302018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId549" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00837693v1</w:t>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00812701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId555" w:history="1">
+            <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotopic Distributions of Fission Fragments from Transfer-induced Fission</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId331" w:history="1">
+                <w:t xml:space="preserve">Isotopic fission fragment distributions as a deep probe to fusion-fission dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Farget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Caamano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Delaune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">L. Audouin</w:t>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. B. Tarasov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Derkx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Workshop on Nuclear Fission Dynamics and the Emission of Prompt Neutrons and Gamma Rays</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Biarritz, France. pp.125-130, </w:t>
+              <w:t xml:space="preserve">The 11th International Conference on Nucleus-Nucleus Collisions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, San Antonio, United States. pp.012119, </w:t>
             </w:r>
             <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.phpro.2013.06.018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/420/1/012119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId555" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00860198v1</w:t>
+            <w:hyperlink r:id="rId554" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00703163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of isotopic fission-fragment yields with bombarding energy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Delaune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Caamaño</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Farget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId547" w:history="1">
+            <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O.B. Tarasov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Derkx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -17876,90 +17876,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of isotopic fission-fragment yields with excitation energy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Delaune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Caamano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Derkx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Farget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.-H. Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Multifragmentation and Related Topics - IWM2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Caen, France. pp.00025, </w:t>
@@ -17997,51 +17997,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fusion of the most neutron-rich nucleus 8He : Recent results from GANIL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Conference FUSION11</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Saint Malo, France. pp.01003, </w:t>
             </w:r>
             <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
@@ -18088,90 +18088,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minor actinide fission induced by multi-nucleon transfer reaction in inverse kinematics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Derkx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Caamano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.-H. Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Audouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CNR*09 - Second International Workshop on Compound Nuclear Reactions and Related Topics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Bordeaux, France. pp.07001, </w:t>
@@ -18203,221 +18203,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00462642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isotopic Resolution of Fission Fragments from 238U+12C Transfer and Fusion Reactions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interplay between structure and reaction mechanisms around the Coulomb barrier probed using 8He</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lemasson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Workshop on Nuclear Fission and Fission-Product Spectroscopy (FISSION 2009)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Saint Paul lez Durance, France</w:t>
+              <w:t xml:space="preserve">The XVIth Colloque GANIL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId564" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00396876v1</w:t>
+                <w:t xml:space="preserve">in2p3-00416560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId566" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay between structure and reaction mechanisms around the Coulomb barrier probed using 8He</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Isotopic Resolution of Fission Fragments from 238U+12C Transfer and Fusion Reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Caamano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rejmund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Derkx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.-H. Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId566" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Andouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The XVIth Colloque GANIL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Giens, France</w:t>
+              <w:t xml:space="preserve">4th International Workshop on Nuclear Fission and Fission-Product Spectroscopy (FISSION 2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Saint Paul lez Durance, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId566" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">in2p3-00416560v1</w:t>
+            <w:hyperlink r:id="rId565" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00396876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -18448,64 +18448,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isotopic production rate in minor actinide fission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Derkx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rejmund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Caamano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Barreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18768,51 +18768,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing neutron pair transfer with borromean isotopes of helium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Navin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fifty Years of Nuclear BCS: Pairing in Finite Systems </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, World Scientific Publishing Co., pp.393-404, 2013, 978-981441249-0;978-981441248-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
@@ -18878,51 +18878,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fusion et réactions directes autour de la barrière Coulombienne avec le noyau riche en neutrons &amp;lt;sup&amp;gt;8&amp;lt;/sup&amp;gt;He</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lemasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Physique Nucléaire Expérimentale [nucl-ex]. Université de Caen, 2010. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -18981,51 +18981,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuclear shells and shapes : from nuclear structure to fission dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lemasson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nuclear Experiment [nucl-ex]. Université de Caen Normandie, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19133,51 +19133,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="869AC80F"/>
+    <w:nsid w:val="FDAE44A3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19281,51 +19281,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="0369E99E"/>
+    <w:nsid w:val="63E0E124"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19515,51 +19515,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antoine-lemasson" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9434-8520" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/152663169" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-4089-2009" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199832v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Abushawish" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.H Wang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Dudouet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Navin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Cl&#233;ment" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/sj3y-qnzp" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015189v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rejmund" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lemasson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2025.170445" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710592v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J Paxman" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Matta" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.N Catford" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lotay" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Assi&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.134.162504" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162356v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/20/08/P08022" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-05320155v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Navin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Wang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bhattacharyya" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menglan Liu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cenxi Yuan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/3jvn-hzdh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011250v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Houarner" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boujrad" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tripon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bezard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blaizot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/20/05/T05004" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493960v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Koyama" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Suzuki" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Lalanne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Sorlin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.109.L031301" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593966v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Colombi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Reygadas Tello" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Michelagnoli" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.D Dao" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.110.034304" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679603v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Flavigny" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Keeley" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gillibert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Lapoux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.110.024610" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387290v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Farget" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Roussel-Chomaz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chevalier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Dessay" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Dor&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/nuclscitechnolopenres.17612.1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-04378651v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Zanon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cl&#233;ment" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goasduff" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Men&#233;ndez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Miyagi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.262501" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309317v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pasqualato" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ansari" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S Heines" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Modamio" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A G&#246;rgen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-023-01172-8" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991790v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lemasson" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rejmund" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jacquot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ralet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.107.014324" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136222v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2023.168407" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021233v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O St&#233;zowski" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Goasduff" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Korichi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Aubert" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-023-01025-4" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988058v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ramos" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Caama&#241;o" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Farget" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rodr&#237;guez-Tajes" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.107.L021601" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020108v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Poves" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Hammache" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.092501" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147475v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Chakraborty" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bhattacharyya" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Banik" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumik Bhattacharya" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Mukherjee" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.107.064318" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912454v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Foug&#232;res" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Oliveira Santos" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Jos&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Michelagnoli" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40121-3" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137347v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Ljungvall" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-023-01053-0" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626020v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rezynkina" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.D. Dao" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duch&#234;ne" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dudouet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nowacki" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.106.014320" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830231v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jhingan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schmitt" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Biswas" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.H. Kim" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.106.044607" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794490v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Liu" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cederwall" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Qi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. Wyss" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;. Aktas" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.106.034304" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773692v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. P&#233;rez-Vidal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gadea" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Domingo-Pardo" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gargano" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Valiente-Dob&#243;n" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.129.112501" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531735v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lalanne" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sorlin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poves" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Assi&#233;" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hammache" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.129.122501" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472854v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Girard-Alcindor" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mercenne" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Stefan" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Oliveira Santos" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Michel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.105.L051301" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477065v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jungclaus" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Golubev" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rudolph" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.G. Sarmiento" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.104.054316" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335529v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Ledoux" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Foy" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Ducret" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Frelin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-021-00565-x" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335724v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.104.L021302" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235646v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Galtarossa" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pierens" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Delpech" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Galet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2021.165830" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190062v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.H. Schmidt" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevlett.126.132502" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164444v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.H. Wang" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H. Hamilton" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Ramayya" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Zachary" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.103.034301" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217546v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Raggio" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2021.165743" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455009v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ciema&#322;a" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ziliani" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. C L Crespi" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leoni" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fornal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-021-00451-6" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197493v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.C.L. Crespi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.104.L041301" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136683v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Siciliano" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.R. Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bazzacco" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.104.034320" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235679v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. de S&#233;r&#233;ville" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.103.055809" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921826v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jongile" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wiedeking" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Papka" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.102.024321" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518033v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Audouin" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.101.034609" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911948v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.102.014326" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033556v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goldkuhle" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blazhev" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fransen" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dewald" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beckers" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.102.054334" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491326v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ertoprak" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Zhang" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.062501" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483950v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ciemala" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.101.021303" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986928v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Banik" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.102.044329" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144351v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Zuker" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135474" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557681v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mukherjee" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.101.044306" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266344v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Georgiev" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Stuchbery" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.134797" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188091v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maquart" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Verney" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.100.011301" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154730v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevc.99.064302" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381948v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Birkenbach" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.100.054317" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277858v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.123.092503" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902875v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.98.044316" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744019v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. van Isacker" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.97.041302" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922075v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delafosse" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marevi&#263;" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gottardo" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michelagnoli" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.192502" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554700v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. E. Stuchbery" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/aa6942" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582778v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.06.058" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01387617v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mutschler" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bazin" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Borcea" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NPHYS3916" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582819v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2017-12353-y" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01468946v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Klintefjord" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ljungvall" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G&#246;rgen" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lenzi" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bello Garrote" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.95.024312" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01518704v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.162501" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01399926v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bhat" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Palit" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bhat" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.11.020" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01538475v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. De France" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Li" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2017.02.063" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554449v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Parker" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Wiedenh&#246;ver" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.D. Cottle" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baker" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mcpherson" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.052501" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01272013v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bazin" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.93.034333" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01291612v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bisoi" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.93.034324" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01278871v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Milne" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Bentley" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.C. Simpson" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dodsworth" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baugher" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.93.024318" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01357780v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.082502" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01242880v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.11.077" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01273190v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Caamano" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.93.024312" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01250056v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vandebrouck" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fr&#233;mont" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pancin" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2015.12.040" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01230056v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Iwasaki" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Braunroth" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Smalley" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2015.09.091" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01246567v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Navratil" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Roth" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Langhammer" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.92.064314" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01145813v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Whitmore" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Suzuki" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M. Bader" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.91.041303" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01249989v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rodriguez-Tajes" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-H. Schmidt" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2015-15175-y" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01188722v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. W. Henry" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Bentley" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M. Clark" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. J. Davies" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.92.024315" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01200699v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. H. Wang" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. H. Hamilton" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Ramayya" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. K. Hwang" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.92.034317" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01136493v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lepailleur" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Wimmer" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bader" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.92.054309" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01199242v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. M. Lenzi" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Albers" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.92.034306" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01176816v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Delaune" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.92.034606" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00989545v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Nichols" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Wadsworth" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kanek" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2014.04.016" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01016567v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Derkx" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.89.069903" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00766785v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Shrivastava" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Diaz-Torres" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Nanal" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ramachandran" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2012.11.064" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00810914v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.88.024605" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00720480v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00565792v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Keeley" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Zelevinsky" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2011.02.038" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00531199v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.82.044617" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00470415v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lecornu" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2010.03.146" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00436389v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rejmund" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.80.051305" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00348478v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2008.09.032" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00436084v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.103.232702" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00433528v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.103.232701" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00291201v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avhishek Chatterjee" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.032701" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346320v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. D&#233;lignac" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gr&#233;vy" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Blank" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Flayol" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Giovinazzo" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolBSupp.18.2-A16" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039137v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cobo" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L B&#233;gu&#233;-Guillou" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ramos" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolBSupp.18.2-A12" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570804v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Caama&#241;o" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328404009" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089092v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Utepov" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ackermann" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Stodel" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolBSupp.16.4-A11" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346678v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202329002012" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231394v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Brugnara" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gottardo" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mengoni" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2586/1/012073" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092088v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Son" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.H Kim" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Cho" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Choi" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Park" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2023.04.024" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107956v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bae" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2023.05.053" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781118v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chakraborty" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03582716v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. C. L. Crespi" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1393/ncc/i2021-21084-7" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885694v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Crespi" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.51.699" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03195708v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rojo" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aa. Diget" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1643/1/012040" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504631v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandile Jongile" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ntombizonke Kheswa" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Papka" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sorlin" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lemasson" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202022903004" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886893v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Milanovi&#263;" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. &#268;elikovi&#263;" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. de France" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boso" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.51.837" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892982v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.51.709" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409896v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mantovani" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201922301037" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123339v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.50.615" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123338v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.50.625" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116524v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ibrahim" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Franchoo" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.50.633" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409992v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Goldkuhle" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Fransen" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Dewald" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navin Alahari" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Beckers" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201922301022" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714221v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boulay" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bastin" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Davinson" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/940/1/012003" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136308v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136288v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akhil Jhingan" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Saneesh" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136316v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranabir Banik" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01503866v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01503856v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01769877v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Alahari" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.48.331" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669828v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cottle" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789813229426_0088" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01679719v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669762v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789813229426_0050" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01308071v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Reifarth" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Altstadt" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. G&#246;bel" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Heftrich" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Heil" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/665/1/012044" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01120425v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01115474v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01301552v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.K. Hwang" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814699464_0038" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00954482v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00954481v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00952901v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01086667v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00812701v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20136302018" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00703163v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. B. Tarasov" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/420/1/012119" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00793642v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00826843v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.B. Tarasov" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20136206006" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00837693v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nichols" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bentley" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Davies" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Henderson" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jenkins" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00860198v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phpro.2013.06.018" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00855189v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00637505v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20123100025" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00589854v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20111701003" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00462642v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20100207001" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00396876v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Andouin" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00416560v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00346288v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barreau" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jurado" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03967455v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Baylac" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Biarrotte" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Billard" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boutigny" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Caprini" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/physique-et-astrophysique/etonnants-infinis/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01373295v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814412490_0029" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00522577v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05209553v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antoine-lemasson" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9434-8520" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/152663169" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-4089-2009" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05199832v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Abushawish" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.H Wang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Dudouet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Navin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Cl&#233;ment" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/sj3y-qnzp" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710592v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J Paxman" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Matta" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.N Catford" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lotay" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Assi&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.134.162504" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015189v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rejmund" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lemasson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2025.170445" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162356v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/20/08/P08022" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-05320155v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Navin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Wang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bhattacharyya" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menglan Liu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cenxi Yuan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/3jvn-hzdh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011250v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Houarner" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boujrad" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tripon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bezard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blaizot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/20/05/T05004" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593966v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Colombi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Reygadas Tello" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Michelagnoli" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.D Dao" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.110.034304" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493960v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Koyama" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Suzuki" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Lalanne" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Sorlin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.109.L031301" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679603v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Flavigny" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Keeley" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gillibert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Lapoux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.110.024610" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387290v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Farget" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Roussel-Chomaz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chevalier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Dessay" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Dor&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/nuclscitechnolopenres.17612.1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04137347v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Ljungvall" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A G&#246;rgen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-023-01053-0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912454v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Foug&#232;res" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Oliveira Santos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Jos&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Michelagnoli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cl&#233;ment" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40121-3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-04378651v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Zanon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goasduff" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Men&#233;ndez" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Miyagi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.262501" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03991790v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lemasson" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rejmund" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jacquot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ralet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.107.014324" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309317v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pasqualato" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ansari" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S Heines" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Modamio" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-023-01172-8" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988058v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ramos" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Caama&#241;o" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Farget" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rodr&#237;guez-Tajes" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.107.L021601" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136222v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2023.168407" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021233v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O St&#233;zowski" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Goasduff" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Korichi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Aubert" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-023-01025-4" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020108v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Poves" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Hammache" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.131.092501" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147475v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Chakraborty" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bhattacharyya" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Banik" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumik Bhattacharya" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Mukherjee" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.107.064318" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794490v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Liu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cederwall" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Qi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.A. Wyss" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#214;. Aktas" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.106.034304" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773692v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.M. P&#233;rez-Vidal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gadea" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Domingo-Pardo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gargano" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Valiente-Dob&#243;n" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.129.112501" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531735v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lalanne" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sorlin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poves" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Assi&#233;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hammache" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.129.122501" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472854v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Girard-Alcindor" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mercenne" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Stefan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Oliveira Santos" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Michel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.105.L051301" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626020v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rezynkina" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.D. Dao" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Duch&#234;ne" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dudouet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nowacki" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.106.014320" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830231v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jhingan" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schmitt" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Biswas" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.H. Kim" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.106.044607" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235679v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. de S&#233;r&#233;ville" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.103.055809" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335529v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Ledoux" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Foy" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Ducret" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Frelin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-021-00565-x" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335724v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.104.L021302" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477065v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jungclaus" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Golubev" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rudolph" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.G. Sarmiento" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.104.054316" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03164444v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.H. Wang" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H. Hamilton" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Ramayya" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Zachary" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.103.034301" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235646v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Galtarossa" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pierens" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Delpech" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Galet" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2021.165830" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190062v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.H. Schmidt" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevlett.126.132502" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217546v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Raggio" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2021.165743" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03455009v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ciema&#322;a" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ziliani" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. C L Crespi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Leoni" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fornal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/s10050-021-00451-6" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197493v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.C.L. Crespi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.104.L041301" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136683v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Siciliano" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.R. Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bazzacco" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.104.034320" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911948v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.102.014326" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033556v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goldkuhle" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blazhev" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fransen" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dewald" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Beckers" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.102.054334" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518033v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Audouin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.101.034609" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02921826v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jongile" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wiedeking" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Papka" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.102.024321" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986928v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Banik" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.102.044329" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02491326v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ertoprak" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Zhang" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.124.062501" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483950v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ciemala" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.101.021303" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144351v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Zuker" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2020.135474" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02557681v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mukherjee" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.101.044306" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277858v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.123.092503" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02381948v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Birkenbach" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.100.054317" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188091v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Maquart" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Verney" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.100.011301" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266344v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Georgiev" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.E. Stuchbery" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2019.134797" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154730v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevc.99.064302" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922075v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delafosse" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Marevi&#263;" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gottardo" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michelagnoli" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.121.192502" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902875v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.98.044316" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744019v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. van Isacker" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.97.041302" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554700v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. E. Stuchbery" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/aa6942" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582778v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2017.06.058" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01387617v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mutschler" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bazin" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Borcea" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NPHYS3916" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01538475v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. De France" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.J. Li" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2017.02.063" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01468946v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Klintefjord" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ljungvall" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G&#246;rgen" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lenzi" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bello Garrote" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.95.024312" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01518704v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.162501" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01399926v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bhat" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Palit" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bhat" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2016.11.020" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01582819v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2017-12353-y" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01554449v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Parker" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Wiedenh&#246;ver" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.D. Cottle" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Baker" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mcpherson" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.118.052501" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01230056v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Iwasaki" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Braunroth" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Smalley" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2015.09.091" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01273190v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Caamano" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.93.024312" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01250056v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vandebrouck" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fr&#233;mont" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pancin" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2015.12.040" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01272013v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bazin" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.93.034333" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01278871v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Milne" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Bentley" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.C. Simpson" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dodsworth" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baugher" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.93.024318" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01291612v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bisoi" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.93.034324" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01357780v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.117.082502" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01242880v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2015.11.077" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01145813v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Whitmore" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Suzuki" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M. Bader" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.91.041303" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01249989v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rodriguez-Tajes" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.-H. Schmidt" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epja/i2015-15175-y" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01246567v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Navratil" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Roth" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Langhammer" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.92.064314" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01188722v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. W. Henry" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Bentley" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. M. Clark" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. J. Davies" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.92.024315" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01200699v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. H. Wang" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. H. Hamilton" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Ramayya" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. K. Hwang" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.92.034317" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01136493v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lepailleur" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Wimmer" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bader" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.92.054309" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01199242v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. M. Lenzi" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Albers" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.92.034306" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01176816v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Delaune" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.92.034606" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00989545v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Nichols" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Wadsworth" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kaneko" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2014.04.016" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01016567v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Derkx" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.89.069903" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00766785v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Shrivastava" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Diaz-Torres" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Nanal" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ramachandran" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2012.11.064" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00810914v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.88.024605" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00565792v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Keeley" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Zelevinsky" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2011.02.038" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00720480v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00470415v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lecornu" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2010.03.146" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00531199v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.82.044617" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00433528v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.103.232701" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00436389v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rejmund" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevC.80.051305" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00348478v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2008.09.032" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00436084v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.103.232702" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00291201v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avhishek Chatterjee" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.032701" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039137v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Cobo" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L B&#233;gu&#233;-Guillou" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ramos" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolBSupp.18.2-A12" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346320v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. D&#233;lignac" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gr&#233;vy" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Blank" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Flayol" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Giovinazzo" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolBSupp.18.2-A16" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107956v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Cho" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.H Kim" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Choi" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Park" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bae" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2023.05.053" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04570804v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Caama&#241;o" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202328404009" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346678v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202329002012" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231394v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Brugnara" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Gottardo" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Mengoni" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2586/1/012073" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089092v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Utepov" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ackermann" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Stodel" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolBSupp.16.4-A11" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092088v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Son" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2023.04.024" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781118v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chakraborty" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03582716v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. C. L. Crespi" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1393/ncc/i2021-21084-7" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892982v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.51.709" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02885694v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Crespi" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.51.699" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504631v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandile Jongile" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ntombizonke Kheswa" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Papka" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sorlin" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lemasson" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202022903004" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03195708v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rojo" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Aa. Diget" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1643/1/012040" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886893v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Milanovi&#263;" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. &#268;elikovi&#263;" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. de France" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boso" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.51.837" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409992v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Goldkuhle" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Fransen" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Dewald" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navin Alahari" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Beckers" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201922301022" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409896v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mantovani" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201922301037" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123338v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.50.625" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123339v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.50.615" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116524v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ibrahim" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Franchoo" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.50.633" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714221v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boulay" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bastin" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Davinson" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/940/1/012003" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136308v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136288v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akhil Jhingan" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Saneesh" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136316v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranabir Banik" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669762v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789813229426_0050" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01503856v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01503866v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01769877v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Alahari" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5506/APhysPolB.48.331" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01669828v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cottle" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789813229426_0088" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01679719v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01308071v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Reifarth" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Altstadt" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. G&#246;bel" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Heftrich" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Heil" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/665/1/012044" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01120425v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01115474v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01301552v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.K. Hwang" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814699464_0038" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00952901v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00954482v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00954481v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01086667v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00860198v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phpro.2013.06.018" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00837693v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nichols" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bentley" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Davies" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Henderson" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jenkins" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00826843v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.B. Tarasov" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20136206006" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00793642v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00812701v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20136302018" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00703163v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. B. Tarasov" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/420/1/012119" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00855189v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00637505v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20123100025" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00589854v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20111701003" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00462642v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20100207001" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00416560v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00396876v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Andouin" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00346288v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barreau" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jurado" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03967455v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Baylac" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Biarrotte" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Billard" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Boutigny" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Caprini" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/physique-et-astrophysique/etonnants-infinis/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-01373295v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814412490_0029" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00522577v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05209553v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>