--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -3784,259 +3784,259 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02162088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel bifunctional phosphine oxide-phosphonate compounds as ligands for uranium(VI) extraction from aqueous phosphoric acid solutions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabien Burdet</w:t>
+                <w:t xml:space="preserve">Compounds with phosphine oxide and amine functions as ligands for uranium(VI) extraction from aqueous solutions of sulfuric acid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Pellet-Rostaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Leydier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilhem Arrachart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Turgis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">France, Patent n° : FR3034416 (A1) / WO2016156593 (A1). 2016</w:t>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : FR3034417 (A1) / WO2016156591 (A1). 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02162084v1</w:t>
+                <w:t xml:space="preserve">hal-02162090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compounds with phosphine oxide and amine functions as ligands for uranium(VI) extraction from aqueous solutions of sulfuric acid</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Novel bifunctional phosphine oxide-phosphonate compounds as ligands for uranium(VI) extraction from aqueous phosphoric acid solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Burdet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Leydier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Arrachart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Pellet-Rostaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Turgis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-            </w:r>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">France, Patent n° : FR3034416 (A1) / WO2016156593 (A1). 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veronique Dubois</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-02162090v1</w:t>
+                <w:t xml:space="preserve">hal-02162084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of novel compounds for selectively extracting rare earths from aqueous solutions including phosphoric acid and associated extraction method</w:t>
               </w:r>
@@ -4074,51 +4074,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Pellet-Rostaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Leydier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Dubois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : FR3035880 (A1) / WO2016177695 (A1). 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4423,51 +4423,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729450v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Sabri" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leydier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Poulesquen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hertz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729455v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04142536v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Jally" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bourgeois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04142538v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04753687v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofyane Bouali" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leybros" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Toquer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lumia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04753725v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Grandjean" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339123v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Artese" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dourdain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Arrachart" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leydier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339110v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Le Nedelec" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cuer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Calard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04725505v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Dressler" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3NJ04415G" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384497v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mossand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Lelong" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Xing" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz Ndebulia Watchou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.202200412" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721752v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Le Nedelec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Cuer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dumas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceja.2021.100225" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020917v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault d'Halluin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Lepeytre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Julcour-Lebigue" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2020.1751731" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02510041v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.supflu.2019.03.025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02161602v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mary" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2019.06.004" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04722327v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Lepeytre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Julcour" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339638v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lenedelec" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Charlot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8NJ02601G" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062519v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Turgis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bernier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marie" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hydromet.2017.05.008" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062525v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Miguirditchian" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bernier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pacary" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Balaguer" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sorel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07366299.2016.1169147" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062545v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Burdet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2016.02.083" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395180v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07366299.2014.951279" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999434v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07366299.2014.898435" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168873v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Lin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lecercl&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2011.11.065" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6ZJXKVL3-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999341v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Hofmeister" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pecheur" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dufr&#234;che" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Turgis" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la301733r" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168557v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Favre-Reguillon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Taran" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370985v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Matar-Merheb" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moez Rhimi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huch&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Gali&#225;n" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0018036" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650286v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moez M. Rhimi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00687055v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Sawicki" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Grillon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Le Gall" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure S&#233;randour" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2008.01.018" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2HFKT58Q-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04648996v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162088v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Turgis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chapron" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162084v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162090v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Dubois" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162086v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162082v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Aychet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729450v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Sabri" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leydier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Poulesquen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hertz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04729455v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04142536v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Jally" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bourgeois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04142538v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04753687v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofyane Bouali" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leybros" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Toquer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lumia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04753725v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Grandjean" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339123v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Artese" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dourdain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Arrachart" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leydier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339110v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Le Nedelec" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cuer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Calard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04725505v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Dressler" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3NJ04415G" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384497v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mossand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evan Lelong" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Xing" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frantz Ndebulia Watchou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cplu.202200412" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721752v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Le Nedelec" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Cuer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dumas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceja.2021.100225" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020917v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault d'Halluin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Lepeytre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Julcour-Lebigue" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593330.2020.1751731" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02510041v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.supflu.2019.03.025" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02161602v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mary" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2019.06.004" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04722327v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Lepeytre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Julcour" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339638v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lenedelec" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Charlot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8NJ02601G" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062519v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Turgis" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bernier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Marie" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hydromet.2017.05.008" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062525v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Miguirditchian" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bernier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pacary" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Balaguer" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sorel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07366299.2016.1169147" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062545v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Burdet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2016.02.083" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395180v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07366299.2014.951279" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999434v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07366299.2014.898435" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168873v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Lin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lecercl&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tet.2011.11.065" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6ZJXKVL3-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01999341v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Hofmeister" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Pecheur" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dufr&#234;che" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Turgis" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la301733r" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01168557v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Favre-Reguillon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Taran" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370985v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Matar-Merheb" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moez Rhimi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huch&#233;" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Gali&#225;n" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0018036" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650286v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moez M. Rhimi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00687055v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcin Sawicki" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Grillon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Le Gall" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure S&#233;randour" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2008.01.018" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2HFKT58Q-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04648996v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pellet-Rostaing" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162088v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Turgis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chapron" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162090v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Dubois" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162084v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162086v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162082v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Aychet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>