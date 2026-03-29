--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -115,831 +115,831 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of an 18-month meditation training on dynamic functional connectivity states in older-adults: Secondary analyses from the Age-Well randomized controlled trial</w:t>
+                <w:t xml:space="preserve">Depressive symptoms in older adults are associated with changes in stress-related markers, functional connectivity and brain volume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sacha Haudry</w:t>
+                <w:t xml:space="preserve">Edelweiss Touron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Dautricourt</w:t>
+                <w:t xml:space="preserve">Robin de Flores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Gonneaud</w:t>
+                <w:t xml:space="preserve">Laurent Coulbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte Landeau</w:t>
+                <w:t xml:space="preserve">Cassandre Palix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vince Daniel Calhoun</w:t>
+                <w:t xml:space="preserve">Anne Chocat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Imaging Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (9), 14 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1162/IMAG.a.33⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13195-024-01643-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05085757v1</w:t>
+                <w:t xml:space="preserve">hal-04957795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Examining cognitive differences in expert meditators and non-meditators older adults</w:t>
+                <w:t xml:space="preserve">EEG Brain Rhythms During Resting‐State Wakefulness and Sleep in Elderly Expert Meditators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Requier</w:t>
+                <w:t xml:space="preserve">Pierre Champetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamed Mohammadi</w:t>
+                <w:t xml:space="preserve">Anaïs Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harriet Demnitz-King</w:t>
+                <w:t xml:space="preserve">Claire André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Schlosser</w:t>
+                <w:t xml:space="preserve">Valentin Ourry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Poisnel</w:t>
+                <w:t xml:space="preserve">Tristan Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 ([Art. 16898]), 11 p. </w:t>
+              <w:t xml:space="preserve">Journal of Sleep Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.e70161. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-00226-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jsr.70161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05071399v1</w:t>
+                <w:t xml:space="preserve">inserm-05230409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of an 18-Month Meditation Training on Telomeres in Older Adults: A Secondary Analysis of the Age-Well Randomized Controlled Trial</w:t>
+                <w:t xml:space="preserve">Examining cognitive differences in expert meditators and non-meditators older adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perla Kaliman</w:t>
+                <w:t xml:space="preserve">Florence Requier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María Jesús Álvarez-López</w:t>
+                <w:t xml:space="preserve">Hamed Mohammadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asrar Lehodey</w:t>
+                <w:t xml:space="preserve">Harriet Demnitz-King</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Fernández</w:t>
+                <w:t xml:space="preserve">Marco Schlosser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Chocat</w:t>
+                <w:t xml:space="preserve">Géraldine Poisnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Psychiatry Global Open Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5 (1 [art. 100398]), 12 p. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 ([Art. 16898]), 11 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bpsgos.2024.100398⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-00226-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04957802v1</w:t>
+                <w:t xml:space="preserve">hal-05071399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Training the embodied self in its impermanence: meditators evidence neurophysiological markers of death acceptance</w:t>
+                <w:t xml:space="preserve">Effect of an 18-Month Meditation Training on Telomeres in Older Adults: A Secondary Analysis of the Age-Well Randomized Controlled Trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yair Dor-Ziderman</w:t>
+                <w:t xml:space="preserve">Perla Kaliman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoav Schweitzer</w:t>
+                <w:t xml:space="preserve">María Jesús Álvarez-López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ohad Nave</w:t>
+                <w:t xml:space="preserve">Asrar Lehodey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fynn-Mathis Trautwein</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stephen Fulder</w:t>
+                <w:t xml:space="preserve">Daniel Fernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Chocat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience of Consciousness</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nc/niaf002⟩</w:t>
+              <w:t xml:space="preserve">Biological Psychiatry Global Open Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (1 [art. 100398]), 12 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpsgos.2024.100398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05075833v1</w:t>
+                <w:t xml:space="preserve">hal-04957802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EEG Brain Rhythms During Resting‐State Wakefulness and Sleep in Elderly Expert Meditators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of an 18-month meditation training on dynamic functional connectivity states in older-adults: Secondary analyses from the Age-Well randomized controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Haudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Champetier</w:t>
+                <w:t xml:space="preserve">Sophie Dautricourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Hamel</w:t>
+                <w:t xml:space="preserve">Julie Gonneaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire André</w:t>
+                <w:t xml:space="preserve">Brigitte Landeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Ourry</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tristan Lacroix</w:t>
+                <w:t xml:space="preserve">Vince Daniel Calhoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sleep Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jsr.70161⟩</w:t>
+              <w:t xml:space="preserve">Imaging Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/IMAG.a.33⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-05230409v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05085757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Depressive symptoms in older adults are associated with changes in stress-related markers, functional connectivity and brain volume</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Training the embodied self in its impermanence: meditators evidence neurophysiological markers of death acceptance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yair Dor-Ziderman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edelweiss Touron</w:t>
+                <w:t xml:space="preserve">Yoav Schweitzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin de Flores</w:t>
+                <w:t xml:space="preserve">Ohad Nave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Coulbault</w:t>
+                <w:t xml:space="preserve">Fynn-Mathis Trautwein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cassandre Palix</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Chocat</w:t>
+                <w:t xml:space="preserve">Stephen Fulder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 17 (9), 14 p. </w:t>
+              <w:t xml:space="preserve">Neuroscience of Consciousness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2025 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13195-024-01643-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nc/niaf002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04957795v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05075833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Universally consistent K-sample tests via dependence measures</w:t>
               </w:r>
@@ -1187,1545 +1187,1545 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04957616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circulating Stress Hormones, Brain Health, and Cognition in Healthy Older Adults: Cross-Sectional Findings and Sex Differences in Age-Well</w:t>
+                <w:t xml:space="preserve">Where is my mind? A neurocognitive investigation of mind blanking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxie Liebscher</w:t>
+                <w:t xml:space="preserve">Thomas Andrillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silke White</w:t>
+                <w:t xml:space="preserve">Jennifer Windt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Hass</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Athena Demertzi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Psychiatry Global Open Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bpsgos.2024.100431⟩</w:t>
+              <w:t xml:space="preserve">Trends in Cognitive Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tics.2025.02.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05075808v1</w:t>
+                <w:t xml:space="preserve">hal-05071405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Where is my mind? A neurocognitive investigation of mind blanking</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Circulating Stress Hormones, Brain Health, and Cognition in Healthy Older Adults: Cross-Sectional Findings and Sex Differences in Age-Well</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxie Liebscher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Andrillon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Lutz</w:t>
+                <w:t xml:space="preserve">Silke White</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Windt</w:t>
+                <w:t xml:space="preserve">Simon Hass</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Chocat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Athena Demertzi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Florence Mézenge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Cognitive Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Biological Psychiatry Global Open Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (2 [art. 100431]), 11 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tics.2025.02.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bpsgos.2024.100431⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05071405v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05075808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ENIGMA-Meditation: Worldwide consortium for neuroscientific investigations of meditation practices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Overview of Neurophenomenological Approaches to Meditation and Their Relevance to Clinical Research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lutz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saampras Ganesan</w:t>
+                <w:t xml:space="preserve">Oussama Abdoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yair Dor-Ziderman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fynn-Mathis Trautwein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Barrios</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aviva Berkovich-Ohana</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Psychiatry: Cognitive Neuroscience and Neuroimaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bpsc.2024.10.015⟩</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpsc.2024.11.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04808166v1</w:t>
+                <w:t xml:space="preserve">hal-04935083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of mindfulness‐based and health self‐management interventions on mindfulness, self‐compassion, and physical activity in older adults with subjective cognitive decline: A secondary analysis of the SCD‐Well randomized controlled trial</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marco Schlosser</w:t>
+                <w:t xml:space="preserve">Reduced processing of afforded actions while observing mental content as ongoing mental phenomena</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sucharit Katyal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Abdoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lutz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alzheimer's &amp; Dementia: Diagnosis, Assessment &amp; Disease Monitoring</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/dad2.12558⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.10130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-60934-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808170v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association of critically short telomeres with brain and blood markers of ageing and Alzheimer’s disease in older adults</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Robin de Flores</w:t>
+                <w:t xml:space="preserve">Meditation dosage predicts self- and teacher-perceived responsiveness to an 18-month randomised controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Schlosser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gonneaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Poletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Klimecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13195-024-01635-0⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.26395. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-77069-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04957796v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04810257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sex differences in the association between repetitive negative thinking and neurofilament light</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of an 18-month meditation training on cardiovascular risk in older adults: a secondary analysis of the Age-Well randomized controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Garnier-Crussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gonneaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Felisatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassandre Palix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yolanda Lau</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Miranka Wirth</w:t>
+                <w:t xml:space="preserve">Eglantine Ferrand Devouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NPJ Mental Health Research </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s44184-024-00093-8⟩</w:t>
+              <w:t xml:space="preserve">BMC Geriatrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24 (1), pp.954. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12877-024-05550-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04957804v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04810245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The evolution of subjective cognition after meditation training in older people: a secondary analysis of the three-arm age-well randomized controlled trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Requier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harriet Demnitz-King</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Frison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Gonneaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aging, Neuropsychology and Cognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.1-18. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/13825585.2024.2376783⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04957806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meditation dosage predicts self- and teacher-perceived responsiveness to an 18-month randomised controlled trial</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julie Gonneaud</w:t>
+                <w:t xml:space="preserve">Sex differences in the association between repetitive negative thinking and neurofilament light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolanda Lau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amit Bansal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassandre Palix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harriet Demnitz-King</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Poletti</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Olga Klimecki</w:t>
+                <w:t xml:space="preserve">Miranka Wirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-024-77069-3⟩</w:t>
+              <w:t xml:space="preserve">NPJ Mental Health Research </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3 (1), pp.53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s44184-024-00093-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04810257v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04957804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of an 18-month meditation training on cardiovascular risk in older adults: a secondary analysis of the Age-Well randomized controlled trial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ENIGMA-Meditation: Worldwide consortium for neuroscientific investigations of meditation practices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saampras Ganesan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Barrios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Garnier-Crussard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julie Gonneaud</w:t>
+                <w:t xml:space="preserve">Ishaan Batta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesca Felisatti</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cassandre Palix</w:t>
+                <w:t xml:space="preserve">Clemens C.C. Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eglantine Ferrand Devouge</w:t>
+                <w:t xml:space="preserve">Todd Braver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Geriatrics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 24 (1), pp.954. </w:t>
+              <w:t xml:space="preserve">Biological Psychiatry: Cognitive Neuroscience and Neuroimaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12877-024-05550-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bpsc.2024.10.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04810245v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced processing of afforded actions while observing mental content as ongoing mental phenomena</w:t>
+                <w:t xml:space="preserve">Impact of mindfulness‐based and health self‐management interventions on mindfulness, self‐compassion, and physical activity in older adults with subjective cognitive decline: A secondary analysis of the SCD‐Well randomized controlled trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sucharit Katyal</w:t>
+                <w:t xml:space="preserve">Ylenia d'Elia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oussama Abdoun</w:t>
+                <w:t xml:space="preserve">Tim Whitfield</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Schlosser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugues Mounier</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thorsten Barnhofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 14 (1), pp.10130. </w:t>
+              <w:t xml:space="preserve">Alzheimer's &amp; Dementia: Diagnosis, Assessment &amp; Disease Monitoring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (1), pp.e12558. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-024-60934-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/dad2.12558⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04949615v1</w:t>
+                <w:t xml:space="preserve">hal-04808170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Overview of Neurophenomenological Approaches to Meditation and Their Relevance to Clinical Research</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Oussama Abdoun</w:t>
+                <w:t xml:space="preserve">Association of critically short telomeres with brain and blood markers of ageing and Alzheimer’s disease in older adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asrar Lehodey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yair Dor-Ziderman</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fynn-Mathis Trautwein</w:t>
+                <w:t xml:space="preserve">Perla Kaliman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cassandre Palix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aviva Berkovich-Ohana</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Robin de Florès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin de Flores</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Psychiatry: Cognitive Neuroscience and Neuroimaging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (1), pp.269. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bpsc.2024.11.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13195-024-01635-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04935083v1</w:t>
+                <w:t xml:space="preserve">hal-04957796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decoding meditation mechanisms underlying brain preservation and psycho-affective health in older expert meditators and older meditation-naive participants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Haudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Turpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Landeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Mézenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 14 (1), pp.29521. </w:t>
@@ -2763,51 +2763,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Worldviews From Within: A Qualitative Investigation of Metaphysical and Ethical Beliefs Among European Long-Term Buddhist Practitioners and Novice Mindfulness Practitioners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Poletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prisca Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2880,51 +2880,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ready to help, no matter what you did: Responsibility attribution does not influence compassion in expert Buddhist practitioners.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrico Fucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussama Abdoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constanza Baquedano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3103,563 +3103,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04808163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of a mindfulness-based intervention and a health self-management programme on psychological well-being in older adults with subjective cognitive decline: Secondary analyses from the SCD-Well randomised clinical trial</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exposure to negative socio-emotional events induces sustained alteration of resting-state brain networks in older adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sebastian Baez-Lugo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacila Deza-Araujo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Maradan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Fabienne Collette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julie Gonneaud</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0295175⟩</w:t>
+              <w:t xml:space="preserve">Nature Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3 (1), pp.105-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s43587-022-00341-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04808128v1</w:t>
+                <w:t xml:space="preserve">hal-04808124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An 18-month meditation training selectively improves psychological well-being in older adults: A secondary analysis of a randomised controlled trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Schlosser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Klimecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Collette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Gonneaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Kliegel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 18 (12), pp.e0294753. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0294753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04808127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A neurophenomenological approach to non-ordinary states of consciousness: hypnosis, meditation, and psychedelics</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Franz Vollenweider</w:t>
+                <w:t xml:space="preserve">Effects of a mindfulness-based intervention and a health self-management programme on psychological well-being in older adults with subjective cognitive decline: Secondary analyses from the SCD-Well randomised clinical trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Schlosser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harriet Demnitz-King</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thorsten Barnhofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Collette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gonneaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Cognitive Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tics.2022.11.006⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (12), pp.e0295175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0295175⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808122v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure to negative socio-emotional events induces sustained alteration of resting-state brain networks in older adults</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A neurophenomenological approach to non-ordinary states of consciousness: hypnosis, meditation, and psychedelics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Timmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prisca Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Baez-Lugo</w:t>
+                <w:t xml:space="preserve">Olivia Gosseries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yacila Deza-Araujo</w:t>
+                <w:t xml:space="preserve">Audrey Vanhaudenhuyse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christel Maradan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Antoine Lutz</w:t>
+                <w:t xml:space="preserve">Franz Vollenweider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Aging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 3 (1), pp.105-120. </w:t>
+              <w:t xml:space="preserve">Trends in Cognitive Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27 (2), pp.139-159. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s43587-022-00341-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.tics.2022.11.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808124v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-resolved dynamic computational modeling of human EEG recordings reveals gradients of generative mechanisms for the MMN response</w:t>
               </w:r>
@@ -3773,1432 +3773,1432 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04456556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural dynamics of mindfulness meditation and hypnosis explored with intracranial EEG: A feasibility study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Absence of structural brain changes from mindfulness-based stress reduction: Two combined randomized controlled trials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Sabourdy</w:t>
+                <w:t xml:space="preserve">Tammi R A Kral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Chatard</w:t>
+                <w:t xml:space="preserve">Kaley Davis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Rheims</w:t>
+                <w:t xml:space="preserve">Cole Korponay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Lachaux</w:t>
+                <w:t xml:space="preserve">Matthew Hirshberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Hoel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neulet.2021.136345⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (20), pp.777 - 787. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.abk3316⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04808111v1</w:t>
+                <w:t xml:space="preserve">hal-04808113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Generative Models to Generative Passages: A Computational Approach to (Neuro) Phenomenology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxwell Ramstead</w:t>
+                <w:t xml:space="preserve">Age-related changes in fast spindle clustering during non-rapid eye movement sleep and their relevance for memory consolidation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Champetier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anil Seth</w:t>
+                <w:t xml:space="preserve">Frederik D Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Casper Hesp</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jonas Mago</w:t>
+                <w:t xml:space="preserve">Stéphane Rehel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Ourry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Philosophy and Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13164-021-00604-y⟩</w:t>
+              <w:t xml:space="preserve">Sleep</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/sleep/zsac282⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808120v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03970519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No effect of focused attention and open monitoring meditation on EEG auditory mismatch negativity in expert and novice practitioners</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dynamic functional connectivity patterns associated with dementia risk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Dautricourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gonneaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Landeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vince Calhoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin de Flores</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Psychophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijpsycho.2022.03.010⟩</w:t>
+              <w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (1), pp.72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13195-022-01006-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808116v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04040777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Effect of Mindfulness-based Programs on Cognitive Function in Adults: A Systematic Review and Meta-analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thorsten Barnhofer</w:t>
+                <w:t xml:space="preserve">Effects of an 18-month meditation training on regional brain volume and perfusion in older adults: The Age-Well Randomized Clinical Trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Chételat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lutz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Klimecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Frison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rebecca Acabchuk</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Michael Lee</w:t>
+                <w:t xml:space="preserve">Julien Asselineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychology Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11065-021-09519-y⟩</w:t>
+              <w:t xml:space="preserve">JAMA neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 79 (11), pp.1165-1174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1001/jamaneurol.2022.3185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04040721v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04386132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural Signatures of Pain Modulation in Short-Term and Long-Term Mindfulness Training: A Randomized Active-Control Trial</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tor Wager</w:t>
+                <w:t xml:space="preserve">Association of Self-reflection With Cognition and Brain Health in Cognitively Unimpaired Older Adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harriet Demnitz-King</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Gonneaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Klimecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Chocat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Collette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Journal of Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1176/appi.ajp.21020145⟩</w:t>
+              <w:t xml:space="preserve">Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 99 (13), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000200951⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808118v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of an 18-month meditation training on regional brain volume and perfusion in older adults: The Age-Well Randomized Clinical Trial</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julien Asselineau</w:t>
+                <w:t xml:space="preserve">From Generative Models to Generative Passages: A Computational Approach to (Neuro) Phenomenology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxwell Ramstead</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anil Seth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casper Hesp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lars Sandved-Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Mago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JAMA neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1001/jamaneurol.2022.3185⟩</w:t>
+              <w:t xml:space="preserve">Review of Philosophy and Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (4), pp.829-857. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13164-021-00604-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04386132v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic functional connectivity patterns associated with dementia risk</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">No effect of focused attention and open monitoring meditation on EEG auditory mismatch negativity in expert and novice practitioners</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Fucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Poublan-Couzardot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oussama Abdoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lutz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13195-022-01006-7⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Psychophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 176, pp.62-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpsycho.2022.03.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04040777v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age-related changes in fast spindle clustering during non-rapid eye movement sleep and their relevance for memory consolidation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valentin Ourry</w:t>
+                <w:t xml:space="preserve">Neural dynamics of mindfulness meditation and hypnosis explored with intracranial EEG: A feasibility study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prisca Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Sabourdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Chatard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Rheims</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Lachaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sleep</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/sleep/zsac282⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 766, pp.136345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neulet.2021.136345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03970519v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Absence of structural brain changes from mindfulness-based stress reduction: Two combined randomized controlled trials</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rachel Hoel</w:t>
+                <w:t xml:space="preserve">The Effect of Mindfulness-based Programs on Cognitive Function in Adults: A Systematic Review and Meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim Whitfield</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thorsten Barnhofer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Acabchuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avi Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.abk3316⟩</w:t>
+              <w:t xml:space="preserve">Neuropsychology Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 32 (3), pp.677-702. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11065-021-09519-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808113v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04040721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association of Self-reflection With Cognition and Brain Health in Cognitively Unimpaired Older Adults</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Collette</w:t>
+                <w:t xml:space="preserve">Neural Signatures of Pain Modulation in Short-Term and Long-Term Mindfulness Training: A Randomized Active-Control Trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Wielgosz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tammi R.A. Kral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Perlman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanette Mumford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tor Wager</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 99 (13), </w:t>
+              <w:t xml:space="preserve">The American Journal of Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 179 (10), pp.758-767. </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000200951⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1176/appi.ajp.21020145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04808119v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04808118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measuring Psychological Mechanisms in Meditation Practice: Using a Phenomenologically Grounded Classification System to Develop Theory-Based Composite Scores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Schlosser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thorsten Barnhofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Requier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacila Deza-Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussama Abdoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mindfulness</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13 (3), pp.600-614. </w:t>
@@ -5236,103 +5236,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of a mindfulness-based versus a health self-management intervention on objective cognitive performance in older adults with subjective cognitive decline (SCD): a secondary analysis of the SCD-Well randomized controlled trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tim Whitfield</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harriet Demnitz-King</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Schlosser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thorsten Barnhofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Frison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 14 (1), pp.125. </w:t>
@@ -5383,77 +5383,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of a Mindfulness-Based Intervention versus Health Self-Management on Subclinical Anxiety in Older Adults with Subjective Cognitive Decline: The SCD-Well Randomized Superiority Trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalie L. Marchant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thorsten Barnhofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roxane Coueron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miranka Wirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5504,64 +5504,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a computational phenomenology of mental action: modelling meta-awareness and attentional control with deep parametric active inference</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lars Sandved-Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Casper Hesp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Mattout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5638,64 +5638,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pain regulation during mindfulness meditation: Phenomenological fingerprints in novices and experts practitioners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Poletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussama Abdoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jelle Zorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5768,64 +5768,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The protective effect of mindfulness and compassion meditation practices on ageing: hypotheses, models and experimental implementation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael Chételat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Collette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga M Klimecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6027,51 +6027,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive Defusion Is a Core Cognitive Mechanism for the Sensory-Affective Uncoupling of Pain During Mindfulness Meditation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jelle Zorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussama Abdoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Sonié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6278,64 +6278,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mindfulness meditation is related to sensory‐affective uncoupling of pain in trained novice and expert practitioners</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jelle Zorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussama Abdoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lutz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6382,90 +6382,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Association of Sleep-Disordered Breathing With Alzheimer Disease Biomarkers in Community-Dwelling Older Adults: A Secondary Analysis of a Randomized Clinical Trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Réhel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Kuhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Landeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Moulinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6510,572 +6510,572 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02571890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coping with Seizures Through Mindfulness Meditation: a Qualitative Study of a Mindfulness-Based Intervention in Epilepsy</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Differential DNA methylation in experienced meditators after an intensive day of mindfulness-based practice: implications for immune-related pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fagny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cosin-Tomás</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Alvarez-López</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Lemee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mindfulness</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12671-019-01168-w⟩</w:t>
+              <w:t xml:space="preserve">Brain, Behavior, and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.30879-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbi.2019.11.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04806223v1</w:t>
+                <w:t xml:space="preserve">hal-02404337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Auditory perceptual learning is not affected by anticipatory anxiety in the healthy population except for highly anxious individuals: EEG evidence</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The impact of meditation on healthy ageing — the current state of knowledge and a roadmap to future directions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Poisnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Chételat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga M Klimecki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie L Marchant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lutz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clinph.2019.04.010⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28, pp.223-228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.copsyc.2019.01.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03484417v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02746970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential DNA methylation in experienced meditators after an intensive day of mindfulness-based practice: implications for immune-related pathways</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Auditory perceptual learning is not affected by anticipatory anxiety in the healthy population except for highly anxious individuals: EEG evidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Alvarez-López</w:t>
+                <w:t xml:space="preserve">E. Fucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Lemee</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">O. Abdoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lutz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain, Behavior, and Immunity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbi.2019.11.003⟩</w:t>
+              <w:t xml:space="preserve">Clinical Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 130, pp.1135 - 1143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clinph.2019.04.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02404337v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03484417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of meditation on healthy ageing — the current state of knowledge and a roadmap to future directions</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Natalie L Marchant</w:t>
+                <w:t xml:space="preserve">Coping with Seizures Through Mindfulness Meditation: a Qualitative Study of a Mindfulness-Based Intervention in Epilepsy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prisca Bauer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Poletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Sabourdy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 28, pp.223-228. </w:t>
+              <w:t xml:space="preserve">Mindfulness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (10), pp.2010-2025. </w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.copsyc.2019.01.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12671-019-01168-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02746970v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04806223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Training novice practitioners to reliably report their meditation experience using shared phenomenological dimensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oussama Abdoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jelle Zorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Poletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrico Fucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7369,51 +7369,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction-based neural mechanisms for shielding the self from existential threat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Dor-Ziderman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Goldstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7460,51 +7460,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effect of Mindfulness Meditation on Impulsivity and its Neurobiological Correlates in Healthy Adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cole Korponay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Dentico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7588,485 +7588,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04806221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meditation-induced modulation of brain response to transcranial magnetic stimulation</w:t>
+                <w:t xml:space="preserve">Human Rapid Eye Movement Sleep Shows Local Increases in Low-Frequency Oscillations and Global Decreases in High-Frequency Oscillations Compared to Resting Wakefulness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Bodart</w:t>
+                <w:t xml:space="preserve">Benjamin Baird</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matteo Fecchio</w:t>
+                <w:t xml:space="preserve">Anna Castelnovo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcello Massimini</w:t>
+                <w:t xml:space="preserve">Brady Riedner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Wannez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alessandra Virgillito</w:t>
+                <w:t xml:space="preserve">Fabio Ferrarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Stimulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.brs.2018.08.018⟩</w:t>
+              <w:t xml:space="preserve">eNeuro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5 (4), pp.ENEURO.0293-18.2018. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/ENEURO.0293-18.2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-04958038v1</w:t>
+                <w:t xml:space="preserve">inserm-04958036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of short- and long-term mindfulness meditation training on amygdala reactivity to emotional stimuli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tammi R A Kral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brianna Schuyler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanette Mumford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melissa Rosenkranz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroImage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 181, pp.301-313. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2018.07.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-04958040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human Rapid Eye Movement Sleep Shows Local Increases in Low-Frequency Oscillations and Global Decreases in High-Frequency Oscillations Compared to Resting Wakefulness</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Meditation-induced modulation of brain response to transcranial magnetic stimulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bodart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Baird</w:t>
+                <w:t xml:space="preserve">Matteo Fecchio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Castelnovo</w:t>
+                <w:t xml:space="preserve">Marcello Massimini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brady Riedner</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Lutz</w:t>
+                <w:t xml:space="preserve">Sarah Wannez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabio Ferrarelli</w:t>
+                <w:t xml:space="preserve">Alessandra Virgillito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eNeuro</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 5 (4), pp.ENEURO.0293-18.2018. </w:t>
+              <w:t xml:space="preserve">Brain Stimulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11 (6), pp.1397-1400. </w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1523/ENEURO.0293-18.2018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.brs.2018.08.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04958036v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04958038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Age-Well randomized controlled trial of the Medit-Ageing European project: Effect of meditation or foreign language training on brain and mental health in older adults-NC-ND license (http://creativecommons.org/licenses/by-nc-nd/ 4.0/)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Poisnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eider Arenaza‐urquijo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Collette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga M Klimecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8130,90 +8130,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why could meditation practice help promote mental health and well-being in aging?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Chételat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eider M Arenaza-Urquijo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Collette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga M Klimecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8277,77 +8277,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The SCD-Well randomized controlled trial: Effects of a mindfulness- based intervention versus health education on mental health in patients with subjective cognitive decline (SCD)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalie L Marchant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thorsten Barnhofer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga M Klimecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Poisnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8392,589 +8392,589 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02798548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New directions in hypnosis research: strategies for advancing the cognitive and clinical neuroscience of hypnosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reduced age-associated brain changes in expert meditators: a multimodal neuroimaging pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Chételat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Mézenge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mark Jensen</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">William Mcgeown</w:t>
+                <w:t xml:space="preserve">Clémence Tomadesso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Landeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eider M Arenaza-Urquijo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience of Consciousness</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nc/nix004⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.1721 - 1731. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-07764-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-04958045v1</w:t>
+                <w:t xml:space="preserve">hal-01599353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topological Network Analysis of Electroencephalographic Power Maps</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Epigenetic clock analysis in long-term meditators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Jesús Alvarez-López</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Fagny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Lemee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuan Wang</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Béatrice Regnault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Connectomics in neuroimaging : First International Workshop, CNI 2017, held in conjunction with MICCAI 2017, Quebec City, QC, Canada, September 14, 2017, proceedings. CNI (Workshop) (1st : 2017 : Quebec, Quebec)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-67159-8_16⟩</w:t>
+              <w:t xml:space="preserve">Psychoneuroendocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 85, pp.210-214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psyneuen.2017.08.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-04958051v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02555207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced age-associated brain changes in expert meditators: a multimodal neuroimaging pilot study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florence Mézenge</w:t>
+                <w:t xml:space="preserve">New directions in hypnosis research: strategies for advancing the cognitive and clinical neuroscience of hypnosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Jensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graham Jamieson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Tomadesso</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Eider M Arenaza-Urquijo</w:t>
+                <w:t xml:space="preserve">Giuliana Mazzoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Mcgeown</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-07764-x⟩</w:t>
+              <w:t xml:space="preserve">Neuroscience of Consciousness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2017 (1), pp.nix004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nc/nix004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01599353v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04958045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epigenetic clock analysis in long-term meditators</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Topological Network Analysis of Electroencephalographic Power Maps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Jesús Alvarez-López</w:t>
+                <w:t xml:space="preserve">Yuan Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Fagny</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laure Lemee</w:t>
+                <w:t xml:space="preserve">Moo Chung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Dentico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Regnault</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Richard Davidson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychoneuroendocrinology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 85, pp.210-214. </w:t>
+              <w:t xml:space="preserve">Connectomics in neuroimaging : First International Workshop, CNI 2017, held in conjunction with MICCAI 2017, Quebec City, QC, Canada, September 14, 2017, proceedings. CNI (Workshop) (1st : 2017 : Quebec, Quebec)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Lecture Notes in Computer Science, 10511, pp.134-142. </w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psyneuen.2017.08.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-67159-8_16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02555207v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04958051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neurobiological correlates of impulsivity in healthy adults: Lower prefrontal gray matter volume and spontaneous eye-blink rate but greater resting-state functional connectivity in basal ganglia-thalamo-cortical circuitry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cole Korponay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniela Dentico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9198,90 +9198,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term mindfulness training is associated with reliable differences in resting respiration rate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Wielgosz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brianna Schuyler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Davidson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 6 (1), pp.27533. </w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9737,51 +9737,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Cécillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martial Mermillod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Lachaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9884,51 +9884,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Gentaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Lachaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anglais pour psychologues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dunod, 2022, Psycho Sup</w:t>
@@ -10002,77 +10002,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Age‐Well observational study on expert meditators in the Medit‐Ageing European project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lutz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Klimecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Collette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Poisnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eider M Arenaza-Urquijo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10292,51 +10292,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085757v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Haudry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dautricourt" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gonneaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Landeau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vince Daniel Calhoun" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/IMAG.a.33" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071399v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Requier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamed Mohammadi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harriet Demnitz-King" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Schlosser" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Poisnel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-00226-9" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957802v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perla Kaliman" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Jes&#250;s &#193;lvarez-L&#243;pez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asrar Lehodey" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chocat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpsgos.2024.100398" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075833v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yair Dor-Ziderman" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoav Schweitzer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ohad Nave" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fynn-Mathis Trautwein" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Fulder" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nc/niaf002" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05230409v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Champetier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Hamel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Andr&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Ourry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Lacroix" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.70161" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957795v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edelweiss Touron" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin de Flores" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Coulbault" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Palix" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-024-01643-0" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957805v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sambit Panda" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cencheng Shen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Perry" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelle Zorn" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lutz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spl.2024.110278" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957616v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schlatter" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berland" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Shankland" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Barret" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0142159x.2024.2431137" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075808v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxie Liebscher" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke White" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hass" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence M&#233;zenge" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpsgos.2024.100431" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071405v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Andrillon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Windt" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athena Demertzi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2025.02.002" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808166v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saampras Ganesan" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Barrios" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ishaan Batta" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemens C.C. Bauer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd Braver" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpsc.2024.10.015" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808170v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ylenia d'Elia" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Whitfield" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Barnhofer" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dad2.12558" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957796v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin de Flor&#232;s" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-024-01635-0" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957804v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Lau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Bansal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miranka Wirth" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44184-024-00093-8" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957806v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Frison" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Delarue" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13825585.2024.2376783" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810257v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Poletti" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Klimecki" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-77069-3" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810245v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Garnier-Crussard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Felisatti" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Ferrand Devouge" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12877-024-05550-9" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949615v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sucharit Katyal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Abdoun" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Mounier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-60934-6" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935083v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aviva Berkovich-Ohana" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpsc.2024.11.008" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867988v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Turpin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-79687-3" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810258v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prisca Bauer" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12671-024-02448-w" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957814v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Fucci" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constanza Baquedano" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808163v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Czajko" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Daumail" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Chetelat" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Margulies" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpsgos.2024.100372" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808128v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Collette" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0295175" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808127v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Kliegel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0294753" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808122v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Timmermann" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Gosseries" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Vanhaudenhuyse" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Vollenweider" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2022.11.006" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808124v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Baez-Lugo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacila Deza-Araujo" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Maradan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43587-022-00341-6" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456556v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Poublan-Couzardot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lecaignard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard J Davidson" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mattout" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1010557" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808111v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sabourdy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chatard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rheims" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lachaux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2021.136345" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808120v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxwell Ramstead" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Seth" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casper Hesp" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Sandved-Smith" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Mago" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13164-021-00604-y" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808116v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpsycho.2022.03.010" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04040721v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Acabchuk" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avi Cohen" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lee" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11065-021-09519-y" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808118v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Wielgosz" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tammi R.A. Kral" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Perlman" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanette Mumford" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tor Wager" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1176/appi.ajp.21020145" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04386132v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Ch&#233;telat" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Asselineau" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamaneurol.2022.3185" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04040777v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vince Calhoun" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-022-01006-7" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03970519v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik D Weber" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rehel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsac282" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808113v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tammi R A Kral" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaley Davis" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cole Korponay" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Hirshberg" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Hoel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abk3316" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808119v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000200951" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808112v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12671-021-01816-0" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04957863v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-022-01057-w" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273712v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie L. Marchant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Coueron" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000515669" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808110v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Friston" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nc/niab018" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806512v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejp.1774" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03540925v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga M Klimecki" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie L Marchant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806235v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Lott" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tenzin Yeshi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Norchung" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonam Dolma" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nyima Tsering" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.599190" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806494v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Soni&#233;" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PSY.0000000000000938" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03174443v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sietske A.M. Sikkes" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Tang" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roos J Jutten" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda M.P. Wesselman" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyn S Turkstra" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.12188" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806231v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejp.1576" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02571890v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane R&#233;hel" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Kuhn" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Moulinet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamaneurol.2020.0311" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806223v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12671-019-01168-w" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484417v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Fucci" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Abdoun" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lutz" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2019.04.010" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404337v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chaix" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fagny" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cosin-Tom&#225;s" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alvarez-L&#243;pez" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lemee" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2019.11.003" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02746970v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Ch&#233;telat" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.copsyc.2019.01.006" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172411v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.concog.2019.01.004" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173070v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Pagnoni" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.copsyc.2018.12.019" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806216v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Lopez" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Cosmelli" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.14632" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806230v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Dor-Ziderman" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goldstein" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.116080" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806221v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Dentico" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tammi Kral" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Ly" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayla Kruis" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-47662-y" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04958038v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bodart" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Fecchio" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Massimini" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Wannez" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Virgillito" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2018.08.018" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04958040v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brianna Schuyler" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Rosenkranz" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2018.07.013" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04958036v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Baird" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Castelnovo" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brady Riedner" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Ferrarelli" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/ENEURO.0293-18.2018" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02798298v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eider Arenaza&#8208;urquijo" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trci.2018.10.011" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02797037v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eider M Arenaza-Urquijo" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-018-0388-5" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02798548v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trci.2018.10.010" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04958045v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Jensen" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Jamieson" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliana Mazzoni" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Mcgeown" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nc/nix004" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04958051v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Wang" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moo Chung" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Davidson" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-67159-8_16" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-01599353v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Tomadesso" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-07764-x" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02555207v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Chaix" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jes&#250;s Alvarez-L&#243;pez" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Fagny" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Regnault" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2017.08.016" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04958047v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2017.06.015" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808168v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Vergara" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Fabar" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-13662-z" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04958058v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep27533" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-01599345v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cortland Dahl" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard J. Davidson" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2015.07.001" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967729v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan R Vidal" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Perrone-Bertolotti" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Levy" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca de Palma" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorella Minotti" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2014.03.049" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6D4RDTWH-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284954v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Petitmengin" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794141v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier C&#233;cillon" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Mermillod" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794152v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Gentaz" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011094v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trci.2018.11.002" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957795v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edelweiss Touron" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin de Flores" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Coulbault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Palix" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chocat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-024-01643-0" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05230409v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Champetier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Hamel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Andr&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Ourry" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Lacroix" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.70161" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071399v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Requier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamed Mohammadi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harriet Demnitz-King" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Schlosser" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Poisnel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-00226-9" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957802v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perla Kaliman" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Jes&#250;s &#193;lvarez-L&#243;pez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asrar Lehodey" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpsgos.2024.100398" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085757v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Haudry" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dautricourt" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gonneaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Landeau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vince Daniel Calhoun" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/IMAG.a.33" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075833v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yair Dor-Ziderman" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoav Schweitzer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ohad Nave" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fynn-Mathis Trautwein" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Fulder" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nc/niaf002" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957805v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sambit Panda" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cencheng Shen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Perry" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jelle Zorn" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lutz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.spl.2024.110278" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957616v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Schlatter" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berland" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Shankland" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Barret" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0142159x.2024.2431137" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05071405v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Andrillon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Windt" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athena Demertzi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2025.02.002" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075808v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxie Liebscher" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke White" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hass" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence M&#233;zenge" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpsgos.2024.100431" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04935083v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Abdoun" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aviva Berkovich-Ohana" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpsc.2024.11.008" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949615v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sucharit Katyal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Mounier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-60934-6" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810257v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Poletti" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bouet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Klimecki" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-77069-3" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810245v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Garnier-Crussard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Felisatti" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Ferrand Devouge" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12877-024-05550-9" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957806v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Frison" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Delarue" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13825585.2024.2376783" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957804v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Lau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Bansal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miranka Wirth" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44184-024-00093-8" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808166v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saampras Ganesan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Barrios" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ishaan Batta" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clemens C.C. Bauer" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd Braver" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpsc.2024.10.015" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808170v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ylenia d'Elia" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Whitfield" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Barnhofer" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dad2.12558" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957796v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin de Flor&#232;s" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-024-01635-0" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867988v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Turpin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-79687-3" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810258v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prisca Bauer" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12671-024-02448-w" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957814v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Fucci" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constanza Baquedano" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808163v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Czajko" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Daumail" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Chetelat" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Margulies" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpsgos.2024.100372" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808124v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Baez-Lugo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacila Deza-Araujo" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Maradan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Collette" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43587-022-00341-6" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808127v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Kliegel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0294753" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808128v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0295175" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808122v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Timmermann" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Gosseries" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Vanhaudenhuyse" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Vollenweider" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2022.11.006" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456556v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Poublan-Couzardot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lecaignard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard J Davidson" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mattout" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1010557" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808113v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tammi R A Kral" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaley Davis" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cole Korponay" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Hirshberg" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Hoel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abk3316" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03970519v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik D Weber" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rehel" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsac282" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04040777v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vince Calhoun" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-022-01006-7" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04386132v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Ch&#233;telat" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Asselineau" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamaneurol.2022.3185" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808119v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000200951" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808120v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxwell Ramstead" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Seth" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casper Hesp" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Sandved-Smith" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Mago" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13164-021-00604-y" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808116v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpsycho.2022.03.010" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808111v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Sabourdy" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chatard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Rheims" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lachaux" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2021.136345" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04040721v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Acabchuk" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avi Cohen" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lee" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11065-021-09519-y" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808118v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Wielgosz" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tammi R.A. Kral" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Perlman" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanette Mumford" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tor Wager" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1176/appi.ajp.21020145" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808112v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12671-021-01816-0" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04957863v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-022-01057-w" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273712v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie L. Marchant" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Coueron" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000515669" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808110v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Friston" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nc/niab018" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806512v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejp.1774" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-03540925v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga M Klimecki" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie L Marchant" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806235v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Lott" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tenzin Yeshi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Norchung" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonam Dolma" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nyima Tsering" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.599190" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806494v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Soni&#233;" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PSY.0000000000000938" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03174443v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sietske A.M. Sikkes" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Tang" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roos J Jutten" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda M.P. Wesselman" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyn S Turkstra" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.12188" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806231v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejp.1576" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02571890v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane R&#233;hel" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Kuhn" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Moulinet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamaneurol.2020.0311" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404337v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chaix" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fagny" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cosin-Tom&#225;s" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alvarez-L&#243;pez" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lemee" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2019.11.003" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02746970v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Ch&#233;telat" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.copsyc.2019.01.006" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484417v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Fucci" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Abdoun" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lutz" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinph.2019.04.010" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806223v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12671-019-01168-w" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172411v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.concog.2019.01.004" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173070v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Pagnoni" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.copsyc.2018.12.019" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806216v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Lopez" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Cosmelli" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.14632" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806230v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Dor-Ziderman" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goldstein" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.116080" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04806221v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Dentico" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tammi Kral" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Ly" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayla Kruis" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-47662-y" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04958036v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Baird" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Castelnovo" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brady Riedner" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Ferrarelli" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/ENEURO.0293-18.2018" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04958040v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brianna Schuyler" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Rosenkranz" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2018.07.013" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04958038v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bodart" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Fecchio" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Massimini" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Wannez" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Virgillito" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2018.08.018" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02798298v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eider Arenaza&#8208;urquijo" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trci.2018.10.011" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02797037v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eider M Arenaza-Urquijo" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-018-0388-5" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02798548v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trci.2018.10.010" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-01599353v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Tomadesso" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-07764-x" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02555207v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Chaix" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jes&#250;s Alvarez-L&#243;pez" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Fagny" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Regnault" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psyneuen.2017.08.016" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04958045v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Jensen" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Jamieson" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuliana Mazzoni" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Mcgeown" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nc/nix004" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04958051v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Wang" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moo Chung" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Davidson" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-67159-8_16" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04958047v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2017.06.015" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808168v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Vergara" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Fabar" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-13662-z" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04958058v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep27533" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-01599345v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cortland Dahl" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard J. Davidson" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tics.2015.07.001" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967729v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan R Vidal" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Perrone-Bertolotti" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Levy" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca de Palma" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorella Minotti" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2014.03.049" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6D4RDTWH-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284954v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Petitmengin" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794141v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier C&#233;cillon" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Mermillod" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794152v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Gentaz" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011094v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trci.2018.11.002" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>