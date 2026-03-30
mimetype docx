--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -1645,230 +1645,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04132787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étudier les usages étudiants du numérique en temps de COVID : apports et limites d'une enquête à distance</w:t>
+                <w:t xml:space="preserve">Quels logiciels pour enseigner le quanti ? L’espace des outils disponibles, au prisme des objectifs pédagogiques et des contextes d’apprentissage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Zerbib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Machut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofia Aouani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mercklé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les rencontres du CERAG - 1ère édition - Des Hommes, des techniques et des organisations face à la crise COVID-19</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Compter, mesurer, calculer… raisonner ? Enseigner le quanti en sciences sociales dans le supérieur : pratiques et défis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03910423v1</w:t>
+                <w:t xml:space="preserve">halshs-03910015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels logiciels pour enseigner le quanti ? L’espace des outils disponibles, au prisme des objectifs pédagogiques et des contextes d’apprentissage</w:t>
+                <w:t xml:space="preserve">Étudier les usages étudiants du numérique en temps de COVID : apports et limites d'une enquête à distance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Zerbib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Machut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofia Aouani</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Mercklé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Compter, mesurer, calculer… raisonner ? Enseigner le quanti en sciences sociales dans le supérieur : pratiques et défis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Nantes, France</w:t>
+              <w:t xml:space="preserve">Les rencontres du CERAG - 1ère édition - Des Hommes, des techniques et des organisations face à la crise COVID-19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03910015v1</w:t>
+                <w:t xml:space="preserve">halshs-03910423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3135,51 +3135,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05506266v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Parasie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Machut" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mazoyer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19401612251377328" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05094289v4" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cr&#233;pel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Mazoyer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ooghe-Tabanou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Plique" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Cointet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21410/7E4/VMMY7L" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05267105v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04198004v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bastin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.44138" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195408v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cardon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Perdoncin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01813729v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01813651v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382317v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/temporalites.3403" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609314v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bereni" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Depecker" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Penalva-Icher" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877274v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04873527v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bidart" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Merckl&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04873616v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Krohmer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609303v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609298v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chaves" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132787v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03910423v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zerbib" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Aouani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03910015v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05023808v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Barraud de Lagerie" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie B&#233;thoux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bory" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-05528792v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assas-universite.fr/fr/recherche/editions-pantheon-assas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04872917v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11utp" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877265v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cereq.fr/collection/cereq-echanges" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11uuc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642123v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.18582" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01813598v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Finance-at-Work/Boussard/p/book/9781138204034" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01813641v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.3179" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01813635v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04868603v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Christensen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03368836v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019GREAH040" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05506266v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Parasie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Machut" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Mazoyer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/19401612251377328" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05094289v4" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cr&#233;pel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Mazoyer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ooghe-Tabanou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Plique" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Cointet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21410/7E4/VMMY7L" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05267105v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04198004v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bastin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.44138" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195408v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cardon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Perdoncin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01813729v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01813651v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382317v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/temporalites.3403" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609314v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bereni" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Depecker" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Penalva-Icher" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877274v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04873527v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bidart" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Merckl&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04873616v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Krohmer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609303v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609298v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chaves" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132787v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03910015v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zerbib" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Aouani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03910423v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05023808v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Barraud de Lagerie" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie B&#233;thoux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bory" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pantheon-assas.hal.science/hal-05528792v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.assas-universite.fr/fr/recherche/editions-pantheon-assas" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04872917v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11utp" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04877265v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cereq.fr/collection/cereq-echanges" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11uuc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03642123v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ugaeditions.18582" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01813598v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/Finance-at-Work/Boussard/p/book/9781138204034" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01813641v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.3179" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01813635v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04868603v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Christensen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03368836v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019GREAH040" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>