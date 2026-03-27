--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bringing atom probe tomography to transmission electron microscopes</w:t>
+                <w:t xml:space="preserve">In-Situ Pulsed Hydrogen Implantation in Atom Probe Tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Maillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Gérald da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Benjamin Klaes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Bacchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aidar Zakirov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 15 (1), pp.9870. </w:t>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-024-54169-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/mam/ozae040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04885414v1</w:t>
+                <w:t xml:space="preserve">hal-04582888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-Situ Pulsed Hydrogen Implantation in Atom Probe Tomography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bringing atom probe tomography to transmission electron microscopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald da Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Maillet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gérald da Costa</w:t>
+                <w:t xml:space="preserve">Celia Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Klaes</w:t>
+                <w:t xml:space="preserve">Charly Vaudolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Bacchi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Normand</w:t>
+                <w:t xml:space="preserve">Aidar Zakirov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.9870. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/mam/ozae040⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-54169-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04582888v1</w:t>
+                <w:t xml:space="preserve">hal-04885414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bright and ultrafast electron point source made of LaB 6 nanotip</w:t>
               </w:r>
@@ -547,51 +547,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Hatzoglou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -655,51 +655,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introducing field evaporation energy loss spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Morgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -776,64 +776,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of an Energy-Sensitive Detector for the Atom Probe Tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Bacchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Cadel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1044,51 +1044,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of Wide Field of View Three-Dimensional Field Ion Microscopy and High-Fidelity Reconstruction Algorithms to the Study of Defects in Nuclear Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Klaes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigue Lardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1172,295 +1172,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03474668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic Effects in Voltage Pulsed Atom Probe</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A Photonic Atom Probe coupling 3D Atomic Scale Analysis with in situ Photoluminescence Spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Houard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Gault</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Di Russo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Bacchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Dalapati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1431927620024587⟩</w:t>
+              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 91, pp.083704. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0012359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03013684v1</w:t>
+                <w:t xml:space="preserve">hal-02902892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Photonic Atom Probe coupling 3D Atomic Scale Analysis with in situ Photoluminescence Spectroscopy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Dynamic Effects in Voltage Pulsed Atom Probe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">P Dalapati</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Morgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leigh Stephenson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Gault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 91, pp.083704. </w:t>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 26 (6), pp.1133-1146. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0012359⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S1431927620024587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02902892v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03013684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical Contactless Measurement of Electric Field-Induced Tensile Stress in Diamond Nanoscale Needles</w:t>
               </w:r>
@@ -1485,51 +1485,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Venturi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Houard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Silaeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1593,51 +1593,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimizing Atom Probe Analysis with Synchronous Laser Pulsing and Voltage Pulsing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lu Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Houard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1727,51 +1727,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoscale photoconductive switching effect applied to atom probe tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lu Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Houard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1886,51 +1886,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lu Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Delamare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Delaroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2033,51 +2033,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Arnoldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Vurpillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Deconihout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2153,51 +2153,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pulse shaping optimization for improving atom probe tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lu Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Delaroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2308,404 +2308,404 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of A Multistage Marx Generator topology based on SiC-MOSFET Device for Atomic Probe Tomography Applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of a High Voltage and High Frequency pulse generator configuration for Atom Probe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kambiz Tehrani</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Antoine Normand</w:t>
+                <w:t xml:space="preserve">Tehrani Kambiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Vurpillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 IEEE 15th International Conference of System of Systems Engineering (SoSE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2020, Budapest, Hungary. pp.000423-000428, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SoSE50414.2020.9130521⟩</w:t>
+              <w:t xml:space="preserve">, Jun 2020, Budapest, France. pp.193-198, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SoSE50414.2020.9130486⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02964346v1</w:t>
+                <w:t xml:space="preserve">hal-02889710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of A Multistage Marx Generator topology based on SiC-MOSFET Device for Atomic Probe Tomography Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kambiz Tehrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yunbi Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Vurpillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 IEEE 15th International Conference of System of Systems Engineering (SoSE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2020, Budapest, France. pp.000423-000428, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/SoSE50414.2020.9130521⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02889711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a High Voltage and High Frequency pulse generator configuration for Atom Probe</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Design of A Multistage Marx Generator topology based on SiC-MOSFET Device for Atomic Probe Tomography Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kambiz Tehrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yunbi Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tehrani Kambiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Vurpillot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 IEEE 15th International Conference of System of Systems Engineering (SoSE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2020, Budapest, France. pp.193-198, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SoSE50414.2020.9130486⟩</w:t>
+              <w:t xml:space="preserve">, Jun 2020, Budapest, Hungary. pp.000423-000428, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SoSE50414.2020.9130521⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02889710v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02964346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correlative Investigations by HAADF-STEM and Atom Probe Tomography</w:t>
               </w:r>
@@ -2717,51 +2717,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Williams Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Moyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2851,51 +2851,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lu Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Delamare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Delaroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2991,103 +2991,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bringing Atom Probe Tomography to Transmission Electron Microscopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charly Vaudolon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aidar Zakirov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -3122,51 +3122,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numeric modeling of synchronous laser pulsing and voltage pulsing field evaporation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lu Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Houard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3396,51 +3396,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885414v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald da Costa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Castro" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Normand" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Vaudolon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidar Zakirov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-54169-2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04582888v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Maillet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Klaes" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bacchi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mam/ozae040" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344647v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bhorade" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Deconihout" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Blum" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Moldovan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Houard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3na00069a" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04346766v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vurpillot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rousseau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hatzoglou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Gault" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/micmic/ozad067.293" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04106937v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Morgado" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanne-Sofie Marie Scisly S&#248;reide" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh Stephenson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-023-01203-2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178516v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cadel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cuvilly" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927621012708" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138246v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Vella" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Arnoldi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mincheng Tang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Boudant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abd7259" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03474668v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Lard&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Delaroche" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Hatzoglou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Parviainen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927621000131" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013684v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927620024587" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902892v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Di Russo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dalapati" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0012359" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766100v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Rigutti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Venturi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Silaeva" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.7b03222" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611781v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Zhao" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927616012666" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719197v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/116/27002" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1CA54C0915FE2DE08A8BDBA76644D69C24269A05/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954239v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delamare" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Latry" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/120/1/012006" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109749v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sevelin-Radiguet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arnoldi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/109/37009" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E2CB982B7529C482172F4E24056F3339D405FE2A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177749v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ravelo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2015.06.012" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MQ8G1VXB-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964346v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kambiz Tehrani" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunbi Liu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Rousseau" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SoSE50414.2020.9130521" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889711v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889710v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tehrani Kambiz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SoSE50414.2020.9130486" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954243v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Williams Lefebvre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Moyon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rolland" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527808465.EMC2016.8364" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107624v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RADIO.2015.7323403" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734951v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02127790v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04582888v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Maillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald da Costa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Klaes" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bacchi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Normand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mam/ozae040" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885414v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Castro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Vaudolon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidar Zakirov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-54169-2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04344647v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bhorade" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Deconihout" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Blum" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Moldovan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Houard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3na00069a" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04346766v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vurpillot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rousseau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hatzoglou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Gault" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/micmic/ozad067.293" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04106937v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Morgado" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanne-Sofie Marie Scisly S&#248;reide" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh Stephenson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-023-01203-2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178516v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cadel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cuvilly" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927621012708" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138246v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Vella" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Arnoldi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mincheng Tang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Boudant" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abd7259" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03474668v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Lard&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Delaroche" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Hatzoglou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Parviainen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927621000131" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902892v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Di Russo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dalapati" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0012359" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013684v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927620024587" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01766100v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Rigutti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Venturi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Silaeva" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.nanolett.7b03222" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611781v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Zhao" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927616012666" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01719197v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/116/27002" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1CA54C0915FE2DE08A8BDBA76644D69C24269A05/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954239v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delamare" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Latry" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/120/1/012006" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109749v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sevelin-Radiguet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Arnoldi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/109/37009" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E2CB982B7529C482172F4E24056F3339D405FE2A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02177749v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ravelo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2015.06.012" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MQ8G1VXB-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889710v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tehrani Kambiz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SoSE50414.2020.9130486" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889711v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kambiz Tehrani" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunbi Liu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SoSE50414.2020.9130521" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964346v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Rousseau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954243v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Williams Lefebvre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Moyon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rolland" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527808465.EMC2016.8364" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107624v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/RADIO.2015.7323403" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734951v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02127790v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>