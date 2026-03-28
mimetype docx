--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -91,1771 +91,4828 @@
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> ORCID : </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">0000-0002-7300-7874</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> IdRef : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">179950533</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> VIAF : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">310656274</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (8)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (26)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Microsize Chromatographic Manufacturing for Fast Desalting to Its Characterization</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">VOCs conversion in He/H2O plasma produced in a microcapillary tube at atmospheric pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Hamouda</w:t>
+                <w:t xml:space="preserve">Gerard Bauville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Bouville</w:t>
+                <w:t xml:space="preserve">Michel Heninger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Pallandre</w:t>
+                <w:t xml:space="preserve">Joël Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Jeanney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Santos Sousa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.analchem.4c02568⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 58 (1), pp.015207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6463/ad8006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04789630v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04728346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VOCs conversion in He/H2O plasma produced in a microcapillary tube at atmospheric pressure</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From Microsize Chromatographic Manufacturing for Fast Desalting to Its Characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël Lemaire</w:t>
+                <w:t xml:space="preserve">Isabel de Figueiredo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Jeanney</w:t>
+                <w:t xml:space="preserve">Bernard Bartenlian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">João Santos Sousa</w:t>
+                <w:t xml:space="preserve">Frédéric Hamouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bouville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pallandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6463/ad8006⟩</w:t>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 96 (40), pp.15907-15914. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.4c02568⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04728346v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04789630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrochemical Nucleic Acid Biosensor on a Microfluidic Chip to Understand the Coupling between Electrochemistry and Microfluidics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Charlotte Horny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Freisa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Poujouly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Gonzalez-Losada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chemical Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 101 (2), pp.605-611. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jchemed.3c01054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04609625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Lanthanum on Stern Layer Conductance in the Nanochannel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Damien Delapierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sokhna Mery Ngom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Le Potier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Pallandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 127 (33), pp.7012-7022. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jpca.3c01818⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04249440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomics Methodologies: The Search of Protein Biomarkers Using Microfluidic Systems Coupled to Mass Spectrometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel de Figueiredo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bartenlian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume van der Rest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Pallandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Halgand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proteomes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 11 (2), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/proteomes11020019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04273079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autoxidation Kinetics of Tetrahydrobiopterin—Giving Quinonoid Dihydrobiopterin the Consideration It Deserves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ayoub Boulghobra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Bonose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eskandar Alhajji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Pallandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Flamand-Roze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 28 (3), pp.1267. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/molecules28031267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04048328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electropreconcentration diagrams to optimize molecular enrichment with low counter pressure in a nanofluidic device</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fatima Flores‐galicia</w:t>
+                <w:t xml:space="preserve">A rapid and sensitive method for the quantification of dopamine and serotonin metabolites in cerebrospinal fluid based on UHPLC with fluorescence detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayoub Boulghobra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Bonose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François‐damien Delapierre</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Isabelle Billault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Pallandre</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrophoresis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/elps.202000117⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chromatography B - Analytical Technologies in the Biomedical and Life Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1200, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jchromb.2022.123264⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02992532v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03958818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quantification of monoamine biomarkers in cerebrospinal fluid: Comparison of a UHPLC–MS/MS method with a UHPLC coupled to fluorescence detection method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayoub Boulghobra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taous Abar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fathi Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biomedical Chromatography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 36 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/bmc.5502⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03981767v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Predicting ion concentration polarization and analyte stacking/focusing at nanofluidic interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Flores‐galicia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eden Alexander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sumita Pennathur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marie Haghiri-Gosnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Electrophoresis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 43 (5-6), pp.741-751. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/elps.202100297⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03430219v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electropreconcentration diagrams to optimize molecular enrichment with low counter pressure in a nanofluidic device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sokhna‐mery Ngom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Flores‐galicia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François‐damien Delapierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Gamby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Electrophoresis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 41 (18-19), pp.1617-1626. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/elps.202000117⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02992532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On-a-chip tryptic digestion of transthyretin: a step toward an integrated microfluidic system for the follow-up of familial transthyretin amyloidosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Viode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iago Pereiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josiane P. Lafleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Varenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analyst</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 143 (5), pp.1077-1086. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c7an01737e⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Logic digital fluidic in miniaturized functional devices: Perspective to the next generation of microfluidic lab-on-chips</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qiongdi Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyas Djeghlaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Gamby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Electrophoresis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 38 (7), pp.953-976. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/elps.201600429⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02407463v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dielectric properties of a single nanochannel investigated by high-frequency impedance spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Gamby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Damien Delapierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Tribollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Deslouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Electrochemistry Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 66, pp.5-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.elecom.2016.02.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01297990v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electrochemical DNA biosensors based on long- range electron transfer: investigating the efficiency of a fluidic channel microelectrode compared to an ultramicroelectrode in a two- electrode setup.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Charlotte Horny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Lazerges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jm Siaugue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Rose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lab on a Chip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16, pp.4373 - 4381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c6lc00869k⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01406467v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Electrochemical DNA biosensors based on long-range electron transfer: investigating the efficiency of a fluidic channel microelectrode compared to an ultramicroelectrode in a two-electrode setup</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Horny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lazerges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Siaugue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Rose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lab on a Chip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16 (22), pp.4373-4381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C6LC00869K⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04052695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Localized Mechanical Stress Promotes Microtubule Rescue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène de Forges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pilon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Cantaloube</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Haghiri-Gosnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (24), pp.3399-3406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2016.10.048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02992561v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Determination of the isomeric forms proportion of fluorogenic naphthalene-2,3-dicarboxaldehyde in a binary mixture of water:methanol using electrochemical methods.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Le Potier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syrine Chebil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Haghiri-Gosnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 148, pp.494-501. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2015.11.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01254343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Study of Surface Charge Instabilities by EOF Measurements on a Chip: A Real-Time Hysteresis and Peptide Adsorption Based Methodology.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Pallandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Korchane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Le Potier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Gamby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Lassus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 31 (37), pp.10318-10325. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.langmuir.5b02413⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01225007v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Polarised potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Haghiri-Gosnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Gamby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Plecis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.82-84</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01252764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improved electrochemical detection of a transthyretin synthetic peptide in the nanomolar range with a two-electrode system integrated in a glass/PDMS microchip.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syrine Chebil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Le Potier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Taverna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lab on a Chip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 14 (15), pp.2800-2805. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c4lc00240g⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01025794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Derivatization strategies for CE-LIF analysis of biomarkers: Toward a clinical diagnostic of familial transthyretin amyloidosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Korchane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Przybylski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Poüs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Gonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Electrophoresis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 35 (7), pp.1050-1059. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/elps.201300426⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01966802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Computational study of velocity profile obtained in microfluidic channel bearing a fluidic transistor: toward highly resolved electrophoretic separation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Issam Charhrouchni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Le Potier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Deslouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Haghiri-Gosnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Electrophoresis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 34 (5), pp.725-735. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/elps.201200537⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00832119v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigating of labelling and detection of transthyretin synthetic peptide derivatized with naphthalene-2,3-dicarboxaldehyde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Korchane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Le Potier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Deslouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 116, pp.8-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2013.04.060⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00832153v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pressure-Assisted Selective Preconcentration in a Straight Nanochannel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Claire Louër</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Plecis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Galas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Estevez-Torres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 85 (16), pp.7948-7956. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ac4016159⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03326970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ionic and mass transport in micro-nanofluidic devices: a matter of volumic surface charge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Plecis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Haghiri-Gosnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lab on a Chip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (5), pp.795. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C0LC00079E⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03326955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flow field effect transistors with polarisable interface for EOF tunable microfluidic separation devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Plecis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Tazid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Martinhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Deslouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lab on a Chip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 10 (10), pp.1245-1253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/B921808D⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04113232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Purification des protéines membranaires en microfluidique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Lecorgne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meryam Taghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cerina Chhuon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ida Chiara Guerrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Phan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SEP23 - 15ème Congrès Francophone sur les Sciences Séparatives et les Couplages de l'AFSEP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04312576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Purification des Protéines Membranaires en Microfluidique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Lecorgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Taghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Chhuon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I C Guerrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Phan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analytics 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04312539v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nanofluidic barcodes for quantification/ identification of biomarkers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sokhna‐mery Ngom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Damien Delapierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Flores-Galicia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmond Cambril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23rd International Conference on Miniaturized Systems for Chemistry and Life Sciences, MicroTAS 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Basel, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03869149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">STABILIZING ELECTROKINETIC TRAPPING – A SIMPLE PRESSURE-ASSISTED NANOFLUIDIC PROTOCOL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sokhna‐mery Ngom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Flores-Galicia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Damien Delapierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Gamby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03869279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Increasing the efficiency of DNA electrochemical hybridization detection using microelectrodes in a two-electrode configuration in microfluidics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Charlotte Horny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Lazerges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Siaugue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marie Haghiri-Gosnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chemical and Biological Microsystems Society (CBMS), pp.1258-1259, 2017, Proceedings 20th MicroTAS 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04018258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DNA electrochemical hybridization detection in droplets using gold ultramicroelectrodes in a two-electrode configuration.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Charlotte Horny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Lazerges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Siaugue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Haghiri-Gosnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N. Wu, M.T. Carter, D.J. Kim, R.I. Stefan-Van Staden, S. Mitra, L. Soleymani. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">229th ECS Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, San Diego, United States. 72 (37 - issue 31), pp.1-6, 2016, Proceedings ECS Transactions "Sensors, Actuators and Microsystems General Sessions"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01730346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispositif Intégré pour l'Analyse par Décharges Électriques et la Miniaturisation de l’Émission photonique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Pallandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pasquiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Beauville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taous Abar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Damien Delapierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée PALM 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Orsay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03766467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
+        <w:t xml:space="preserve">Brevet (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">STABILIZING ELECTROKINETIC TRAPPING – A SIMPLE PRESSURE-ASSISTED NANOFLUIDIC PROTOCOL</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Device, system and method relative to the preconcentration of analytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marie Haghiri-Gosnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Damien Delapierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond Cambril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Pallandre</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...3 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">United States, Patent n° : US2020/0061610A1. ICPO_CAPRI. 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03318565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microfluidic analysis device and method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marie Haghiri-Gosnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pallandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Gamby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">hal-03869279v1</w:t>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Rose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Méance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">United States, Patent n° : US10393699. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brevet</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03146654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId72"/>
+      <w:footerReference w:type="default" r:id="rId168"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1923,51 +4980,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A53D4100"/>
+    <w:nsid w:val="F65AB861"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2154,51 +5211,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antoine-pallandre" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7300-7874" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789630v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel de Figueiredo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bartenlian" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hamouda" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bouville" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pallandre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.4c02568" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728346v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Bauville" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Heninger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lemaire" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jeanney" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Santos Sousa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ad8006" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04609625v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Horny" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Freisa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Poujouly" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Gonzalez-Losada" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Le Gall" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.3c01054" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249440v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Giraud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Damien Delapierre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokhna Mery Ngom" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Potier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.3c01818" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273079v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume van der Rest" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Halgand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proteomes11020019" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048328v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Boulghobra" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bonose" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eskandar Alhajji" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Flamand-Roze" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28031267" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992532v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokhna&#8208;mery Ngom" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Flores&#8208;galicia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;damien Delapierre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gamby" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.202000117" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01225007v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Korchane" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lassus" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5b02413" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312576v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Lecorgne" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryam Taghi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerina Chhuon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Chiara Guerrera" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Phan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869149v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Flores-Galicia" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Cambril" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766467v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pasquiers" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Beauville" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taous Abar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Damien Delapierre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869279v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antoine-pallandre" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7300-7874" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/179950533" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/310656274" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728346v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Bauville" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Heninger" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lemaire" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jeanney" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Santos Sousa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ad8006" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789630v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel de Figueiredo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bartenlian" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hamouda" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bouville" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pallandre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.4c02568" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04609625v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Horny" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Freisa" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Poujouly" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Gonzalez-Losada" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Le Gall" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.3c01054" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249440v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Giraud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Damien Delapierre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokhna Mery Ngom" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Potier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.3c01818" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273079v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume van der Rest" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Halgand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proteomes11020019" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048328v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Boulghobra" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Bonose" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eskandar Alhajji" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Flamand-Roze" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules28031267" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03958818v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Billault" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2022.123264" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981767v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taous Abar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fathi Moussa" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Baudin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Rodriguez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bmc.5502" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430219v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Flores&#8208;galicia" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eden Alexander" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumita Pennathur" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Haghiri-Gosnet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.202100297" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992532v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokhna&#8208;mery Ngom" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois&#8208;damien Delapierre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gamby" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.202000117" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628957v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Bataille" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Viode" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iago Pereiro" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane P. Lafleur" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Varenne" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7an01737e" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407463v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiongdi Zhang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Zhang" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyas Djeghlaf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.201600429" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01297990v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Tribollet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Deslouis" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elecom.2016.02.011" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01406467v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lazerges" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jm Siaugue" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Rose" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6lc00869k" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052695v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Horny" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lazerges" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Siaugue" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pallandre" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rose" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6LC00869K" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02992561v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne de Forges" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pilon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cantaloube" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Haghiri-Gosnet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2016.10.048" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01254343v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Faure" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syrine Chebil" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2015.11.017" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BPZN2F8C-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01225007v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Korchane" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lassus" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.5b02413" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01252764v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Plecis" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01025794v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Taverna" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4lc00240g" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966802v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Przybylski" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Po&#252;s" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gonnet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.201300426" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D5TW5QCD-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00832119v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Charhrouchni" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elps.201200537" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-64RW2V5K-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-00832153v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2013.04.060" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326970v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Lou&#235;r" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Galas" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Estevez-Torres" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac4016159" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03326955v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0LC00079E" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04113232v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tazid" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martinhon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B921808D" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-8M97N9M0-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312576v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Lecorgne" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryam Taghi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cerina Chhuon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ida Chiara Guerrera" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Phan" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312539v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Lecorgne" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Taghi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Chhuon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I C Guerrera" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Phan" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869149v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Flores-Galicia" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guillet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Cambril" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869279v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04018258v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Siaugue" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01730346v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charlotte Horny" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03766467v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pasquiers" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Beauville" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Damien Delapierre" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03318565v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146654v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien M&#233;ance" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>