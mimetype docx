--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:99.21875px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Antoine Pécoud </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur de sociologie</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">antoine-pecoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3159-8338</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000114912674</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antoine Pécoud est Professeur de sociologie à l'Université de Sorbonne Paris Nord, membre de l'Institut Universitaire de France et directeur du département POLICY de l'Institut des Migrations.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (88)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Talking about Migration in Times of Crisis: A Textual Analysis of Narratives by IOM and UNHCR on Migrants and Refugees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brandon Green</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 69 (6), pp.707-731. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00027642231182899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04141381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration as Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 69 (6), pp.627-649. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00027642231182889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking the International Organization for Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Dini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoshana Fine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geopolitics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 30 (4), pp.1525-1552</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05396563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking the International Organization for Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Dini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoshana Fine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geopolitics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1 - 28. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14650045.2025.2480316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05086383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking the International Organization for Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Dini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoshana Fine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geopolitics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-28. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14650045.2025.2480316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05007982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit des étrangers, entre tensions et ambiguïtés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Barbou Des Places</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Basilien-Gainche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Zougbédé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes &amp; migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1350, pp.17-22. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14bbj⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05211634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IOM Unbound? Obligations and Accountability of the International Organization for Migration in an Era of Expansion. Edited by Megan Bradley, Cathryn Costello, and Angela Sherwood. Cambridge, UK: Cambridge University Press, 2023. Pp. xxiii, 467. Index.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American journal of international law</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 118 (2), pp.409-416. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/ajil.2024.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04567381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « diplomatie migratoire » voulue par la France, une arme à double tranchant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04850427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expériences et approches critiques de la frontière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Zougbédé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 196 (2), pp.13-24. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/migra.196.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04615287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration Control as Communication? Voluntary Returns, Information Campaigns and the Justification of Contested Migration/Border Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Borderlands Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 38 (6), pp.957-973. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/08865655.2022.2156372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03897658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Civil Society and Migration Governance across European Borderlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Cuttitta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Phillips</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intercultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 44 (1), pp.1-11. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/07256868.2022.2160099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03916954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourir à la frontière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Caroline Saglio-Yatzimirsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyse Opinion Critique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03961869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migración, desarrollo y despolitización en el Pacto Mundial para la Migración Segura, Ordenada y Regular</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migracion y Desarrollo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 20 (38), pp.125-150. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35533/myd.2038.ap⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03916959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Civil Society and Migration Governance across European Borderlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Cuttitta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Phillips</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intercultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 44, pp.1 - 11. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/07256868.2022.2160099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04036289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Campagnes de dissuasion massive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia van Dessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Monde Diplomatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, mars, pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book Review: At Europe’s Edge: Migration and Crisis in the Mediterranean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Migration Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.019791832092214. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0197918320922148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philosophies of migration governance in a globalizing world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Globalizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18 (1), pp.103-119. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14747731.2020.1774316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02867793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles perspectives sur la libre circulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora El Qadim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Facto - Institut Convergences Migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04014608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narrating an ideal migration world? An analysis of the Global Compact for Safe, Orderly and Regular Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third World Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 42 (1), pp.16-33. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01436597.2020.1768065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02867794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Death at the Border: Revisiting the Debate in Light of the Euro-Mediterranean Migration Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 64 (4), pp.379-388. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0002764219882987⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02542409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Counting Migrants’ Deaths at the Border: From Civil Society Counterstatistics to (Inter)Governmental Recuperation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Heller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 64 (4), pp.480-500. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0002764219882996⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02542411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ONU face aux migrants : une histoire inaboutie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d’histoire. Revue d’histoire critique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 142, pp.77-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02649556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrations et organisations internationales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">¿Una nueva «gobernanza» de la migración? Lo que dicen las organizaciones internacionales’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migracion y Desarrollo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16 (30), pp.31-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02769764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle « gouvernance » des migrations ? Ce que disent les organisations internationales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 93 (1), pp.41. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mouv.093.0041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politización/Despolitización de las Migraciones: Discursos y Prácticas de la Organización Internacional para las Migraciones | Politicisation and Depoliticisation of Migration: Discourses and Practices of the International Organisation for Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relaciones Internacionales UAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 36 (2017), </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15366/relacionesinternacionales2017.36.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02769680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la « gestion » au contrôle des migrations ? Discours et pratiques de l’Organisation internationale pour les migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, N° 76 (3), pp.81. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/crii.076.0081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compter les morts aux frontières : des contre-statistiques de la société civile à la récupération (inter)gouvernementale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Heller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 33 (2-3), pp.63-90. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remi.8732⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What do we know about the International Organization for Migration?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnic and Migration Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 44 (10), pp.1621-1638. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1369183X.2017.1354028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02542508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Politics of the UN Convention on Migrant Workers’ Rights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groningen Journal of International Law</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5 (1), pp.57-72. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21827/59db6983b848b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les organisations internationales dans la &amp;quot;gouvernance&amp;quot; mondiale des migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondi migranti : rivista di studi e ricerche sulle migrazioni internazionali</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 3, pp.7-30. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3280/MM2015-003001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remesas desde la perspectiva de los organismos internacionales: construcción de un desafío y elaboración de una agenda política internacional</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migracion y Desarrollo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 13 (25), pp.33-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02793184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liberté de circulation et gouvernance mondiale des migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éthique publique : Revue internationale d'éthique sociétale et gouvernementale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 17 (1), </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ethiquepublique.1749⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Las organizaciones internacionales y la « gobernanza » mundial en el tema de las migraciones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politicas y Constitucionalismo </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02793152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">États-nations, mobilité et citoyenneté dans le discours international sur les migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raisons politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 54 (2), pp.67. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rai.054.0067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02746210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Right of Exclusion: Law, Ethics and Immigration Policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnic and Migration Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 40 (12), pp.2061-2062. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1369183X.2014.935159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03939275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Organisations and the Politics of Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin J. Geiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnic and Migration Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 40 (6), pp.865-887. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1369183X.2013.855071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Price of Rights: Regulating International Labor Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, N° 64 (3), pp.161. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/crii.064.0161⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse du discours international sur la « fuite des cerveaux ». Un consensus en trompe-l’œil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonina Levatino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'études africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 213-214, pp.195-215. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/etudesafricaines.17637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La difficile costruzione di un consenso internazionale sulla fuga dei cervelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonina Levatino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondi migranti : rivista di studi e ricerche sulle migrazioni internazionali</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2, pp.201-227</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02649621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Libre circulation, de l'idéal au politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Projet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 335 (4), pp.50. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pro.335.0050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les transferts de fonds vus par les organisations internationales : construction d'un enjeu et élaboration d'un agenda politique international</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autrepart - Revue de sciences sociales au Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 67-68 (4), pp.13. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/autr.067.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, Development and the ‘Migration and Development Nexus’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin J. Geiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population, Space and Place</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19 (4), pp.369-374. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/psp.1778⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : New Perspectives on Skilled Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Any Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonina Levatino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 14 (1), pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03939267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les campagnes d’information de l’Organisation internationale pour les migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sujet dans la Cité - Revue internationale de recherche biographique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Actuels n° 1 (1), pp.36. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lsdlc.hs01.0036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overcoming the Ethical Dilemmas of Skilled Migration? An Analysis of International Narratives on the “Brain Drain”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonina Levatino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 56 (9), pp.1258-1276. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0002764212443817⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immigration, entreprenariat et ethnicité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Métropoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/metropoles.4560⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Perspectives on the Ethics of International Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricard Zapata-Barrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 56 (9), pp.1159-1164. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0002764212443818⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration and Climate Change: An Overview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Piguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. de Guchteneire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Refugee Survey Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (3), pp.1-23. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/rsq/hdr006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changements climatiques et migrations : quels risques, quelles politiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Piguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Information géographique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 75 (4), pp.86. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lig.754.0086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux nouvelles frontières de l'Europe: L'aventure incertaine des Sénégalais au Maroc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnic and Migration Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 37 (10), pp.1698-1699. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1369183X.2011.614447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03939277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migración y cambio climático</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Piguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul De Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migraciones</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (161-196)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02793215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La bonne gouvernance des frontières ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plein Droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 87 (4), pp.24. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pld.087.0024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrôle des frontières, campagnes d’information et crédibilité des politiques d’immigration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asylon(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02746171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controllo delle frontiere, campagne i informazione e credibilita delle politiche migratorie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondi migranti : rivista di studi e ricerche sulle migrazioni internazionali</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1, pp.7-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02649634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les obstacles à la ratification de la Convention des Nations Unies sur la protection des droits des travailleurs migrants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et Société : Revue internationale de théorie du droit et de sociologie juridique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, n°75 (2), pp.431. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/drs.075.0431⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is ethnic in an ethnic economy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 20 (1), pp.59-76. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03906700903525677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The UN Convention on Migrant Workers’ Rights and International Migration Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 23 (3), pp.333-350. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13600820902958741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe RYGIEL, Le bon grain et l’ivraie - La sélection des migrants en Occident, 1880-1939</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 25 (1), pp.241-243. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remi.4923⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03940110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La crédibilité des politiques d’immigration à l’épreuve des sans-papiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, N° 126 (6), pp.9. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/migra.126.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Convencion de las Naciones Unidas sobre los Derechos de los Trabajadores Migrantes. Obstaculos, oportunidades y perspectivas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul De Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migraciones</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 24, pp.9-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02793237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie BRUNO et Claire ZALC, Petites entreprises et petits entrepreneurs étrangers en France, 19e-20e siècles : actes des journées d’études des 23 et 24 octobre 2003</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 24 (3), pp.230-232. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remi.4867⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03940108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Convention des Nations unies sur les droits des travailleurs migrants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul De Guchteneire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes &amp; [et] migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 1271 (1), pp.6-19. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/homig.2008.4687⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02746119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New regionalism and asylum seekers: challenges ahead - Edited by Susan Kneebone & Felicity Rawlings-Sanaei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Anthropological Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 14 (4), pp.904-905. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1467-9655.2008.00537_15.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03940102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Campagnes d’information et traite des êtres humains à l’est de l’Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Nieuwenhuys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espace Populations Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2008/2, pp.319-330. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/eps.2588⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02746092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human Trafficking, Information Campaigns, and Strategies of Migration Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Nieuwenhuys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 50 (12), pp.1674-1695. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0002764207302474⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence of Entrepreneurship among Filipino Migrants in Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asuncion Fresnoza-Flot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asian and Pacific Migration Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 16 (1), pp.1-28. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/011719680701600101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrations sans frontières. Peut-on envisager la libre circulation des personnes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Futuribles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 333, pp.35-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02732925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immigration et entreprenariat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asuncion Flot-Fresnoza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 23 (2), pp.199-216. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remi.4187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Between global governance and human rights: international migration and the United Nations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul De Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Georgetown Journal of International Affairs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 8 (2), pp.115-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03939268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commerce et culture : le cosmopolitisme des entrepreneurs turcs à Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 18 (108), pp.213-228</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02732923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circulations migratoires et contrôles aux frontières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 18 (107), pp.51-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02732916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International migration, border controls and human rights: Assessing the relevance of a right to mobility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Borderlands Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 21 (1), pp.69-86. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/08865655.2006.9695652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, Human Rights and the United Nations. An investigation into the low ratification record of the UN Migrant Workers Convention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul De Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Windsor Yearbook of Access to Justice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 24 (2), pp.241-266</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03939270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migración sin fronteras : una investigación sobre la libre circulación de personas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul De Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migraciones internacionales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 3 (2), pp.137-166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02793261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux de l’entreprenariat immigré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of International Migration and Integration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 6 (3-4), pp.377-403. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12134-005-1019-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02732891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurship and identity: cosmopolitanism and cultural competencies among German‐Turkish businesspeople in Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnic and Migration Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 30 (1), pp.3-20. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1369183032000170141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Immigrants Have a Business Culture? The Political Epistemology of Fieldwork in Berlin's Turkish Economy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Society for the Anthropology of Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 4 (2), pp.19-25. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1525/jsae.2004.4.2.19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’anthropologue confronté à ses interlocuteurs. Concept de culture et contexte politique dans l’ethnographie de l’entreprenariat turc à Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02732901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux, ethnicité et institutions dans les économies immigrées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes &amp; [et] migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 1250 (1), pp.13-23. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/homig.2004.4207⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Citoyenneté politique, citoyenneté économique. Entreprenariat immigré et politiques d’intégration à Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tsantsa. Revue de la Société Suisse d'Ethnologie / Zeitschrift der Schweizerischen Ethnologischen Gesellschaft / Journal of the Swiss Ethnological Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 9, pp.81-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02732908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individu, culture, structure. Trois approches des activités commerciales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Anthropology / Anthropologie sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 12 (3), pp.359-365</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02732885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Employment and Immigrants' Incorporation: The Case of Turks in Germany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Immigrants and Minorities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 22 (2-3), pp.247-261. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/0261928042000244853⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y a-t-il une économie turque à Berlin? Question d’identités dans une société multiculturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 15 (85), pp.99-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02732881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosmopolitanism and Business among German-Turks in Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Society for the Anthropology of Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 2 (1), pp.2-12. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1525/jsae.2002.2.1.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘ Weltoffenheit schafft Jobs ’: Turkish entrepreneurship and multiculturalism in Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Urban and Regional Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 26 (3), pp.494-507. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1468-2427.00395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dimension culturelle de l'entrepreunariat : l'économie turque à Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 17 (2), pp.153-168. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/remi.2001.1784⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thinking and Rethinking Ethnic Economies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diaspora</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 9 (3), pp.439-462. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/dsp.2000.0018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research Handbook on the Institutions of Global Migration Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Elgar Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 480 p., 2023, Elgar Handbooks in Migration, 9781789908060</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04038868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business, Integration, and Identity: German-Turkish Entrepreneurship in Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">SAGE Publications: SAGE Business Cases Originals, 2021, </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4135/9781529758306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The International Organization for Migration. The New ‘UN Migration Agency’ in Critical Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Geiger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Palgrave, 2020, </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-32976-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02563786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appréhender la diversité. Regards pluridisciplinaires sur l'appréhension de la diversité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Ruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Héran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Bellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Bui-Xuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Desmons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut Francophone pour la Justice et la démocratie, 104, 302 p., 2020, (Colloques et Essais), 978-2-37032-248-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, Free Movement and Regional Integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonja Nita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe de Lombaerde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Neyts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">United Nations University/UNESCO</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02566756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Organisations and the Politics of Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Geiger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Depoliticising Migration: Global Governance and International Migration Narratives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Palgrave; Palgrave Macmillan UK, 2015, </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/9781137445933⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02566752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disciplining the Transnational Mobility of People</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin J. Geiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Palgrave; Palgrave Macmillan UK, 2013, </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/9781137263070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02566761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The New Politics of International Mobility. Migration Management and its Discontents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Geiger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 40, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration and Climate Change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Piguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cambridge University Press, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02568061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Politics of International Migration Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin J. Geiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Palgrave Macmillan UK, 2010, </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/9780230294882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02566770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Миграции без границ: эссе о свободном передвижении людей</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNESCO</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrations sans frontières: essais sur la libre circulation des personnes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNESCO</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration and Human Rights. The United Nations Convention on Migrant Workers’ Rights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryszard Cholewinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cambridge University Press, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02568062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migración sin fronteras: ensayos sobre la libre circulación de las personas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNESCO</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration without Borders. Essays on the Free Movement of People</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Berghahn, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (28)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business and the Politics of Integration Among German-Turks in Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ivan LIGHT; Leo-Paul DANA; Didier CHABAUD. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Immigrant and Refugee Entrepreneurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Nature Switzerland, pp.159-182, 2025, Ethnic and Indigenous Business Studies, </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-84290-0_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05066385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regional Migration Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ine Lietaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe De Lombaerde. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Regional Cooperation and Integration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.22-37, 2024, 978 1 80037 373 0. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781800373747.00009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04461750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International organizations in the age of migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Dini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoshana Fine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Routledge Handbook of International Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Routledge, pp.606-617, 2024, </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003428138-49⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04835298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: the institutions of global migration governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antoine Pécoud, Hélène Thiollet (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Handbook on the Institutions of Global Migration Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Elgar Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-18, 2023, Elgar Handbooks in Migration, 9781789908060</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilatéralisme, droit international et migrations de travail : la convention des Nations Unies sur les droits des travailleurs migrants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas CLINCHAMPS et Jean-Jacques MENURET. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asile et immigration. Quelles solidarités ? Quelles responsabilités ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare &amp; Martin, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03939245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pitfalls, ambivalences and contestations of « migration management »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emma CARMEL, Katharina LENNER et Regine PAUL. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook on the Governance and Politics of Migration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar, pp.206-217, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03194797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: The International Organization for Migration as the New ‘UN Migration Agency’’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Martin GEIGER et Antoine PECOUD. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Organization for Migration. The New ‘UN Migration Agency’ in Critical Perspective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave, pp.1-27, 2020, 978-3-030-32975-4. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-32976-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03940117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la diversité devient entrepreneuriale : comprendre la création de commerces au sein des populations d’origine immigrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Céline RUET. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Appréhender la Diversité. Regards pluridisciplinaires sur l’appréhension de la diversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LGDJ/Institut Francophone pour la Justice et la Démocratie, pp.167-184, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03194786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que faire de l’argent des migrants ? Développement, politiques migratoires et transferts de fonds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frank LAFFAILLE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Argent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions mare &amp; martin, pp.235-259, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03194790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compter et gouverner la violence des frontières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frank LAFFAILLE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Violence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions mare &amp; martin, pp.309-325, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03194793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">United Nations Migrant Workers Convention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sheetal Sheena Sookrajowa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Palgrave Handbook of Ethnicity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Singapore, pp.1813-1827, 2019, </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-13-2898-5_142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compter les morts aux frontières, contrôler les migrants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Dubet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques des frontières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.129-144, 2018, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dec.dubet.2018.01.0129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03194784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International organisations and the multilevel governance of migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoshana Fine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anna TRIANDAFYLLIDOU. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Migration and Globalisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar, pp.38-53, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03194780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Organizations and the Multi-Level Governance of Migration. Handbook of Migration and Globalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoshana Fine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Edward Elgar Publishing. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Migration and Globalization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.38-53, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04473078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Politics of the UN Convention on Migrant Workers’ Rights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alan DESMOND. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shining New Light on the UN Migrant Workers Convention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pretoria University Law Press, pp.24-44, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03194779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, Free Movement and Regional Integration: Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonja Nita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe de Lombaerde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Neyts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Gartland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sonja Nita, Antoine Pécoud, Philippe De Lombaerde, Paul de Guchteneire, Kate Neyts and Joshua Gartland. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration, Free Movement and Regional Integration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNESCO/United Nations University, pp.xi-xxvii, 2017, 978-92-3-100258-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03940120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, Free Movement and Regional Integration: concluding remarks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul De Guchteneire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonja Nita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe de Lombaerde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Gartland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sonja Nita, Antoine Pécoud, Philippe De Lombaerde, Paul de Guchteneire, Kate Neyts and Joshua Gartland. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration, Free Movement and Regional Integration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNESCO/United Nations University, pp.427-436, 2017, Migration, Free Movement and Regional Integration: concluding remarks’</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03940125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immigrant Entrepreneurs and Mixed Cultural Competencies: Ethnographic Perspectives from Turkish Business people in Germany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mariella ESPINOZA HEROLD et Rina Manuela CONTINI. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Living in Two Worlds.Integration, Identity and Education of Transnational Migrants in a Globalized World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Emerald Publishers, pp.33-59, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International organisations and the securitisation of migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Geiger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe BOURBEAU. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook on Migration and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.339-362, 2017, </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781785360497.00028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’utopie de la libre circulation des personnes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frank LAFFAILLE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Utopies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions mare &amp; martin, pp.177-194, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03194776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La figure du migrant dans le discours international sur les migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas RIBEMONT. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures des bénéficiaires dans l’action humanitaire. A la croisée des regards et des disciplines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Sorbonne Nouvelle, pp.81-94, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Informing Migrants to Manage Migration? An Analysis of IOM’s Information Campaigns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Martin GEIGER et Antoine PÉCOUD. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Politics of International Migration Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave, pp.184-201, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cosmopolitisme des entrepreneurs turcs à Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Corinne MAITTE, Issiaka MANDE, Manuela MARTINI et Didier TERRIER. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises en mouvement. Migrants, pratiques entrepreneuriales et diversités culturelles dans le monde (XVe-XXe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaire de Valenciennes, pp.351-366, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nommer les immigrés. Construction et déconstruction d’une économie turque à Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Suzanne CHAPPAZ-WIRTHNER, Alessandro MONSUTTI et Olivier SCHINZ. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entre ordre et subversion : logiques plurielles, alternatives, écarts, paradoxes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.37-47, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on convaincre les migrants de ne pas partir ? Les campagnes d’information dans la lutte contre la traite des êtres humains et l’immigration irrégulière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Nieuwenhuys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cédric AUDEBERT et Emmanuel MA MUNG. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les migrations internationales : enjeux contemporains et questions nouvelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Deusto, pp.21-33, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture, ethnicité et politique dans les économies immigrées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Claude BLANC-CHALEARD, Stéphane DUFOIX et Patrick WEIL. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Etranger en questions du Moyen Age à l’an 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Le Manuscrit, pp.379-400, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-employment and immigrants’ incorporation: The case of Turks in Germany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ahmed AL-SHAHI et Richard LAWLESS. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Middle East and North African Immigrants in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, pp.149-163, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">German-Turkish entrepreneurship and the economic dimension of multiculturalism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Han ENTZINGER, Marco MARTINIELLO et Catherine WIHTOL DE WENDEN. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration between States and Markets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ashgate, pp.119-129, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Politics of Counting Migrant Deaths in the Mediterranean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Heller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrants : un droit au travail fondamental snobé par la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02545136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liberté de circulation : valeur ou stratégie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la lutte contre l’immigration irrégulière devient une question de « culture »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freedom of movement: value or strategy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Pacte mondial pour les migrations : des polémiques et des avancées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Simonneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.64628/AAK.sxmx75ru5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dilemmes de l’Organisation internationale pour les migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariette Grange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une gouvernance internationale fragmentée : le rôle de l’OIM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03216045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are NGOs responsible for the migration crisis in the Mediterranean?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Esperti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03216033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crise en Méditerranée : quand l’Union européenne barre la route aux migrants, et aux ONG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Esperti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03216020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ONG sont-elles responsables de la crise des migrants en Méditerranée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Esperti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03216041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping Global Migration Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04691549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does the UN talk about human mobility? A textual analysis of narratives by IOM and UNHCR on migrants and refugees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brandon Green</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03961854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner les frontières comme politique de vie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Benker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoshana Fine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guiraudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gemenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration as crisis. Framework paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration as crisis. Framework paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03961862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Counting migrants’ deaths at the border: from civil society counter-statistics to (inter)governmental recuperation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Heller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03961856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De quel droit ? Tensions et ambiguïtés dans le droit des étrangers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Barbou Des Places</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Basilien-Gainche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Zougbede</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes &amp; migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1350 (3), 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05211647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit des étrangers, entre tensions et ambiguïtés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Barbou Des Places</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Basilien-Gainche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Zougbédé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes &amp; migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3 (1350), pp.17-22, 2025, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14bbj⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05425020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special Issue: Migration as Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 69 (6), 204 p., 2025, </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00027642231182889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05021392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les migrants face aux frontières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Zougbede</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024/2 (196), 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04615315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Civil society and humanitarian actors across European borderlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Cuttitta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Phillips</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intercultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 44 (1), 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03940250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Death at the border: Revisiting the debate in light of the Euro-Mediterranean migration crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Esperti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 64 (4), 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Researching the International Organization for Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Geiger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnic and Migration Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 44 (10), 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Organisations and the Politics of Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Geiger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnic and Migration Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 40 (6), 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, Development and the «Migration and Development Nexus»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Geiger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population, Space and Place</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 19 (4), 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Perspectives on the Ethics of International Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricard Zapata-Barrero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 56 (9), 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skilled migration and the brain drain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Any Freitas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Diversities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14 (1), 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Convention des Nations Unies sur les Droits des Travailleurs Migrants. Enjeux et Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes &amp; [et] migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1271, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elgar Concise Encyclopedia of Migration and Asylum Law</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.330-334. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781802204155.00062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05211626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Organization for Migration (IOM)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elgar Encyclopedia of Human Rights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03939249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freedom of movement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Encyclopedia of Global Human Migration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781444351071.wbeghm241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Envisaging the future of migration governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03962006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Débat : Peut-on en finir avec la « crise » des migrants dans les médias ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03962000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What will migration look like after the pandemic?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The IOM and “voluntary returns” programmes in Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A NGOs’ dilemma: rescuing migrants at sea or keeping them in their place?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia van Dessel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculture: les migrants saisonniers récoltent ce que le Covid-19 a semé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Insights on the “Deaths at the Border” debate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Esperti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«Suddenly, Migration Was Everywhere»: The Conception and Future Prospects of the Global Migration Group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03962020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId316"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:99.21875px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Antoine Pécoud </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur de sociologie</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">antoine-pecoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3159-8338</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000114912674</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antoine Pécoud est Professeur de sociologie à l'Université de Sorbonne Paris Nord, membre de l'Institut Universitaire de France et directeur du département POLICY de l'Institut des Migrations.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (89)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration as Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 69 (6), pp.627-649. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00027642231182889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Talking about Migration in Times of Crisis: A Textual Analysis of Narratives by IOM and UNHCR on Migrants and Refugees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brandon Green</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 69 (6), pp.707-731. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00027642231182899⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04141381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking the International Organization for Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Dini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoshana Fine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geopolitics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 30 (4), pp.1525-1552</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05396563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking the International Organization for Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Dini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoshana Fine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geopolitics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-28. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14650045.2025.2480316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05007982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rethinking the International Organization for Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Dini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoshana Fine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geopolitics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1 - 28. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14650045.2025.2480316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05086383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit des étrangers, entre tensions et ambiguïtés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Barbou Des Places</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Basilien-Gainche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Zougbede</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Slama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, n° 1350</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05563378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit des étrangers, entre tensions et ambiguïtés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Barbou Des Places</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Basilien-Gainche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Zougbédé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 1350, pp.17-22. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14bbj⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05211634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IOM Unbound? Obligations and Accountability of the International Organization for Migration in an Era of Expansion. Edited by Megan Bradley, Cathryn Costello, and Angela Sherwood. Cambridge, UK: Cambridge University Press, 2023. Pp. xxiii, 467. Index.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American journal of international law</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 118 (2), pp.409-416. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/ajil.2024.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04567381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « diplomatie migratoire » voulue par la France, une arme à double tranchant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Conversation France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04850427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expériences et approches critiques de la frontière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Zougbédé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 196 (2), pp.13-24. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/migra.196.0015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04615287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration Control as Communication? Voluntary Returns, Information Campaigns and the Justification of Contested Migration/Border Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Borderlands Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 38 (6), pp.957-973. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/08865655.2022.2156372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03897658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Civil Society and Migration Governance across European Borderlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Cuttitta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Phillips</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intercultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 44 (1), pp.1-11. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/07256868.2022.2160099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03916954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migración, desarrollo y despolitización en el Pacto Mundial para la Migración Segura, Ordenada y Regular</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migracion y Desarrollo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 20 (38), pp.125-150. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35533/myd.2038.ap⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03916959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourir à la frontière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Caroline Saglio-Yatzimirsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Analyse Opinion Critique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03961869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Civil Society and Migration Governance across European Borderlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Cuttitta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Phillips</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intercultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 44, pp.1 - 11. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/07256868.2022.2160099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04036289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Campagnes de dissuasion massive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia van Dessel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Monde Diplomatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, mars, pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Book Review: At Europe’s Edge: Migration and Crisis in the Mediterranean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Migration Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.019791832092214. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0197918320922148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philosophies of migration governance in a globalizing world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Globalizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18 (1), pp.103-119. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14747731.2020.1774316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02867793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles perspectives sur la libre circulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora El Qadim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Facto - Institut Convergences Migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04014608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Narrating an ideal migration world? An analysis of the Global Compact for Safe, Orderly and Regular Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third World Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 42 (1), pp.16-33. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01436597.2020.1768065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02867794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Death at the Border: Revisiting the Debate in Light of the Euro-Mediterranean Migration Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 64 (4), pp.379-388. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0002764219882987⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02542409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Counting Migrants’ Deaths at the Border: From Civil Society Counterstatistics to (Inter)Governmental Recuperation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Heller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 64 (4), pp.480-500. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0002764219882996⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02542411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ONU face aux migrants : une histoire inaboutie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d’histoire. Revue d’histoire critique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 142, pp.77-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02649556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrations et organisations internationales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Questions internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 97</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">¿Una nueva «gobernanza» de la migración? Lo que dicen las organizaciones internacionales’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migracion y Desarrollo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 16 (30), pp.31-43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02769764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une nouvelle « gouvernance » des migrations ? Ce que disent les organisations internationales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 93 (1), pp.41. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mouv.093.0041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compter les morts aux frontières : des contre-statistiques de la société civile à la récupération (inter)gouvernementale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Heller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 33 (2-3), pp.63-90. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remi.8732⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la « gestion » au contrôle des migrations ? Discours et pratiques de l’Organisation internationale pour les migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, N° 76 (3), pp.81. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/crii.076.0081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Politización/Despolitización de las Migraciones: Discursos y Prácticas de la Organización Internacional para las Migraciones | Politicisation and Depoliticisation of Migration: Discourses and Practices of the International Organisation for Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relaciones Internacionales UAM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 36 (2017), </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15366/relacionesinternacionales2017.36.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02769680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What do we know about the International Organization for Migration?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnic and Migration Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 44 (10), pp.1621-1638. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1369183X.2017.1354028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02542508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Politics of the UN Convention on Migrant Workers’ Rights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groningen Journal of International Law</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5 (1), pp.57-72. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21827/59db6983b848b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les organisations internationales dans la &amp;quot;gouvernance&amp;quot; mondiale des migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondi migranti : rivista di studi e ricerche sulle migrazioni internazionali</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 3, pp.7-30. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3280/MM2015-003001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remesas desde la perspectiva de los organismos internacionales: construcción de un desafío y elaboración de una agenda política internacional</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migracion y Desarrollo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 13 (25), pp.33-59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02793184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liberté de circulation et gouvernance mondiale des migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éthique publique : Revue internationale d'éthique sociétale et gouvernementale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 17 (1), </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/ethiquepublique.1749⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Las organizaciones internacionales y la « gobernanza » mundial en el tema de las migraciones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politicas y Constitucionalismo </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02793152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Right of Exclusion: Law, Ethics and Immigration Policy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnic and Migration Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 40 (12), pp.2061-2062. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1369183X.2014.935159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03939275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">États-nations, mobilité et citoyenneté dans le discours international sur les migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raisons politiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 54 (2), pp.67. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rai.054.0067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02746210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Organisations and the Politics of Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin J. Geiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnic and Migration Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 40 (6), pp.865-887. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1369183X.2013.855071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Price of Rights: Regulating International Labor Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Critique Internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, N° 64 (3), pp.161. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/crii.064.0161⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une analyse du discours international sur la « fuite des cerveaux ». Un consensus en trompe-l’œil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonina Levatino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'études africaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 213-214, pp.195-215. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/etudesafricaines.17637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La difficile costruzione di un consenso internazionale sulla fuga dei cervelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonina Levatino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondi migranti : rivista di studi e ricerche sulle migrazioni internazionali</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2, pp.201-227</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02649621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les transferts de fonds vus par les organisations internationales : construction d'un enjeu et élaboration d'un agenda politique international</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autrepart - Revue de sciences sociales au Sud</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 67-68 (4), pp.13. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/autr.067.0013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, Development and the ‘Migration and Development Nexus’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin J. Geiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population, Space and Place</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 19 (4), pp.369-374. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/psp.1778⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Libre circulation, de l'idéal au politique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Projet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 335 (4), pp.50. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pro.335.0050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les campagnes d’information de l’Organisation internationale pour les migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sujet dans la Cité - Revue internationale de recherche biographique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Actuels n° 1 (1), pp.36. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lsdlc.hs01.0036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction : New Perspectives on Skilled Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Any Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonina Levatino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diversity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 14 (1), pp.1-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03939267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overcoming the Ethical Dilemmas of Skilled Migration? An Analysis of International Narratives on the “Brain Drain”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonina Levatino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 56 (9), pp.1258-1276. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0002764212443817⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immigration, entreprenariat et ethnicité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Métropoles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/metropoles.4560⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Perspectives on the Ethics of International Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricard Zapata-Barrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 56 (9), pp.1159-1164. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0002764212443818⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changements climatiques et migrations : quels risques, quelles politiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Piguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Information géographique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 75 (4), pp.86. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lig.754.0086⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration and Climate Change: An Overview</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Piguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. de Guchteneire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Refugee Survey Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (3), pp.1-23. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/rsq/hdr006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux nouvelles frontières de l'Europe: L'aventure incertaine des Sénégalais au Maroc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnic and Migration Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 37 (10), pp.1698-1699. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1369183X.2011.614447⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03939277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migración y cambio climático</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Piguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul De Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migraciones</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 30 (161-196)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02793215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La bonne gouvernance des frontières ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plein Droit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 87 (4), pp.24. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pld.087.0024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contrôle des frontières, campagnes d’information et crédibilité des politiques d’immigration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asylon(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02746171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controllo delle frontiere, campagne i informazione e credibilita delle politiche migratorie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondi migranti : rivista di studi e ricerche sulle migrazioni internazionali</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1, pp.7-28</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02649634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les obstacles à la ratification de la Convention des Nations Unies sur la protection des droits des travailleurs migrants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Droit et Société : Revue internationale de théorie du droit et de sociologie juridique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, n°75 (2), pp.431. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/drs.075.0431⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is ethnic in an ethnic economy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Sociology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 20 (1), pp.59-76. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03906700903525677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The UN Convention on Migrant Workers’ Rights and International Migration Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 23 (3), pp.333-350. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13600820902958741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543475v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe RYGIEL, Le bon grain et l’ivraie - La sélection des migrants en Occident, 1880-1939</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 25 (1), pp.241-243. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remi.4923⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03940110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La crédibilité des politiques d’immigration à l’épreuve des sans-papiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, N° 126 (6), pp.9. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/migra.126.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie BRUNO et Claire ZALC, Petites entreprises et petits entrepreneurs étrangers en France, 19e-20e siècles : actes des journées d’études des 23 et 24 octobre 2003</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 24 (3), pp.230-232. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remi.4867⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03940108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Convention des Nations unies sur les droits des travailleurs migrants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul De Guchteneire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 1271 (1), pp.6-19. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/homig.2008.4687⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02746119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New regionalism and asylum seekers: challenges ahead - Edited by Susan Kneebone & Felicity Rawlings-Sanaei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Royal Anthropological Institute</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 14 (4), pp.904-905. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1467-9655.2008.00537_15.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03940102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Convencion de las Naciones Unidas sobre los Derechos de los Trabajadores Migrantes. Obstaculos, oportunidades y perspectivas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul De Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migraciones</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 24, pp.9-55</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02793237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Campagnes d’information et traite des êtres humains à l’est de l’Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Nieuwenhuys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Espace Populations Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2008/2, pp.319-330. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/eps.2588⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02746092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrations sans frontières. Peut-on envisager la libre circulation des personnes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Futuribles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 333, pp.35-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02732925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human Trafficking, Information Campaigns, and Strategies of Migration Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Nieuwenhuys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 50 (12), pp.1674-1695. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0002764207302474⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emergence of Entrepreneurship among Filipino Migrants in Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asuncion Fresnoza-Flot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asian and Pacific Migration Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 16 (1), pp.1-28. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/011719680701600101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543479v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immigration et entreprenariat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asuncion Flot-Fresnoza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 23 (2), pp.199-216. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/remi.4187⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Between global governance and human rights: international migration and the United Nations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul De Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Georgetown Journal of International Affairs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 8 (2), pp.115-123</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03939268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Commerce et culture : le cosmopolitisme des entrepreneurs turcs à Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 18 (108), pp.213-228</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02732923v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Circulations migratoires et contrôles aux frontières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 18 (107), pp.51-63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02732916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International migration, border controls and human rights: Assessing the relevance of a right to mobility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Borderlands Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 21 (1), pp.69-86. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/08865655.2006.9695652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, Human Rights and the United Nations. An investigation into the low ratification record of the UN Migrant Workers Convention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul De Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Windsor Yearbook of Access to Justice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 24 (2), pp.241-266</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03939270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migración sin fronteras : una investigación sobre la libre circulación de personas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul De Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migraciones internacionales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 3 (2), pp.137-166</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02793261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux de l’entreprenariat immigré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of International Migration and Integration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 6 (3-4), pp.377-403. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12134-005-1019-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02732891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entrepreneurship and identity: cosmopolitanism and cultural competencies among German‐Turkish businesspeople in Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnic and Migration Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 30 (1), pp.3-20. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1369183032000170141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Immigrants Have a Business Culture? The Political Epistemology of Fieldwork in Berlin's Turkish Economy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Society for the Anthropology of Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 4 (2), pp.19-25. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1525/jsae.2004.4.2.19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’anthropologue confronté à ses interlocuteurs. Concept de culture et contexte politique dans l’ethnographie de l’entreprenariat turc à Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02732901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réseaux, ethnicité et institutions dans les économies immigrées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 1250 (1), pp.13-23. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/homig.2004.4207⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Citoyenneté politique, citoyenneté économique. Entreprenariat immigré et politiques d’intégration à Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tsantsa. Revue de la Société Suisse d'Ethnologie / Zeitschrift der Schweizerischen Ethnologischen Gesellschaft / Journal of the Swiss Ethnological Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 9, pp.81-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02732908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individu, culture, structure. Trois approches des activités commerciales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Anthropology / Anthropologie sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 12 (3), pp.359-365</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02732885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Employment and Immigrants' Incorporation: The Case of Turks in Germany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Immigrants and Minorities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 22 (2-3), pp.247-261. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/0261928042000244853⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y a-t-il une économie turque à Berlin? Question d’identités dans une société multiculturelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 15 (85), pp.99-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02732881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cosmopolitanism and Business among German-Turks in Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Society for the Anthropology of Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 2 (1), pp.2-12. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1525/jsae.2002.2.1.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘ Weltoffenheit schafft Jobs ’: Turkish entrepreneurship and multiculturalism in Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Urban and Regional Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 26 (3), pp.494-507. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1468-2427.00395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dimension culturelle de l'entrepreunariat : l'économie turque à Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Européenne des Migrations Internationales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 17 (2), pp.153-168. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/remi.2001.1784⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thinking and Rethinking Ethnic Economies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diaspora</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 9 (3), pp.439-462. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/dsp.2000.0018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02543496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Research Handbook on the Institutions of Global Migration Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Elgar Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 480 p., 2023, Elgar Handbooks in Migration, 9781789908060</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04038868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business, Integration, and Identity: German-Turkish Entrepreneurship in Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">SAGE Publications: SAGE Business Cases Originals, 2021, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4135/9781529758306⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The International Organization for Migration. The New ‘UN Migration Agency’ in Critical Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Geiger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Palgrave, 2020, </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-32976-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02563786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appréhender la diversité. Regards pluridisciplinaires sur l'appréhension de la diversité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Ruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Héran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irène Bellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Bui-Xuan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Desmons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut Francophone pour la Justice et la démocratie, 104, 302 p., 2020, (Colloques et Essais), 978-2-37032-248-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, Free Movement and Regional Integration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonja Nita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe de Lombaerde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Neyts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">United Nations University/UNESCO</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02566756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Organisations and the Politics of Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Geiger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Routledge, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Depoliticising Migration: Global Governance and International Migration Narratives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Palgrave; Palgrave Macmillan UK, 2015, </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/9781137445933⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02566752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disciplining the Transnational Mobility of People</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin J. Geiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Palgrave; Palgrave Macmillan UK, 2013, </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/9781137263070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02566761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The New Politics of International Mobility. Migration Management and its Discontents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Geiger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">, 40, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration and Climate Change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Piguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cambridge University Press, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02568061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Politics of International Migration Management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin J. Geiger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Palgrave Macmillan UK, 2010, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1057/9780230294882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02566770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Миграции без границ: эссе о свободном передвижении людей</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNESCO</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrations sans frontières: essais sur la libre circulation des personnes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNESCO</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration and Human Rights. The United Nations Convention on Migrant Workers’ Rights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryszard Cholewinski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cambridge University Press, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02568062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migración sin fronteras: ensayos sobre la libre circulación de las personas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UNESCO</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration without Borders. Essays on the Free Movement of People</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Berghahn, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (28)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business and the Politics of Integration Among German-Turks in Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ivan LIGHT; Leo-Paul DANA; Didier CHABAUD. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Immigrant and Refugee Entrepreneurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Nature Switzerland, pp.159-182, 2025, Ethnic and Indigenous Business Studies, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-84290-0_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05066385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regional Migration Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ine Lietaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe De Lombaerde. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Regional Cooperation and Integration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.22-37, 2024, 978 1 80037 373 0. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781800373747.00009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04461750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International organizations in the age of migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Dini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoshana Fine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Routledge Handbook of International Organization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Routledge, pp.606-617, 2024, </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4324/9781003428138-49⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04835298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: the institutions of global migration governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Antoine Pécoud, Hélène Thiollet (eds). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Handbook on the Institutions of Global Migration Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edward Elgar Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.1-18, 2023, Elgar Handbooks in Migration, 9781789908060</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04098597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilatéralisme, droit international et migrations de travail : la convention des Nations Unies sur les droits des travailleurs migrants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas CLINCHAMPS et Jean-Jacques MENURET. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asile et immigration. Quelles solidarités ? Quelles responsabilités ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mare &amp; Martin, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03939245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pitfalls, ambivalences and contestations of « migration management »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emma CARMEL, Katharina LENNER et Regine PAUL. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook on the Governance and Politics of Migration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar, pp.206-217, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03194797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction: The International Organization for Migration as the New ‘UN Migration Agency’’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Martin GEIGER et Antoine PECOUD. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The International Organization for Migration. The New ‘UN Migration Agency’ in Critical Perspective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave, pp.1-27, 2020, 978-3-030-32975-4. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-32976-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03940117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la diversité devient entrepreneuriale : comprendre la création de commerces au sein des populations d’origine immigrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Céline RUET. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Appréhender la Diversité. Regards pluridisciplinaires sur l’appréhension de la diversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LGDJ/Institut Francophone pour la Justice et la Démocratie, pp.167-184, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03194786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que faire de l’argent des migrants ? Développement, politiques migratoires et transferts de fonds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frank LAFFAILLE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Argent</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions mare &amp; martin, pp.235-259, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03194790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compter et gouverner la violence des frontières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frank LAFFAILLE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Violence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions mare &amp; martin, pp.309-325, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03194793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">United Nations Migrant Workers Convention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sheetal Sheena Sookrajowa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Palgrave Handbook of Ethnicity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Singapore, pp.1813-1827, 2019, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-13-2898-5_142⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02541437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International organisations and the multilevel governance of migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoshana Fine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anna TRIANDAFYLLIDOU. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Migration and Globalisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar, pp.38-53, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03194780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compter les morts aux frontières, contrôler les migrants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">François Dubet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques des frontières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Découverte, pp.129-144, 2018, </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/dec.dubet.2018.01.0129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03194784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Organizations and the Multi-Level Governance of Migration. Handbook of Migration and Globalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoshana Fine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Edward Elgar Publishing. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook of Migration and Globalization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.38-53, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04473078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, Free Movement and Regional Integration: Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonja Nita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe de Lombaerde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kate Neyts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Gartland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sonja Nita, Antoine Pécoud, Philippe De Lombaerde, Paul de Guchteneire, Kate Neyts and Joshua Gartland. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration, Free Movement and Regional Integration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNESCO/United Nations University, pp.xi-xxvii, 2017, 978-92-3-100258-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03940120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Politics of the UN Convention on Migrant Workers’ Rights</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alan DESMOND. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Shining New Light on the UN Migrant Workers Convention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pretoria University Law Press, pp.24-44, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03194779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, Free Movement and Regional Integration: concluding remarks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul De Guchteneire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonja Nita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe de Lombaerde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Gartland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sonja Nita, Antoine Pécoud, Philippe De Lombaerde, Paul de Guchteneire, Kate Neyts and Joshua Gartland. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration, Free Movement and Regional Integration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UNESCO/United Nations University, pp.427-436, 2017, Migration, Free Movement and Regional Integration: concluding remarks’</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03940125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Immigrant Entrepreneurs and Mixed Cultural Competencies: Ethnographic Perspectives from Turkish Business people in Germany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mariella ESPINOZA HEROLD et Rina Manuela CONTINI. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Living in Two Worlds.Integration, Identity and Education of Transnational Migrants in a Globalized World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Emerald Publishers, pp.33-59, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International organisations and the securitisation of migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Geiger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe BOURBEAU. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Handbook on Migration and Security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, pp.339-362, 2017, </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781785360497.00028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’utopie de la libre circulation des personnes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frank LAFFAILLE. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Utopies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions mare &amp; martin, pp.177-194, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03194776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La figure du migrant dans le discours international sur les migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thomas RIBEMONT. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Figures des bénéficiaires dans l’action humanitaire. A la croisée des regards et des disciplines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Sorbonne Nouvelle, pp.81-94, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Informing Migrants to Manage Migration? An Analysis of IOM’s Information Campaigns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Martin GEIGER et Antoine PÉCOUD. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Politics of International Migration Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Palgrave, pp.184-201, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cosmopolitisme des entrepreneurs turcs à Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Corinne MAITTE, Issiaka MANDE, Manuela MARTINI et Didier TERRIER. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprises en mouvement. Migrants, pratiques entrepreneuriales et diversités culturelles dans le monde (XVe-XXe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaire de Valenciennes, pp.351-366, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nommer les immigrés. Construction et déconstruction d’une économie turque à Berlin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Suzanne CHAPPAZ-WIRTHNER, Alessandro MONSUTTI et Olivier SCHINZ. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entre ordre et subversion : logiques plurielles, alternatives, écarts, paradoxes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Karthala, pp.37-47, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peut-on convaincre les migrants de ne pas partir ? Les campagnes d’information dans la lutte contre la traite des êtres humains et l’immigration irrégulière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Nieuwenhuys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cédric AUDEBERT et Emmanuel MA MUNG. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les migrations internationales : enjeux contemporains et questions nouvelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Deusto, pp.21-33, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture, ethnicité et politique dans les économies immigrées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie-Claude BLANC-CHALEARD, Stéphane DUFOIX et Patrick WEIL. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Etranger en questions du Moyen Age à l’an 2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Le Manuscrit, pp.379-400, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-employment and immigrants’ incorporation: The case of Turks in Germany</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ahmed AL-SHAHI et Richard LAWLESS. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Middle East and North African Immigrants in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, pp.149-163, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">German-Turkish entrepreneurship and the economic dimension of multiculturalism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Han ENTZINGER, Marco MARTINIELLO et Catherine WIHTOL DE WENDEN. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migration between States and Markets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ashgate, pp.119-129, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Politics of Counting Migrant Deaths in the Mediterranean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Heller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migrants : un droit au travail fondamental snobé par la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02545136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liberté de circulation : valeur ou stratégie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215970v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la lutte contre l’immigration irrégulière devient une question de « culture »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freedom of movement: value or strategy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Pacte mondial pour les migrations : des polémiques et des avancées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Simonneau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.64628/AAK.sxmx75ru5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dilemmes de l’Organisation internationale pour les migrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariette Grange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les ONG sont-elles responsables de la crise des migrants en Méditerranée ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Esperti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03216041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are NGOs responsible for the migration crisis in the Mediterranean?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Esperti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03216033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crise en Méditerranée : quand l’Union européenne barre la route aux migrants, et aux ONG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Esperti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03216020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une gouvernance internationale fragmentée : le rôle de l’OIM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03216045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping Global Migration Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04691549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does the UN talk about human mobility? A textual analysis of narratives by IOM and UNHCR on migrants and refugees</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brandon Green</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03961854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gouverner les frontières comme politique de vie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisa Benker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoshana Fine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Guiraudon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Gemenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02586031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration as crisis. Framework paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration as crisis. Framework paper</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03961862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Counting migrants’ deaths at the border: from civil society counter-statistics to (inter)governmental recuperation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Heller</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03961856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le droit des étrangers, entre tensions et ambiguïtés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Barbou Des Places</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Basilien-Gainche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Zougbédé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3 (1350), pp.17-22, 2025, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/14bbj⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05425020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De quel droit ? Tensions et ambiguïtés dans le droit des étrangers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Barbou Des Places</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Basilien-Gainche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Slama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Zougbede</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1350 (3), 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05211647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special Issue: Migration as Crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Cantat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Thiollet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 69 (6), 204 p., 2025, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00027642231182889⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05021392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les migrants face aux frontières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Zougbede</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Migrations Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024/2 (196), 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04615315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Civil society and humanitarian actors across European borderlands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paolo Cuttitta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Phillips</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Intercultural Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 44 (1), 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03940250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Death at the border: Revisiting the debate in light of the Euro-Mediterranean migration crisis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Esperti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 64 (4), 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Researching the International Organization for Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Geiger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnic and Migration Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 44 (10), 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Organisations and the Politics of Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Geiger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Ethnic and Migration Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 40 (6), 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration, Development and the «Migration and Development Nexus»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Geiger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Population, Space and Place</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 19 (4), 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Perspectives on the Ethics of International Migration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricard Zapata-Barrero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Behavioral Scientist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 56 (9), 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Skilled migration and the brain drain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Any Freitas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Diversities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14 (1), 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Convention des Nations Unies sur les Droits des Travailleurs Migrants. Enjeux et Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Guchteneire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes et migrations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1271, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02632670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Migration Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elgar Concise Encyclopedia of Migration and Asylum Law</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.330-334. </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4337/9781802204155.00062⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-05211626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Organization for Migration (IOM)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Elgar Encyclopedia of Human Rights</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03939249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Freedom of movement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Encyclopedia of Global Human Migration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781444351071.wbeghm241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03193889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Débat : Peut-on en finir avec la « crise » des migrants dans les médias ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03962000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Envisaging the future of migration governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03962006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What will migration look like after the pandemic?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A NGOs’ dilemma: rescuing migrants at sea or keeping them in their place?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia van Dessel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculture: les migrants saisonniers récoltent ce que le Covid-19 a semé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The IOM and “voluntary returns” programmes in Africa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Insights on the “Deaths at the Border” debate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Esperti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03215741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«Suddenly, Migration Was Everywhere»: The Conception and Future Prospects of the Global Migration Group</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pécoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03962020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId317"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D251E161"/>
+    <w:nsid w:val="FB0AB4ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antoine-pecoud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3159-8338" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000114912674" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04141381v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Green" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine P&#233;coud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00027642231182899" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04163262v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cantat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thiollet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00027642231182889" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396563v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Dini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shoshana Fine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086383v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14650045.2025.2480316" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05007982v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05211634v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Barbou Des Places" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Basilien-Gainche" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Slama" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Zougb&#233;d&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14bbj" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04567381v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ajil.2024.6" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04850427v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04615287v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.196.0015" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03897658v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08865655.2022.2156372" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03916954v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Cuttitta" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Phillips" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07256868.2022.2160099" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03961869v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Saglio-Yatzimirsky" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03916959v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35533/myd.2038.ap" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-04036289v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215670v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia van Dessel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193955v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0197918320922148" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867793v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14747731.2020.1774316" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04014608v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora El Qadim" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867794v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01436597.2020.1768065" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542409v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0002764219882987" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542411v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Heller" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0002764219882996" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02649556v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215928v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02769764v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541416v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.093.0041" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02769680v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15366/relacionesinternacionales2017.36.009" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541415v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.076.0081" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541383v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.8732" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542508v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1369183X.2017.1354028" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543458v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21827/59db6983b848b" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541387v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3280/MM2015-003001" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02793184v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541389v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethiquepublique.1749" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02793152v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02746210v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.054.0067" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03939275v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1369183X.2014.935159" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543461v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin J. Geiger" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1369183X.2013.855071" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541426v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.064.0161" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541413v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonina Levatino" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesafricaines.17637" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02649621v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541420v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pro.335.0050" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541419v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.067.0013" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543462v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psp.1778" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F2CBFBDF2CB64808E1B51BFA35A9B7C131EF4C22/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03939267v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Any Freitas" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541428v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdlc.hs01.0036" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543464v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0002764212443817" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541422v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/metropoles.4560" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543466v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricard Zapata-Barrero" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0002764212443818" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543469v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Piguet" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Guchteneire" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rsq/hdr006" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541424v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Piguet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul de Guchteneire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.754.0086" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03939277v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1369183X.2011.614447" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02793215v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul De Guchteneire" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541430v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pld.087.0024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02746171v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02649634v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541431v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drs.075.0431" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543472v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03906700903525677" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543475v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13600820902958741" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03940110v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.4923" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541433v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.126.0009" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02793237v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03940108v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.4867" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02746119v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/homig.2008.4687" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03940102v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9655.2008.00537_15.x" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WTWK2XGT-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02746092v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Nieuwenhuys" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.2588" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543476v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0002764207302474" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/19150D6468175E9F9AB9553303C3FDA5F3F402CD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543479v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asuncion Fresnoza-Flot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/011719680701600101" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02732925v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541434v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asuncion Flot-Fresnoza" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.4187" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03939268v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02732923v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02732916v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543482v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08865655.2006.9695652" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03939270v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02793261v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02732891v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12134-005-1019-0" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543485v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1369183032000170141" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543484v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/jsae.2004.4.2.19" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GSR73NQK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02732901v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541436v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/homig.2004.4207" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02732908v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02732885v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543487v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0261928042000244853" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02732881v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543490v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/jsae.2002.2.1.2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MRHSZT0T-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543491v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-2427.00395" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8KBJLQPQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543494v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/remi.2001.1784" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543496v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/dsp.2000.0018" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04038868v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-elgar.com/shop/gbp/research-handbook-on-the-institutions-of-global-migration-governance-9781789908060.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193962v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4135/9781529758306" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02563786v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Geiger" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-32976-1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-04970343v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ruet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois H&#233;ran" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Bellier" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Bui-Xuan" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Desmons" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02566756v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Nita" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe de Lombaerde" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Neyts" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unesdoc.unesco.org/ark:/48223/pf0000260669" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632249v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02566752v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9781137445933" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02566761v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9781137263070" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632289v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02568061v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02566770v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9780230294882" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632465v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unesdoc.unesco.org/ark:/48223/pf0000155779_rus" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632353v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unesdoc.unesco.org/ark:/48223/pf0000181894" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02568062v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryszard Cholewinski" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632367v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unesdoc.unesco.org/ark:/48223/pf0000181895" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632308v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066385v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-84290-0_7" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04461750v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ine Lietaert" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781800373747.00009" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04835298v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003428138-49" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04098597v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03939245v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194797v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03940117v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194786v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194790v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194793v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541437v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheetal Sheena Sookrajowa" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-13-2898-5_142" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194784v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.dubet.2018.01.0129" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194780v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473078v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194779v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03940120v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Gartland" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03940125v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193918v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193904v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781785360497.00028" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194776v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193895v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193871v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193867v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193335v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193341v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193249v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193241v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193233v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215711v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02545136v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215970v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215933v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215976v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215945v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Simonneau" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.sxmx75ru5" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215988v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Grange" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03216045v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03216033v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Esperti" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03216020v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03216041v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04691549v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03961854v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02586031v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Benker" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Guiraudon" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gemenne" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02951419v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03961862v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03961856v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05211647v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Zougbede" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425020v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05021392v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04615315v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03940250v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632577v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632589v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632615v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632628v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632655v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632641v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632670v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05211626v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781802204155.00062" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03939249v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193889v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781444351071.wbeghm241" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03962006v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03962000v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215683v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215702v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215780v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215773v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215741v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03962020v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antoine-pecoud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3159-8338" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000114912674" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04163262v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cantat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine P&#233;coud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Thiollet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00027642231182889" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04141381v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Green" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00027642231182899" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396563v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Dini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shoshana Fine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05007982v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14650045.2025.2480316" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086383v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-05563378v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Barbou Des Places" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Basilien-Gainche" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Zougbede" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Slama" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05211634v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Zougb&#233;d&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14bbj" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04567381v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ajil.2024.6" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04850427v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04615287v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.196.0015" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03897658v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08865655.2022.2156372" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03916954v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Cuttitta" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Phillips" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07256868.2022.2160099" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03916959v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35533/myd.2038.ap" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03961869v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Saglio-Yatzimirsky" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-04036289v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215670v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia van Dessel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193955v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0197918320922148" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867793v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14747731.2020.1774316" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04014608v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora El Qadim" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867794v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01436597.2020.1768065" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542409v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0002764219882987" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542411v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Heller" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0002764219882996" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02649556v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215928v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02769764v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541416v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.093.0041" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541383v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.8732" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541415v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.076.0081" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02769680v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15366/relacionesinternacionales2017.36.009" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02542508v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1369183X.2017.1354028" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543458v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21827/59db6983b848b" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541387v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3280/MM2015-003001" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02793184v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541389v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethiquepublique.1749" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02793152v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03939275v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1369183X.2014.935159" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02746210v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rai.054.0067" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543461v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin J. Geiger" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1369183X.2013.855071" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541426v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.064.0161" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541413v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonina Levatino" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesafricaines.17637" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02649621v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541419v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.067.0013" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543462v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/psp.1778" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F2CBFBDF2CB64808E1B51BFA35A9B7C131EF4C22/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541420v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pro.335.0050" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541428v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdlc.hs01.0036" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03939267v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Any Freitas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543464v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0002764212443817" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541422v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/metropoles.4560" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543466v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricard Zapata-Barrero" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0002764212443818" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541424v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Piguet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul de Guchteneire" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lig.754.0086" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543469v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Piguet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Guchteneire" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rsq/hdr006" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03939277v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1369183X.2011.614447" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02793215v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul De Guchteneire" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541430v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pld.087.0024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02746171v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02649634v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541431v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/drs.075.0431" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543472v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03906700903525677" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543475v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13600820902958741" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03940110v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.4923" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541433v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/migra.126.0009" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03940108v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.4867" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02746119v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/homig.2008.4687" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03940102v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1467-9655.2008.00537_15.x" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WTWK2XGT-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02793237v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02746092v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Nieuwenhuys" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.2588" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02732925v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543476v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0002764207302474" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/19150D6468175E9F9AB9553303C3FDA5F3F402CD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543479v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asuncion Fresnoza-Flot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/011719680701600101" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541434v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asuncion Flot-Fresnoza" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/remi.4187" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03939268v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02732923v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02732916v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543482v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08865655.2006.9695652" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03939270v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02793261v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02732891v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12134-005-1019-0" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543485v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1369183032000170141" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543484v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/jsae.2004.4.2.19" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GSR73NQK-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02732901v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541436v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/homig.2004.4207" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02732908v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02732885v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543487v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0261928042000244853" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02732881v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543490v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/jsae.2002.2.1.2" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MRHSZT0T-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543491v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-2427.00395" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8KBJLQPQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543494v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/remi.2001.1784" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543496v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/dsp.2000.0018" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04038868v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-elgar.com/shop/gbp/research-handbook-on-the-institutions-of-global-migration-governance-9781789908060.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193962v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4135/9781529758306" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02563786v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Geiger" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-32976-1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-04970343v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ruet" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois H&#233;ran" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Bellier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Bui-Xuan" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Desmons" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02566756v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonja Nita" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe de Lombaerde" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Neyts" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unesdoc.unesco.org/ark:/48223/pf0000260669" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632249v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02566752v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9781137445933" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02566761v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9781137263070" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632289v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02568061v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02566770v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9780230294882" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632465v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unesdoc.unesco.org/ark:/48223/pf0000155779_rus" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632353v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unesdoc.unesco.org/ark:/48223/pf0000181894" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02568062v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryszard Cholewinski" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632367v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unesdoc.unesco.org/ark:/48223/pf0000181895" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632308v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05066385v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-84290-0_7" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04461750v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ine Lietaert" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781800373747.00009" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04835298v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003428138-49" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04098597v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03939245v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194797v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03940117v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194786v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194790v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194793v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02541437v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheetal Sheena Sookrajowa" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-13-2898-5_142" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194780v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194784v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.dubet.2018.01.0129" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473078v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03940120v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Gartland" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194779v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03940125v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193918v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193904v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781785360497.00028" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03194776v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193895v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193871v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193867v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193335v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193341v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193249v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193241v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193233v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215711v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02545136v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215970v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215933v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215976v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215945v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Simonneau" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.sxmx75ru5" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215988v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Grange" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03216041v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Esperti" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03216033v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03216020v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03216045v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04691549v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03961854v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02586031v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Benker" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Guiraudon" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gemenne" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02951419v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03961862v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03961856v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425020v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05211647v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05021392v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04615315v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03940250v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632577v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632589v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632615v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632628v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632655v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632641v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02632670v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05211626v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781802204155.00062" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03939249v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03193889v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781444351071.wbeghm241" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03962000v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03962006v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215683v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215780v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215773v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215702v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03215741v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03962020v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>